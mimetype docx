--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jocelyn ACHARD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of nanopillars on mm² area of quantum-grade diamond membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiziri Ben Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avishek Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Mnasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboulaye Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-structure resolution of SiV color centers in CVD nanodiamonds via HPHT annealing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kin On Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Pugliese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Yavkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NANOP 2025: Functional Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05323976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of “quantum-grade” single crystal diamond films and their integration into hybrid structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goldner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering of diamond growth for quantum applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epiparade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of dislocation propagation in (113)-oriented diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Pilar Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing strain in CVD diamond films for quantum applications through substrate engineering and surface treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de croissance pour l'élargissement de substrats de diamant CVD fortement dopé au bore orienté (113)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of nitrogen-vacancy centre creation and position control in thin single-crystal diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing and shaping of large diamonds using a laser microjet technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girodon - Boulandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled HPHT annealing of SiV-doped nanodiamonds at SOLEIL synchrotron: structural and optical investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kin On Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Pugliese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Yavkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Paris-Saclay Workshop on Nanodiamonds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Saclay (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering of diamond growth for high-end application: challenges and perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th UK Diamond Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Warwick, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures µ-OBIC sur diode bipolaire Diamant : une première !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Planson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sevely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced 3D nanocrystalline diamond coatings for titanium implants using distributed antenna microwave systems: advancing growth processes and biocompatibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Al Zeibak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Lechaptois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot N2+-He+ co-implantation for NV doped layer creation near diamond surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Diamond and Carbon Materials 2024 (ICDCM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot ion implantation for creating dense NV ensemble near the diamond surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocrystalline diamond films for biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th China-France Symposium on Advanced Materials (CFSAM-6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Shangai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the growth parameters for increasing functional area of (113)-oriented thick boron doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser MicroJet Technology for diamond processing and shaping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1 cm2 single crystal diamond Substrate for advanced applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of CVD Diamond Growth dnd Engineering for High-End Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Workshop on Widegap Semiconductors (APWS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Buzan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring negative ion yield and work function from phosphorus doped diamond, boron doped diamond, and graphite in deuterium plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Frontiers in Low Temperature Plasma Diagnostics (FLTPD2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Liblice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile microwave plasma assisted growth process for single crystal diamond synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of single crystal diamond films using a distributed antenna array microwave system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical pin diodes on large freestanding (100) diamond film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Stenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 EUROPEAN MATERIALS RESEARCH SOCIETY Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROPEAN MATERIALS RESEARCH SOCIETY, May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of thick 1 cm2 boron doped single crystal diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentialities of nanocrystalline diamond films produced in distributed antenna array microwave system for optical and biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of shallow negatively charged nitrogen vacancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact radiofrequency spectrum analyzer based on nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Magaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE: Photonics West: Quantum Sensing and Nano Electronics and Photonics XIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact radiofrequency spectrum analyzer based on nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Magaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, CA, United States. pp.50, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2648853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale simulation of monocrystalline diamond growth on microstructured substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCM 31</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A route towards high quality p doped layers suitable for high power electronics: Improvement of dislocation density in single crystal CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Axxel Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Diamond and Carbon Materials (ICDCM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, On Line, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ohmic contacts study of P + N diodes on (111) and (100) diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Austin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Power Electronics and Drive Systems (PEDS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral diamond Schottky diodes on heteroepitaxial substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Gheeraert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bachelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXIII Hasselt Diamond Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamond heteroepitaxy on Ir / SrTiO3 / Si (001) substrates: from nucleation to thick films characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tranchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th international conference on diamond and related materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Gothenborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bias Enhanced Nucleation parameters on diamond heteroepitaxy on Ir/SrTiO3/Si (001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bachelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(001) Ir / SrTiO3 / Si: a promising substrate for diamond heteroepitaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tranchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramah Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXI conference, 9-11 march 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond dynamics of free and bound excitons in doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2016 - SBDD XXI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Miloš Nesládek, Mar 2016, Hasselt, Belgium. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diodes Schottky diamant fonctionnant à 200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Servel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G2Elab, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245628v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization effect on Time-of-Flight measurements performed on CVD diamond monocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouvelles stratégies de croissance pour réduire la densité de dislocations dans les monocristaux de diamant CVD.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Naamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Doppelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective sur les composants de puissance verticaux grand gap (Carbure de Silicium et Diamant) et leurs applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mermet-Guyennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Planson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e EPF (Electronique de Puissance du Futur)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen-vacancy centers in epitaxial laterally overgrown diamond: towards up-scaling of color center-based quantum technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nimba Oshnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Westrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Burmeister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roman Opaluch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials for Quantum Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.025201. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2633-4356/adce50⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced magnetic field sensitivity of shallow NV$^-$ ensembles via high-temperature implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joa Al Yahya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jayash Panigrahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.05647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boron and phosphorus doped diamond: change in the electronic structure post exposure to low pressure deuterium plasma and its effect on the production of negative ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58 (18), pp.185208. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/adc270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare Earth‐Diamond Hybrid Structures for Optical Quantum Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionuț Gabriel Balașa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Alejandra Arranz-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Hebbrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (31), </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202401487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot ion implantation to create dense NV center ensembles in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tiranov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124 (13), </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0196719⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategies for widening thick heavily boron-doped (113)-oriented CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mesples-Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Banaigs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 149, pp.111659. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2024.111659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-optical nuclear quantum sensing using nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bürgler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Sjolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Quantum Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41534-023-00724-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing ion implantation to create shallow NV centre ensembles in high-quality CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials for Quantum Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (4), pp.045001. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2633-4356/ac9948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of the creation yield of NV ensembles in a chemically vapour deposited diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priyadharshini Balasubramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Osterkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Robert-Philip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 194, pp.282-289. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2022.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical properties of SiV and GeV color centers in nanodiamonds under hydrostatic pressures up to 180 GPa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Vindolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Toraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Chipaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Hilberer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (21), pp.214109. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.106.214109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving NV centre density during diamond growth by CVD process using N2O gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pellet-Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessi Antonino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hetet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123, pp.108884. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2022.108884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D kinetic Monte-Carlo simulations of diamond growth on (1 0 0) surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.108865. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2022.108865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro recording of muscle activity induced by high intensity laser optogenetic stimulation using a diamond quantum biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Winther Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoffer Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Luke Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Tomasevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVS Quantum Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 4, pp.044402. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1116/5.0106099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative ions from pulse-biased nitrogen doped diamond within a low-pressure deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (43), pp.435201. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ac18ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative ions from pulse-biased nitrogen doped diamond within a low-pressure deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (43), pp.435201. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ac18ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of biological signals from a live mammalian muscle using an early stage diamond quantum sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Luke Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Winther Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoffer Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wojciechowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.2412. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-81828-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale fabrication of highly emissive nanodiamonds by chemical vapor deposition with controlled doping by SiV and GeV centers from a solid source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goldner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (2), pp.1901408. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/admi.201901408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a Diamond Nitrogen Vacancy Centre Magnetometer for Sensing of Biological Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2020.522536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing surface production of negative ions using nitrogen doped diamond in a deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James J. Ellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roba Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pardanaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53, pp.465204. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/aba6b6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVD diamond single crystals with NV centres: a review of material synthesis and technology for quantum sensing applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53 (31), pp.313001. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ab81d1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High NV density in a pink CVD diamond grown with N2O addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Huillery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pellet-Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.421-429. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2020.08.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect and Threading Dislocations in Single Crystal Diamond: A Focus on Boron and Nitrogen Codoping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Mrad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 216 (21), pp.1900581. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201900581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing synthetic diamond samples for quantum sensing technologies by tuning the growth temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saddem Chouaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Javier Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Philip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dréau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 96, pp.85-89. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2019.04.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization and Readout of Nuclear Spins via a Negatively Charged Silicon-Vacancy Center in Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Metsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Senkalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedikt Tratzmiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Scheuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (19), </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.190503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization and Readout of Nuclear Spins via a Negatively Charged Silicon-Vacancy Center in Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Metsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Senkalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedikt Tratzmiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Scheuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (19), </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.190503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Loose Nanodiamonds Containing Nitrogen-Vacancy Centers for Magnetic and Thermal Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Nano Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (9), pp.5952-5962. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsanm.9b01395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Loose Nanodiamonds Containing Nitrogen-Vacancy Centers for Magnetic and Thermal Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Nano Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (9), pp.5952-5962. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsanm.9b01395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Assembled Silica Nanoparticles for Diamond Nano-Structuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215 (22), pp.1800391. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of He Ion Implanted Layers on Single-Crystal Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215 (22), pp.1800264. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of low-temperature/large-area distributed antenna array microwave-plasma reactor used for nanocrystalline diamond deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 81 (1), pp.10804. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2017170238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Low Temperature Deposition of Nanocrystalline Diamond Films on ZnO/LiNbO3 Layered Structures Suitable for Waveguiding Layer Acoustic Wave Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damia Dekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Floer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Hage-Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave Device Characterization Using a Widefield Diamond Microscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Horsley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janik Wolters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.10.044039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamond Schottky diodes operating at 473 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Servel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (3), pp.118-124. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2017.1388625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative solutions to caesium in negative-ion sources: a study of negative-ion surface production on diamond in H 2 /D 2 plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Kogut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kostiantyn Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.025010. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aa5f1f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduction of Dislocations in Single Crystal Diamond by Lateral Growth over a Macroscopic Hole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (16), pp.1604823. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201604823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Nucleation and Growth of Nanocrystalline Diamond Films Deposited at Low Temperature Using In Situ Laser Reflectance Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 214 (11), pp.1700205. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201700205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative solutions to caesium in negative-ion sources: a study of negative-ion surface production on diamond in H 2 /D 2 plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Kogut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kostiantyn Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.025010. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aa5f1f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-temperature deposition of nanocrystalline diamond films on silicon nitride substrates using distributed antenna array PECVD system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Melouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe T. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213 (10), pp.2575-2581. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201600221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Dislocations in Synthetic Chemically Vapor Deposited Diamond Single Crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ouisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lantreibecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (5), pp.2741-2746. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.6b00053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of bulk NV centre arrays by shallow implantation and diamond CVD overgrowth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Raatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger John</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213 (10), pp.2594-2600. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201600219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond dynamics of free and bound excitons in doped diamond.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (11), pp.115202. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01287753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epitaxy of iridium on SrTiO 3 /Si (001): A promising scalable substrate for diamond heteroepitaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kee Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 66, pp.67 - 76. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2016.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization effect on time-of-flight measurements performed on a CVD diamond single crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 212 (11), pp.2636-2640. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201532205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic imaging with an ensemble of nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Chipaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pezzagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Meijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69 (7), </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2015-60080-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and growth kinetics of nanocrystalline diamond films deposited in large area/low temperature distributed antenna array microwave-plasma reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 212 (11), pp.2611-2615. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201532276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&D around a photoneutralizer-based NBI system (Siphore) in view of a DEMO Tokamak steady state fusion reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Béchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baudouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Fusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (12), pp.123020. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0029-5515/55/12/123020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic nano-structures on (111)-oriented diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Neu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ganzhorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Miguel-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 104 (15), pp.153108. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4871580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive charge state control of nitrogen-vacancy centres in diamond using phosphorous and boron doping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Groot-Berning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Raatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Dobrinets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 211 (10), pp.2268-2273. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201431308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the process parameters of inductively coupled plasma reactive ion etching on the fabrication of diamond nanotips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan-Al Mehedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 211 (10), pp.2343-2346. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201431258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical study of defects in thick undoped CVD synthetic diamond layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Willems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41, pp.25-33. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of large size diamond single crystals by plasma assisted chemical vapour deposition: Recent achievements and remaining challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (2-3), pp.169-184. </w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crhy.2012.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategy for controlling dislocation densities and crystal morphologies of single crystal diamond by using pyramidal-shape substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Naamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33, pp.71-77. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.01.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grafting polymer–protein bioconjugate to boron-doped diamond using aryl diazonium coupling agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Salmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aazdine Lamouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Decorse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Boussadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40, pp.60-68. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An assessment of contact metallization for high power and high temperature diamond Schottky devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodjan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 27-28, pp. 23-28. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2012.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATHODOLUMINESCENCE AND PHOTOLUMINESCENCE OF NV CENTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roy-Guay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pioro-Ladrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nanoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (04), pp.1240016. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219581X12400169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineered arrays of nitrogen-vacancy color centers in diamond based on implantation of CN − molecules through nanoapertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dréau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (2), pp.025014. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/13/2/025014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of argon addition on the growth of thick single crystal diamond by high-power plasma CVD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 208 (9), pp.2028-2032. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201100017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diode Schottky sur diamant CVD. Simulation, réalisation technologique et étude de protection périphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sojan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (5), pp.553 - 567. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.14.553-567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced generation of single optically active spins in diamond by ion implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Naydenov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 96 (16), pp.163108. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3409221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect analysis and excitons diffusion in undoped homoepitaxial diamond films after polishing and oxygen plasma etching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Nicolas Volpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Muret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Omnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (10), pp.1205-1210. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2009.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultralong spin coherence time in isotopically engineered diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gopalakrishnan Balasubramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Twitchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Markham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Kolesov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (5), pp.383-387. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nmat2420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'une filière pour la réalisation de composants de puissance en diamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Civrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodjan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (2), pp.237-253. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.12.237-253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation imaging for electronics application crystal selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Secroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 204 (12), pp.4298-4304. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.200776331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The control of growth parameters in the synthesis of high-quality single crystalline diamond by CVD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Sussmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 284 (3-4), pp.396-405. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2005.07.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental CVD Synthetic Diamonds from LIMHP-CNRS, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wuyi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Moses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gems &amp; Gemology : the quarterly journal of the Gemological Institute of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41 (3), pp.234-244. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5741/GEMS.41.3.234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVD diamond films: from growth to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Hassouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 1 (6), pp.479-496. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1567-1739(01)00061-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal response of UV sensors made of highly oriented diamond films by 193 and 313 nm laser pulses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazushi Hayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Yokota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Tachibana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koji Kobashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum properties of NV centers in diamond: towards optimized industrial protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancements in dislocation reduction for large area diamond substrates: toward scalable high performance materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issaoui Riadh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmel Lahcene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzetto Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tallaire Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédic Fabien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creation of NV centers and control of their location in very thin single- crystal diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary ion mass spectrometry (SIMS) analysis of (113) PIN &amp; NIP diamond structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Stenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hässelt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of crystallites in CVD diamond films and their impact on stress distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative-ions in hydrogen plasmas: comparative analysis of different surface materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Broude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James P Dedrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII ESCAMPIG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Brno, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the growth parameters for improving top-surface area of (113)-oriented thick boron doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Axxel Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D kinetic Monte-Carlo simulation of diamond growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of He ion implanted layers on single-crystal diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Bulk Defects in Diamond ( SBDD ) XXIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHOD FOR MANUFACTURING A DEVICE COMPRISING A DIAMOND CRYSTAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Debuisschert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP4326926A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de fabrication d'un dispositif comprenant un cristal de diamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Debuisschert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3121926B1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId440"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jocelyn ACHARD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of dislocation propagation in (113)-oriented diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Pilar Villar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Alba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Araujo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of “quantum-grade” single crystal diamond films and their integration into hybrid structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goldner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine-structure resolution of SiV color centers in CVD nanodiamonds via HPHT annealing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kin On Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Pugliese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Yavkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NANOP 2025: Functional Nanophotonics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05323976v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of nanopillars on mm² area of quantum-grade diamond membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiziri Ben Yahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avishek Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walid Mnasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aboulaye Traoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering of diamond growth for quantum applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Epiparade</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2025, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing strain in CVD diamond films for quantum applications through substrate engineering and surface treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stratégies de croissance pour l'élargissement de substrats de diamant CVD fortement dopé au bore orienté (113)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNRIUT 2025 Bayonne - Pays Basque</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT de Bayonne Pays Basque, Mar 2025, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing and shaping of large diamonds using a laser microjet technology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Girodon - Boulandet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of nitrogen-vacancy centre creation and position control in thin single-crystal diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Controlled HPHT annealing of SiV-doped nanodiamonds at SOLEIL synchrotron: structural and optical investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kin On Ho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanna Pugliese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Yavkin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Paris-Saclay Workshop on Nanodiamonds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Saclay (92), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineering of diamond growth for high-end application: challenges and perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75th UK Diamond Research Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Warwick, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesures µ-OBIC sur diode bipolaire Diamant : une première !</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Planson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Sonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sevely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique (SGE 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05146836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced 3D nanocrystalline diamond coatings for titanium implants using distributed antenna microwave systems: advancing growth processes and biocompatibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Al Zeibak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Lechaptois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th International Conference on Diamond and Carbon Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, Aug 2025, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">1 cm2 single crystal diamond Substrate for advanced applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Status of CVD Diamond Growth dnd Engineering for High-End Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asia-Pacific Workshop on Widegap Semiconductors (APWS 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Buzan, South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot N2+-He+ co-implantation for NV doped layer creation near diamond surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Diamond and Carbon Materials 2024 (ICDCM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot ion implantation for creating dense NV ensemble near the diamond surface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser MicroJet Technology for diamond processing and shaping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanocrystalline diamond films for biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 6th China-France Symposium on Advanced Materials (CFSAM-6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Shangai, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the growth parameters for increasing functional area of (113)-oriented thick boron doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring negative ion yield and work function from phosphorus doped diamond, boron doped diamond, and graphite in deuterium plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th Frontiers in Low Temperature Plasma Diagnostics (FLTPD2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Liblice, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Versatile microwave plasma assisted growth process for single crystal diamond synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th French-Japanese Workshop on diamond power devices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Agay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of single crystal diamond films using a distributed antenna array microwave system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2024, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722918v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical pin diodes on large freestanding (100) diamond film</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Bouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Stenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 EUROPEAN MATERIALS RESEARCH SOCIETY Spring Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EUROPEAN MATERIALS RESEARCH SOCIETY, May 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04219862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of thick 1 cm2 boron doped single crystal diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentialities of nanocrystalline diamond films produced in distributed antenna array microwave system for optical and biomedical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chaimaa Mahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Azadeh Valinataj Omran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Falentin-Daudre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stabilization of shallow negatively charged nitrogen vacancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact radiofrequency spectrum analyzer based on nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Magaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE OPTO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, San Francisco, CA, United States. pp.50, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2648853⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04769845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A compact radiofrequency spectrum analyzer based on nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Magaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE: Photonics West: Quantum Sensing and Nano Electronics and Photonics XIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, San Francisco, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale simulation of monocrystalline diamond growth on microstructured substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICDCM 31</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A route towards high quality p doped layers suitable for high power electronics: Improvement of dislocation density in single crystal CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.A. Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Axxel Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Diamond and Carbon Materials (ICDCM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, On Line, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ohmic contacts study of P + N diodes on (111) and (100) diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lya Fontaine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Austin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE International Conference on Power Electronics and Drive Systems (PEDS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02324743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lateral diamond Schottky diodes on heteroepitaxial substrate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Letellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Gheeraert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Eon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bachelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXIII Hasselt Diamond Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamond heteroepitaxy on Ir / SrTiO3 / Si (001) substrates: from nucleation to thick films characterizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tranchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th international conference on diamond and related materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Gothenborg, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Bias Enhanced Nucleation parameters on diamond heteroepitaxy on Ir/SrTiO3/Si (001)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bachelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Spring meeting 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Phoenix, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965440v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(001) Ir / SrTiO3 / Si: a promising substrate for diamond heteroepitaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K.H. Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Tranchant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ramah Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXI conference, 9-11 march 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01965437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond dynamics of free and bound excitons in doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2016 - SBDD XXI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Miloš Nesládek, Mar 2016, Hasselt, Belgium. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01306898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diodes Schottky diamant fonctionnant à 200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Servel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Electrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, G2Elab, Jun 2016, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01245628v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization effect on Time-of-Flight measurements performed on CVD diamond monocrystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2015, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développement de nouvelles stratégies de croissance pour réduire la densité de dislocations dans les monocristaux de diamant CVD.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Naamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Doppelt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium de Génie Électrique 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01065426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective sur les composants de puissance verticaux grand gap (Carbure de Silicium et Diamant) et leurs applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Mermet-Guyennet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Planson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12e EPF (Electronique de Puissance du Futur)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04606571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum properties of NV centers in diamond: towards optimized industrial protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonard Desvignes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancements in dislocation reduction for large area diamond substrates: toward scalable high performance materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issaoui Riadh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehmel Lahcene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alzetto Florent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tallaire Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédic Fabien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th international conference on new diamond and nano carbons - NDNC 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Beppu, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05164759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Secondary ion mass spectrometry (SIMS) analysis of (113) PIN &amp; NIP diamond structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Jomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ingrid Stenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Arnold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hässelt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05008782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creation of NV centers and control of their location in very thin single- crystal diamond films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien J Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of crystallites in CVD diamond films and their impact on stress distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roumli Nourzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul de Boiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hasselt Diamond Workshop 2025 SBDD XXIX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05025502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative-ions in hydrogen plasmas: comparative analysis of different surface materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pablo Broude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James P Dedrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVII ESCAMPIG</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Brno, Czech Republic. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04749429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of the growth parameters for improving top-surface area of (113)-oriented thick boron doped diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Mesples-Carrere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ken Axxel Castillo Arvizu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D kinetic Monte-Carlo simulation of diamond growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SBDD XXVI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04643844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of He ion implanted layers on single-crystal diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Bulk Defects in Diamond ( SBDD ) XXIII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Hasselt, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03578185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (67)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen-vacancy centers in epitaxial laterally overgrown diamond: towards up-scaling of color center-based quantum technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nimba Oshnik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastian Westrich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Burmeister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oliver Roman Opaluch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials for Quantum Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.025201. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2633-4356/adce50⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced magnetic field sensitivity of shallow NV$^-$ ensembles via high-temperature implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joa Al Yahya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anatole Bach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jayash Panigrahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Japanese Journal of Applied Physics Part 1: Regular Papers and Short Notes and Review Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2509.05647⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boron and phosphorus doped diamond: change in the electronic structure post exposure to low pressure deuterium plasma and its effect on the production of negative ions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan Magee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Amandine Pinault-Thaury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guyomarc'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 58 (18), pp.185208. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/adc270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05172852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hot ion implantation to create dense NV center ensembles in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey Tiranov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 124 (13), </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0196719⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04717572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare Earth‐Diamond Hybrid Structures for Optical Quantum Technologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionuț Gabriel Balașa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Alejandra Arranz-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Hebbrecht</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Optical Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12 (31), </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adom.202401487⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategies for widening thick heavily boron-doped (113)-oriented CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Mesples-Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Banaigs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 149, pp.111659. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2024.111659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05246758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">All-optical nuclear quantum sensing using nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bürgler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Sjolander</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Quantum Information</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (1), pp.56. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41534-023-00724-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing ion implantation to create shallow NV centre ensembles in high-quality CVD diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionut Balasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials for Quantum Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2 (4), pp.045001. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2633-4356/ac9948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03868733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancement of the creation yield of NV ensembles in a chemically vapour deposited diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priyadharshini Balasubramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Osterkamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Rollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Robert-Philip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 194, pp.282-289. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2022.04.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03865721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical properties of SiV and GeV color centers in nanodiamonds under hydrostatic pressures up to 180 GPa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Vindolet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierre Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Toraille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Chipaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Hilberer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (21), pp.214109. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.106.214109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04227072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving NV centre density during diamond growth by CVD process using N2O gas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midrel Wilfried Ngandeu Ngambou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pellet-Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alessi Antonino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Hetet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 123, pp.108884. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2022.108884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D kinetic Monte-Carlo simulations of diamond growth on (1 0 0) surfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samir Farhat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.108865. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2022.108865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03544300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro recording of muscle activity induced by high intensity laser optogenetic stimulation using a diamond quantum biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Winther Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoffer Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Luke Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leo Tomasevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AVS Quantum Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 4, pp.044402. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1116/5.0106099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative ions from pulse-biased nitrogen doped diamond within a low-pressure deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (43), pp.435201. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ac18ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface production of negative ions from pulse-biased nitrogen doped diamond within a low-pressure deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lenny Tahri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Gans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 54 (43), pp.435201. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ac18ee⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of biological signals from a live mammalian muscle using an early stage diamond quantum sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Luke Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Winther Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christoffer Olsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Wojciechowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.2412. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-81828-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of a Diamond Nitrogen Vacancy Centre Magnetometer for Sensing of Biological Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James Webb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luca Troise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaj Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphy.2020.522536⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing surface production of negative ions using nitrogen doped diamond in a deuterium plasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gregory James Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James J. Ellis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roba Moussaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Pardanaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53, pp.465204. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/aba6b6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02907564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale fabrication of highly emissive nanodiamonds by chemical vapor deposition with controlled doping by SiV and GeV centers from a solid source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Goldner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (2), pp.1901408. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/admi.201901408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVD diamond single crystals with NV centres: a review of material synthesis and technology for quantum sensing applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jacques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 53 (31), pp.313001. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6463/ab81d1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High NV density in a pink CVD diamond grown with N2O addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Huillery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tom Delord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Pellet-Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 170, pp.421-429. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbon.2020.08.048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing synthetic diamond samples for quantum sensing technologies by tuning the growth temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saddem Chouaieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Javier Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Waseem Akhtar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Philip</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dréau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 96, pp.85-89. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2019.04.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02302063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization and Readout of Nuclear Spins via a Negatively Charged Silicon-Vacancy Center in Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Metsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Senkalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedikt Tratzmiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Scheuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (19), </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.190503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect and Threading Dislocations in Single Crystal Diamond: A Focus on Boron and Nitrogen Codoping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aida Mrad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 216 (21), pp.1900581. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201900581⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Initialization and Readout of Nuclear Spins via a Negatively Charged Silicon-Vacancy Center in Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Metsch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Senkalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedikt Tratzmiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Scheuer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 122 (19), </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.122.190503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Loose Nanodiamonds Containing Nitrogen-Vacancy Centers for Magnetic and Thermal Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Nano Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (9), pp.5952-5962. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsanm.9b01395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis of Loose Nanodiamonds Containing Nitrogen-Vacancy Centers for Magnetic and Thermal Sensing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Touati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Applied Nano Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (9), pp.5952-5962. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsanm.9b01395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics of He Ion Implanted Layers on Single-Crystal Diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary de Feudis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215 (22), pp.1800264. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-Assembled Silica Nanoparticles for Diamond Nano-Structuration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lahcene Mehmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riadh Issaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215 (22), pp.1800391. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800391⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling of low-temperature/large-area distributed antenna array microwave-plasma reactor used for nanocrystalline diamond deposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 81 (1), pp.10804. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/epjap/2017170238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Low Temperature Deposition of Nanocrystalline Diamond Films on ZnO/LiNbO3 Layered Structures Suitable for Waveguiding Layer Acoustic Wave Devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damia Dekkar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Floer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sami Hage-Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 215, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201800251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02446603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave Device Characterization Using a Widefield Diamond Microscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Horsley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Janik Wolters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Applied</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (4), </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevApplied.10.044039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02346269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduction of Dislocations in Single Crystal Diamond by Lateral Growth over a Macroscopic Hole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic William</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 29 (16), pp.1604823. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adma.201604823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of Nucleation and Growth of Nanocrystalline Diamond Films Deposited at Low Temperature Using In Situ Laser Reflectance Interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 214 (11), pp.1700205. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201700205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diamond Schottky diodes operating at 473 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Monflier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Cazarré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josiane Tasselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Servel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPE Journal - European Power Electronics and Drives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (3), pp.118-124. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09398368.2017.1388625⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01618095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative solutions to caesium in negative-ion sources: a study of negative-ion surface production on diamond in H 2 /D 2 plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Kogut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kostiantyn Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.025010. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aa5f1f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02049399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative solutions to caesium in negative-ion sources: a study of negative-ion surface production on diamond in H 2 /D 2 plasmas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Cartry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dmitry Kogut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kostiantyn Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Layet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Farley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 19 (2), pp.025010. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aa5f1f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02310971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-temperature deposition of nanocrystalline diamond films on silicon nitride substrates using distributed antenna array PECVD system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Melouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filipe T. Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213 (10), pp.2575-2581. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201600221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Dislocations in Synthetic Chemically Vapor Deposited Diamond Single Crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ouisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Lantreibecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robin Cours</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Legros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystal Growth &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (5), pp.2741-2746. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.cgd.6b00053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01456077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of bulk NV centre arrays by shallow implantation and diamond CVD overgrowth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Raatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger John</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213 (10), pp.2594-2600. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201600219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01523139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picosecond dynamics of free and bound excitons in doped diamond.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Barjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Valvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Brimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 93 (11), pp.115202. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.93.115202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01287753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Epitaxy of iridium on SrTiO 3 /Si (001): A promising scalable substrate for diamond heteroepitaxy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kee Han Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahma Moalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Saint-Girons</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 66, pp.67 - 76. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2016.03.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01848691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetic imaging with an ensemble of nitrogen-vacancy centers in diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mayeul Chipaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Pezzagna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Meijer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Physical Journal D : Atomic, molecular, optical and plasma physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 69 (7), </w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epjd/e2015-60080-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarization effect on time-of-flight measurements performed on a CVD diamond single crystal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Valentin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 212 (11), pp.2636-2640. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201532205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02492758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and growth kinetics of nanocrystalline diamond films deposited in large area/low temperature distributed antenna array microwave-plasma reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Baudrillart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Benedic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bieber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chauveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 212 (11), pp.2611-2615. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201532276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493651v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R&D around a photoneutralizer-based NBI system (Siphore) in view of a DEMO Tokamak steady state fusion reactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Achkasov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Béchu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Baudouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nuclear Fusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 55 (12), pp.123020. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0029-5515/55/12/123020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02381781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Passive charge state control of nitrogen-vacancy centres in diamond using phosphorous and boron doping</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karin Groot-Berning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Raatz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inga Dobrinets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 211 (10), pp.2268-2273. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201431308⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02494075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic nano-structures on (111)-oriented diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Neu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Appel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Ganzhorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Miguel-Sánchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margarita Lesik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 104 (15), pp.153108. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4871580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the process parameters of inductively coupled plasma reactive ion etching on the fabrication of diamond nanotips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hasan-Al Mehedi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 211 (10), pp.2343-2346. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201431258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical study of defects in thick undoped CVD synthetic diamond layers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bert Willems</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 41, pp.25-33. </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.09.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02493653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth of large size diamond single crystals by plasma assisted chemical vapour deposition: Recent achievements and remaining challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (2-3), pp.169-184. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crhy.2012.10.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Growth strategy for controlling dislocation densities and crystal morphologies of single crystal diamond by using pyramidal-shape substrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vianney Mille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Naamoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33, pp.71-77. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.01.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grafting polymer–protein bioconjugate to boron-doped diamond using aryl diazonium coupling agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zakaria Salmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aazdine Lamouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Decorse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Jouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Boussadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 40, pp.60-68. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2013.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An assessment of contact metallization for high power and high temperature diamond Schottky devices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodjan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, vol. 27-28, pp. 23-28. </w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2012.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CATHODOLUMINESCENCE AND PHOTOLUMINESCENCE OF NV CENTERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Roy-Guay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Pioro-Ladrière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Morris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Nanoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 11 (04), pp.1240016. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0219581X12400169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineered arrays of nitrogen-vacancy color centers in diamond based on implantation of CN − molecules through nanoapertures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Piernicola Spinicelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dréau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Rondin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 13 (2), pp.025014. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/13/2/025014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of argon addition on the growth of thick single crystal diamond by high-power plasma CVD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Rond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Bénédic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 208 (9), pp.2028-2032. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.201100017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diode Schottky sur diamant CVD. Simulation, réalisation technologique et étude de protection périphérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sojan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Thion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Electrical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 14 (5), pp.553 - 567. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.14.553-567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01627761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhanced generation of single optically active spins in diamond by ion implantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris Naydenov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Richter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Beck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Steiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Physics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 96 (16), pp.163108. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3409221⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defect analysis and excitons diffusion in undoped homoepitaxial diamond films after polishing and oxygen plasma etching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Nicolas Volpe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Muret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Omnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (10), pp.1205-1210. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diamond.2009.04.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mise en place d'une filière pour la réalisation de composants de puissance en diamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Civrac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Ding</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Isoird</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sodjan Koné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Internationale de Génie Électrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 12 (2), pp.237-253. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ejee.12.237-253⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultralong spin coherence time in isotopically engineered diamond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gopalakrishnan Balasubramanian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Twitchen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Markham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roman Kolesov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (5), pp.383-387. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nmat2420⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation imaging for electronics application crystal selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Secroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Tardieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 204 (12), pp.4298-4304. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.200776331⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental CVD Synthetic Diamonds from LIMHP-CNRS, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wuyi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Hall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Moses</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gems &amp; Gemology : the quarterly journal of the Gemological Institute of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41 (3), pp.234-244. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5741/GEMS.41.3.234⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The control of growth parameters in the synthesis of high-quality single crystalline diamond by CVD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Sussmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Crystal Growth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 284 (3-4), pp.396-405. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcrysgro.2005.07.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVD diamond films: from growth to applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alix Gicquel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Hassouni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Applied Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 1 (6), pp.479-496. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1567-1739(01)00061-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal response of UV sensors made of highly oriented diamond films by 193 and 313 nm laser pulses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kazushi Hayashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoshihiro Yokota</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Takeshi Tachibana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koji Kobashi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diamond and Related Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03575235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHOD FOR MANUFACTURING A DEVICE COMPRISING A DIAMOND CRYSTAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Debuisschert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : EP4326926A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Procédé de fabrication d'un dispositif comprenant un cristal de diamant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Debuisschert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Tallaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jocelyn Achard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ovidiu Brinza</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : FR3121926B1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04722929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId440"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246825v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiziri Ben Yahia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Ghosh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Mille" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mnasri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboulaye Traor&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323976v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary de Feudis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kin On Ho" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Pugliese" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Yavkin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164798v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tallaire" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goldner" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Achard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025618v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien J B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164846v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mesples-Carrere" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Pilar Villar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alba" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Issaoui" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Araujo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246836v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roumli Nourzat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Desvignes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Boiry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Valentin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246847v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oliveira" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164870v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Girodon - Boulandet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322486v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164913v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146836v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sonneville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Isoird" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sevely" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Al Zeibak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Lechaptois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Valinataj Omran" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Falentin-Daudre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722922v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midrel Wilfried Ngandeu Ngambou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Perrin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722903v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722915v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722905v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722908v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcene Mehmel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749392v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Magee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Pinault-Thaury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Layet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Gans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722910v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Mahi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722918v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219862v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Pinault-Thaury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Stenger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Castillo Arvizu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722887v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722892v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Magaletti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769845v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2648853" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578230v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Farhat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396265v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Axxel Castillo Arvizu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324743v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lya Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Tasselli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Austin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazarr&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965380v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Letellier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gheeraert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Girons" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bachelet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965435v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Lee" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saada" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tranchant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arnault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Moalla" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965440v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965437v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramah Moalla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306898v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barjon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefebvre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115202" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245628v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monflier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Servel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tardieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065426v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Naamoun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doppelt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606571v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermet-Guyennet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Schneider" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378106v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimba Oshnik" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Westrich" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Burmeister" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Roman Opaluch" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2633-4356/adce50" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387626v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joa Al Yahya" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Bach" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayash Panigrahi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionut Balasa" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.05647" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172852v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guyomarc'H" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/adc270" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246780v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionu&#539; Gabriel Bala&#537;a" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Alejandra Arranz-Martinez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midrel Ngandeu Ngambou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hebbrecht" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202401487" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717572v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tiranov" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0196719" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246758v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mesples-Carr&#232;re" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Issaoui" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Banaigs" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Brinza" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2024.111659" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823561v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#252;rgler" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sjolander" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallaire" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-023-00724-6" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868733v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2633-4356/ac9948" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865721v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadharshini Balasubramanian" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Osterkamp" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.04.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227072v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vindolet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Adam" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toraille" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Chipaux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hilberer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.214109" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575025v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pellet-Mary" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessi Antonino" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Hetet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2022.108884" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03544300v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2022.108865" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867098v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Troise" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaj Winther Hansen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoffer Olsson" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Luke Webb" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Tomasevic" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0106099" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575043v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Smith" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenny Tahri" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac18ee" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575072v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory James Smith" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575033v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wojciechowski" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81828-x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052868v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nicolas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201901408" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575078v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Webb" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaj Hansen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.522536" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02907564v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Ellis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba Moussaoui" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pardanaud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aba6b6" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052857v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab81d1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449975v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Huillery" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.08.048" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388422v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mrad" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic William" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900581" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302063v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Martinez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Philip" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2019.04.022" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052880v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Metsch" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Senkalla" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Tratzmiller" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Scheuer" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kern" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.190503" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346251v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052883v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ferrier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Touati" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.9b01395" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346247v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346263v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800391" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346258v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800264" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492690v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Benedic" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baudrillart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017170238" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-4XCBQKS4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346269v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Horsley" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Appel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Wolters" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.10.044039" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01618095v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388625" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049399v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cartry" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Kogut" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostiantyn Achkasov" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Farley" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aa5f1f" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492695v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201604823" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576114v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201700205" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02310971v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492710v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Melouani" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe T. Oliveira" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Silva" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600221" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1KWVCJ71-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456077v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lantreibecq" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00053" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523139v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Lesik" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Raatz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piernicola Spinicelli" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger John" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600219" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K50Q863N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287753v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848691v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kee Han Lee" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Saada" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2016.03.018" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492758v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532205" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/62BCC25E089C320D0FD72C7A3BAD6FA9ACEF75D4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493648v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pezzagna" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Meijer" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2015-60080-1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493651v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bieber" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chauveau" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532276" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GHMBRZ3-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02381781v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simonin" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Achkasov" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#233;chu" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudouin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/55/12/123020" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493658v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Neu" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ganzhorn" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Miguel-S&#225;nchez" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4871580" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494075v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Groot-Berning" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Dobrinets" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201431308" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F2DT9HSC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493660v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan-Al Mehedi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Gicquel" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201431258" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G312QCFC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493653v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Willems" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.09.010" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576097v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Silva" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2012.10.008" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576095v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.01.006" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVFWQVH9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576092v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Salmi" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aazdine Lamouri" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jouini" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boussadi" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.10.007" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7HW12MTF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881007v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sodjan Kon&#233;" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thion" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2012.05.007" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576084v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roy-Guay" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pioro-Ladri&#232;re" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morris" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219581X12400169" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576043v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondin" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/2/025014" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576056v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rond" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201100017" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LJ52PXMJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627761v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sojan Kon&#233;" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ding" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.553-567" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575954v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Naydenov" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Richter" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Beck" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Steiner" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Neumann" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3409221" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967297v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Volpe" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muret" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2009.04.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575915v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopalakrishnan Balasubramanian" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Twitchen" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Markham" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Kolesov" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat2420" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575920v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Civrac" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.12.237-253" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-20RK7G4T-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575643v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Secroun" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.200776331" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P5QN722P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575536v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Sussmann" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2005.07.046" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2G70KS6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575571v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuyi Wang" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hall" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moses" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5741/GEMS.41.3.234" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575196v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1567-1739(01)00061-X" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA227DCFF50C650D7A48DB04B0C2F7381759EFF8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575235v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushi Hayashi" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Yokota" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Tachibana" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Kobashi" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025579v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164759v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaoui Riadh" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmel Lahcene" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alzetto Florent" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tallaire Alexandre" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dic Fabien" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025522v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008782v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mesples-Carr&#232;re" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025502v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749429v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Broude" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P Dedrick" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722895v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643844v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578185v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722930v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debuisschert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722929v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mesples-Carrere" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Pilar Villar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Alba" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Issaoui" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Araujo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164798v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tallaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goldner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Achard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323976v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary de Feudis" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kin On Ho" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanna Pugliese" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Yavkin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246825v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiziri Ben Yahia" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Ghosh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Mille" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walid Mnasri" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboulaye Traor&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025618v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ovidiu Brinza" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien J B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246836v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roumli Nourzat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Desvignes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul de Boiry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093385v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Valentin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164870v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Girodon - Boulandet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246847v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Oliveira" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322486v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164913v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146836v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Planson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Sonneville" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Moulin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Isoird" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sevely" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246871v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Al Zeibak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Lechaptois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azadeh Valinataj Omran" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Falentin-Daudre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722908v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahcene Mehmel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722899v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722922v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midrel Wilfried Ngandeu Ngambou" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Perrin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722921v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722905v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien B&#233;n&#233;dic" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722903v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722915v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749392v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Magee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Amandine Pinault-Thaury" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Layet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Gans" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722910v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaimaa Mahi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722918v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219862v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Pinault-Thaury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bouras" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Stenger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jomard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Castillo Arvizu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722887v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04769845v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mayer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Magaletti" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2648853" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722892v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578230v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Farhat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396265v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ken Axxel Castillo Arvizu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02324743v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lya Fontaine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Tasselli" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Austin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Cazarr&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965380v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Letellier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gheeraert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Girons" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bachelet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965435v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.H. Lee" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saada" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tranchant" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Arnault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahma Moalla" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965440v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965437v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramah Moalla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306898v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barjon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Valvin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Brimont" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lefebvre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.115202" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245628v2" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Monflier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Servel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Tardieu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065426v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Naamoun" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Doppelt" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606571v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Mermet-Guyennet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Morel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Schneider" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025579v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05164759v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issaoui Riadh" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehmel Lahcene" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alzetto Florent" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tallaire Alexandre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dic Fabien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008782v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mesples-Carr&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Arnold" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025522v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025502v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749429v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cartry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Broude" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P Dedrick" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722895v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643844v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Benedic" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03578185v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378106v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimba Oshnik" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Westrich" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Burmeister" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Roman Opaluch" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2633-4356/adce50" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05387626v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joa Al Yahya" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatole Bach" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jayash Panigrahi" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionut Balasa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2509.05647" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172852v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guyomarc'H" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/adc270" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717572v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Tiranov" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0196719" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246780v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ionu&#539; Gabriel Bala&#537;a" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Alejandra Arranz-Martinez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midrel Ngandeu Ngambou" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hebbrecht" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adom.202401487" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246758v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mesples-Carr&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Issaoui" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valentin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Banaigs" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Brinza" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2024.111659" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823561v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. B&#252;rgler" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Sjolander" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tallaire" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41534-023-00724-6" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03868733v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2633-4356/ac9948" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865721v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyadharshini Balasubramanian" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Osterkamp" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Rollo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Robert-Philip" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2022.04.005" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227072v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vindolet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Adam" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Toraille" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayeul Chipaux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Hilberer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.214109" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575025v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pellet-Mary" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessi Antonino" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Hetet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2022.108884" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03544300v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2022.108865" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867098v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Troise" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaj Winther Hansen" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoffer Olsson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Luke Webb" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Tomasevic" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/5.0106099" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575072v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory James Smith" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenny Tahri" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ac18ee" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575043v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Smith" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575033v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Wojciechowski" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-81828-x" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575078v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Webb" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaj Hansen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2020.522536" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02907564v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James J. Ellis" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roba Moussaoui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pardanaud" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/aba6b6" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052868v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Nicolas" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.201901408" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052857v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jacques" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab81d1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449975v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Huillery" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Delord" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2020.08.048" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302063v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saddem Chouaieb" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Javier Martinez" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Waseem Akhtar" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Philip" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dr&#233;au" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2019.04.022" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052880v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Metsch" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Senkalla" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Tratzmiller" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Scheuer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kern" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.122.190503" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388422v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aida Mrad" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic William" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201900581" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346251v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052883v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Ferrier" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Touati" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.9b01395" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346247v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346258v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800264" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346263v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800391" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492690v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Baudrillart" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2017170238" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-4XCBQKS4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02446603v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damia Dekkar" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Floer" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hage-Ali" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201800251" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02346269v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Horsley" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Appel" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janik Wolters" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.10.044039" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492695v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201604823" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576114v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201700205" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01618095v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09398368.2017.1388625" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02049399v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Kogut" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostiantyn Achkasov" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Farley" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aa5f1f" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02310971v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492710v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Melouani" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe T. Oliveira" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Silva" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600221" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1KWVCJ71-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456077v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ouisse" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Lantreibecq" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Cours" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Legros" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00053" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523139v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margarita Lesik" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Raatz" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piernicola Spinicelli" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger John" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201600219" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-K50Q863N-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287753v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01848691v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kee Han Lee" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Saada" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2016.03.018" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493648v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pezzagna" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Meijer" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjd/e2015-60080-1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492758v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532205" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/62BCC25E089C320D0FD72C7A3BAD6FA9ACEF75D4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493651v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bieber" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chauveau" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201532276" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-2GHMBRZ3-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02381781v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Simonin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Achkasov" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#233;chu" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baudouin" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/55/12/123020" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494075v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Groot-Berning" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inga Dobrinets" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201431308" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F2DT9HSC-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493658v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Neu" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ganzhorn" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Miguel-S&#225;nchez" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4871580" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493660v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasan-Al Mehedi" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Gicquel" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201431258" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G312QCFC-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02493653v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bert Willems" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.09.010" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576097v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Silva" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crhy.2012.10.008" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576095v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.01.006" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVFWQVH9-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576092v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Salmi" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aazdine Lamouri" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Decorse" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jouini" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Boussadi" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2013.10.007" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7HW12MTF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881007v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sodjan Kon&#233;" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Thion" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2012.05.007" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576084v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Roy-Guay" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pioro-Ladri&#232;re" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morris" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0219581X12400169" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576043v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rondin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/13/2/025014" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03576056v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rond" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.201100017" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LJ52PXMJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627761v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sojan Kon&#233;" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Ding" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.14.553-567" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575954v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Naydenov" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Richter" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Beck" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Steiner" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Neumann" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3409221" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967297v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Nicolas Volpe" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Muret" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Omn&#232;s" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2009.04.008" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575920v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Civrac" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejee.12.237-253" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-20RK7G4T-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575915v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gopalakrishnan Balasubramanian" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Twitchen" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Markham" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Kolesov" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nmat2420" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575643v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Secroun" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.200776331" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-P5QN722P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575571v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuyi Wang" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hall" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moses" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5741/GEMS.41.3.234" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575536v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Sussmann" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcrysgro.2005.07.046" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2G70KS6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575196v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1567-1739(01)00061-X" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA227DCFF50C650D7A48DB04B0C2F7381759EFF8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575235v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazushi Hayashi" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshihiro Yokota" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Tachibana" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Kobashi" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722930v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Debuisschert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722929v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>