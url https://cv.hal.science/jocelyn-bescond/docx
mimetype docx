--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1570,351 +1570,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioactive Natural Product and Superacid Chemistry for Lead Compound Identification: A Case Study of Selective hCA III and L-Type Ca2+ Current Inhibitors for Hypotensive Agent Discovery</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Vandebrouck</w:t>
+                <w:t xml:space="preserve">Functional BKCa channel in human resident cardiac stem cells expressing W8B2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oualid Ayad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Magaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Sebille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Bescond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Mimbimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules22060915⟩</w:t>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 285 (3), pp.518-530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01743420v1</w:t>
+                <w:t xml:space="preserve">hal-02136052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional BKCa channel in human resident cardiac stem cells expressing W8B2</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Sebille</w:t>
+                <w:t xml:space="preserve">Bioactive Natural Product and Superacid Chemistry for Lead Compound Identification: A Case Study of Selective hCA III and L-Type Ca2+ Current Inhibitors for Hypotensive Agent Discovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Carreyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Carré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Ouedraogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Vandebrouck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Bescond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chloé Mimbimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/febs.14352⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules22060915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02136052v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01743420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The hypotensive agent dodoneine inhibits L-type Ca2+ current with negative inotropic effect on rat heart.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Carreyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Becq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2525,51 +2525,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From the vasodilator and hypotensive effects of an extract fraction from Agelanthus dodoneifolius (DC) Danser (Loranthaceae) to the active compound dodoneine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3089,51 +3089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure Elucidation of a Dihydropyranone from Tapinanthus dodoneifolius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Ouedraogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Carreyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5531,51 +5531,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bescond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2025.119983" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Lizot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves de Koninck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chahine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrthm.2025.04.007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645754v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Krzesiak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vanderbrouck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00518.2023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485187v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Kaboua" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aklesso Mouzou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tcha Pakoussi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindede Assih" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcme.2021.09.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483899v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Assih" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Badjabaissi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mouzou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Pakoussi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22270/jddt.v12i1-s.5322" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053569v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715789v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bacle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040937" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962304v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.043927" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longin Justin Clair Bonazaba Milandou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonazaba Milandou Longin Justin Clair" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Nkounkou Loumpangou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carreyre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/ejmp/2019/v30i430181" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04065417v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nkounkou Loumpangou C&#233;lestine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandebrouck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485074v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ayad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14352" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743420v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Carr&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Ouedraogo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22060915" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136052v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990335v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becq" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2014.01.059" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPD13WD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990329v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoun El Chemaly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2013.12.027" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZG53GSV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carreyre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Coustard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bescond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2013.04.041" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968794v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouedraogo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Da" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Fabre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Konate" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.I. Dibala" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/162651" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483643v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Renaudon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lenfant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1476-5381.1996.tb15505.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560900v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruiz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vardelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Coustard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2010.10.002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1T4S1BR-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397628v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najate Benamer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Moha Ou Maati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Demolombe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Delwail" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2008.12.016" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVMT3SGL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483846v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Altomare" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Tognati" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Ferroni" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Baruscotti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjp.0706433" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397613v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Louault" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Potreau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2008.04.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4DQZV2J-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389669v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raymond" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np070355x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZJ2015PN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394274v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guinamard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00614365v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Cheikh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Benkhalifa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ayeb" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2006.06.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GFNT6NC8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483821v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fredj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Lecron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20307" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483826v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.08.024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BWJMBQH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20197" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483718v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ancey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia-Tamisier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0008-6363(03)00346-8" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483695v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pignier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Fares" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1540-8167.2002.00178.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CJ1N9HW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483855v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483672v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmcc.1996.0340" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6644HXX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483867v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Petit-Jacques" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bois Patrick" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiologyonline.1994.9.2.77" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483660v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bescond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit-Jacques" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lenfant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00232903" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-C73X8QVJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483650v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00374956" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-H0J4HRQF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484011v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizot Gu&#233;na&#235;lle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2021.11.1557" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484023v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2022.04.132" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486633v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394373v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rahmati" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319934v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Bescond" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Jean" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2025.119983" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319939v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Lizot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves de Koninck" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chahine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hrthm.2025.04.007" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645754v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Krzesiak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Enea" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vanderbrouck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/japplphysiol.00518.2023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485187v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Komla Kaboua" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aklesso Mouzou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tcha Pakoussi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mindede Assih" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcme.2021.09.004" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483899v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Assih" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Badjabaissi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mouzou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Pakoussi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22270/jddt.v12i1-s.5322" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053569v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715789v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linette Kadri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bacle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spiro Khoury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Vandebrouck" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10040937" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962304v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ferru-Cl&#233;ment" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dmm.043927" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Longin Justin Clair Bonazaba Milandou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bonazaba Milandou Longin Justin Clair" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lestine Nkounkou Loumpangou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Carreyre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/ejmp/2019/v30i430181" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04065417v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nkounkou Loumpangou C&#233;lestine" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vandebrouck" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485074v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ayad" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebille" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mimbimi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.14352" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136052v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01743420v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Carr&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Ouedraogo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules22060915" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990335v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becq" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2014.01.059" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3BPD13WD-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990329v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoun El Chemaly" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2013.12.027" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZG53GSV-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917277v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Carreyre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Coustard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Carre" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bescond" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2013.04.041" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968794v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouedraogo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.L. Da" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Fabre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Konate" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.I. Dibala" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/162651" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483643v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Renaudon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lenfant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1476-5381.1996.tb15505.x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560900v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruiz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vardelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Coustard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jep.2010.10.002" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F1T4S1BR-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397628v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najate Benamer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Moha Ou Maati" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Demolombe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cantereau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Delwail" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yjmcc.2008.12.016" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVMT3SGL-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483846v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Altomare" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnese Tognati" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaldo Ferroni" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Baruscotti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjp.0706433" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397613v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Louault" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Potreau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2008.04.005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z4DQZV2J-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389669v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Raymond" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/np070355x" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-ZJ2015PN-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394274v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guinamard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Fran&#231;ois Faivre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://riip.hal.science/pasteur-00614365v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Cheikh" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Benkhalifa" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Ayeb" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2006.06.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GFNT6NC8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483821v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fredj" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;claude Lecron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20307" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483826v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demion" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2005.08.024" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7BWJMBQH-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483810v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.20197" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483718v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Ancey" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Menet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Corbi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Garcia-Tamisier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0008-6363(03)00346-8" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483695v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Pignier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Fares" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1540-8167.2002.00178.x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5CJ1N9HW-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483855v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483672v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmcc.1996.0340" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M6644HXX-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483867v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Petit-Jacques" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bois Patrick" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/physiologyonline.1994.9.2.77" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483660v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bescond" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Petit-Jacques" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lenfant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00232903" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-C73X8QVJ-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04483650v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00374956" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-H0J4HRQF-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484011v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizot Gu&#233;na&#235;lle" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2021.11.1557" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484023v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvdsp.2022.04.132" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486633v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394373v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rahmati" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>