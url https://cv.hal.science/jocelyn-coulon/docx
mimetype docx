--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -236,72 +236,76 @@
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">La figure du serpent dans les mondes nordiques médiévaux : littérature, archéologie et iconographie</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Master Recherche, Université de Caen Normandie, 2 vol. (288 p. + 109 p.), 2018.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bourses et prix</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">2026 : Boursier de l’École française de Rome (mars)</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">2025 : Prix du meilleur poster de la session poster de la </w:t>
+        <w:t xml:space="preserve">2026 : Boursier de l’École française de Rome (EFR, mars)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2026 : Boursier du mois à la Maison française d’Oxford (MFO, février)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2025 : Prix du meilleur poster scientifique de la 48ème </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i w:val="1"/>
           <w:iCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Battle Conference on Anglo-Norman Studies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> (Manchester)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2025 : Lauréat de la Muriel Brown Bursary -  R. Allen Brown Memorial Trust</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2023 : Allocation doctorale - Région Normandie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading6"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
@@ -583,273 +587,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exile and Social Status : From Spatial to Social Boundaries in England and Normandy (c.1000-1154)</w:t>
+                <w:t xml:space="preserve">Table ronde - Un chevalier et un dragon : un témoin de la cour Plantagenêt au château de Caen au XIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Madeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Medieval Congress, Session : "Status, Rank, or Office ? Social Boundaries in England, 900-1200, II"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mary Blanchard; Chelsea Shields-Más; Haskins Society; University of Leeds, Jul 2025, Leeds (Angleterre), United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées de l'Histoire - Millénaire de Caen 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05163970v1</w:t>
+                <w:t xml:space="preserve">halshs-05022457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des mobilités contraintes : le phénomène de l'exil dans les mondes normands médiévaux (IXe-XIIe siècles)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exile and Social Status : From Spatial to Social Boundaries in England and Normandy (c.1000-1154)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Espaces et mobilités" - 8ème journée d'étude des Jeunes Chercheurs du CRULH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRULH, Apr 2025, Nancy, France</w:t>
+              <w:t xml:space="preserve">International Medieval Congress, Session : "Status, Rank, or Office ? Social Boundaries in England, 900-1200, II"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mary Blanchard; Chelsea Shields-Más; Haskins Society; University of Leeds, Jul 2025, Leeds (Angleterre), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05022458v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05163970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Table ronde - Un chevalier et un dragon : un témoin de la cour Plantagenêt au château de Caen au XIIe siècle</w:t>
+                <w:t xml:space="preserve">Des mobilités contraintes : le phénomène de l'exil dans les mondes normands médiévaux (IXe-XIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de l'Histoire - Millénaire de Caen 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Caen, France</w:t>
+              <w:t xml:space="preserve">"Espaces et mobilités" - 8ème journée d'étude des Jeunes Chercheurs du CRULH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRULH, Apr 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05022457v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05022458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -867,51 +871,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exile and Exiles : Practices, Trajectories and Discourses of Exile in the Norman and Nordic Worlds (9th – 12th c.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48th Battle Conference on Anglo-Norman Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -936,51 +940,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rollon, premier duc de Normandie : un exilé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fête de la Science 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1037,51 +1041,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Barabino , Des guerriers d’Odin aux chevaliers du Christ : la relation combattant/divinité au prisme de la christianisation dans la diaspora scandinave médiévale, IXe-XIVe siècle, thèse soutenue le 2 décembre 2023 à l’université de Caen Normandie, 816 p.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 74e Année (2), pp.207-215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1151,51 +1155,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Définir et redéfinir » : retour sur la journée d’étude des doctorant.e.s du CRAHAM (18/04/2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/13tvt⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1222,51 +1226,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compte-rendu de la soutenance de V. Barabino « Des guerriers d’Odin aux chevaliers du Christ : la relation combattant/divinité dans la diaspora scandinave médiévale au prisme de la christianisation, IXe-XIVe siècle »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Delliaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1306,51 +1310,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exils et exilés : pratiques, trajectoires et discours de l’exil dans les mondes nordiques et normands médiévaux (résumé du projet de thèse)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58079/veig⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1409,51 +1413,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La figure du serpent dans les mondes nordiques médiévaux : littérature, archéologie et iconographie, Mémoire de Master 2 Recherche, Université de Caen Normandie, 2 vol. (288 p. + 109 p.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Coulon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1561,51 +1565,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="416A7C83"/>
+    <w:nsid w:val="1903C488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1709,51 +1713,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="1DFCC4F8"/>
+    <w:nsid w:val="8A66FFE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1943,51 +1947,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jocelyn-coulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/244817634" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163970v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Coulon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05022458v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05022457v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gautier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Madeline" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191051v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744882v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176478v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.742.0207" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051684v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13tvt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612445v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delliaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vjcb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618816v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/veig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612382v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jocelyn-coulon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/244817634" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05022457v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Guillot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Madeline" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Coulon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05163970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05022458v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191051v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744882v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176478v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/annor.742.0207" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051684v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/13tvt" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612445v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Delliaux" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/vjcb" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618816v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/veig" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612382v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>