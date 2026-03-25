--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,6184 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...6133 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:159.33609958506px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jochen Lang </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur Classe Exceptionnelle (CNU), Université de Bordeaux</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jochen-lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6847-5641</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">085209600</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">199953268</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-1215-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">TITLES/DIPLOMA :1998		Privat-docent (HDR), Faculté de Médecine, Université de Genève, CH  (Jury: J.L. Charpentier, CH; M. Rodbell, NIH/US; P. Rorsman, SE).1985		FMGEMS (US Foreign Medical Graduate Examination in Medical Sciences, autorisation to work in US hospitals)1985		Approbation zum Arzt (Federal Licence to practice)1984		3. Staatsexamen der Humanmedizin (Final Medical Exam)Albrecht-Ludwig-Universität Freiburg/GER1984	Thesis in Experimental Medicine, Albrecht-Ludwig Universität Freiburg/GER</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">POSITIONS :2010 -	Professeur Classe Exceptionnelle (CNU), Université de Bordeaux2000 - 2010 	Professeur 1er classe, Université de Bordeaux I, Institut Européen de Chimie et Biologie1997 - 2000 	Associate Professor, Div.  Biochimie Clinique et Diabète Expérimentale, U.  Genève, CH;1990 - 1997 	Assistant Professor, Div.  Biochimie Clinique et Diabète Expérimentale (Dir. Pr C.B. Wollheim),Faculté de Médecine, Université de Genève, CH1988 – 1990	Intern, Dept. Intern. Med., Hôpital Univ. de Genève, Genève (CH) (Prof. A. Muller).1985 - 1988 	Postdoctoral fellow, Max-Planck-Institut, Neurobiologie, Dept. Neuropharmacologie,Martinsried (Munich)/RFA (Prof. A. Herz), fellow Max-Planck and DFG.1984 - 1985 	Military service, Staff Surgeon (Stabsarzt), Engineering Corps, Flensburg/RFA</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">STUDIES :1983 - 1984 	6th year medical school Statdkrankenhaus Karlsruhe/RFA (Chirurgie),Hôpital Universitaire de Genève, CH (Médicine, Pédiatrie)1983	Internship, Pennsylvania State University Medical Centre, Cardiology, Hershey, Penn./USA1981 - 1984 	Thesis student, Institut für Pharmakologie, Medizinische Fakultät, U Freiburg ”1979		Internship, Bella Coola General Hospital, Bella Coola Indian Reserve, B.C., Canada1977 - 1984	Etudes de Médecine Humaine (U Würzburg, U Paris VI, U Freiburg)1976 - 1977 	Military service, Air Force, Hamburg1976	Humanistisches Abitur (High School Diplolma; German, Latin, Ancient Greek, Math)DISTINCTIONSGerman University Foundation/Studienstiftung (1977-1984) </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://en.wikipedia.org/wiki/Studienstiftung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">Prix Denber Pinard de l’Université de Genève (1996) ; PEDR (2005-2013, 2015-2019, 2021-2025)PUBLICATIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Research ID (ORCID) </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://orcid.org/0000-0001-6847-5641</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">75 original articles, (46 as first or last author, h 38, 5716 cit., mean IF 6.4)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">10 reviews, 4 book chapters, 2 patents.COMMISSIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Member, Comité National CNRS (Biologie Cellulaire et Développement, 2008 – 2016)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Member, Conseil Scientifique U Bordeaux 1 (2003-2007), CA U Bordeaux I (2008-2012)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-Director, Doctoral School Sciences de la Vie et de la Santé (2007-2015)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Member, Conseil ED Sciences de la Vie et de la Santé (2016-2021)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-director, Master Biologie Cellulaire - Pathophysiologie (depuis 2003)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Member, Administration Council, Société Francophone du Diabète (2016-2020)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Member, Scientific Advisory Board, IRIM, Montpellier (2015-2020)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">SUPERVISIONS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">PhD students (100%), 4 postdocs</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Group Leader 2000 to 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">MAJOR GRANTS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FranceANRCoordinatOr: ACI CNRS/MENRT/2005 “supramolecular assembly”, HY-BIOPACS/2010-13,MULTISPOT/2017-20, FUN-NET 2022-25;Co-PI:	 Exodynamics/2007-10, ISLET CHIP/2013-16, DIABLO/2018-21.OTHER:	CNRS PREMATURATION Easy-Screen 2022-2023. LABEX Amadeus (2015-2018; 2019-2021);European Foundation Study of Diabetes (2010-2012), Société Francophone du Diabète (2010-2012; 2020-2022);  Albert Renold (2019) Wellcome Trust (2000-2003); CNRS interdisciplinary programs;SATT (University Technology Transfer; 2014-16) FEDER (2003-2007;2008-2012; 2013-2015; 2018-2021),</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CH (as PI):	Fondation Sandoz; Roche Foundation; Fondation Novartis; Sir Jules Thorn Charitable Trust;Fonds National Suisse (No 31-54023.98); Roche MBA Program; HFSP (Co-appliquant);PhD & HDR JURIES OUTSIDE BORDEAUX (last 10 yrs)2012 M. Bergeron, U Lausanne (CH) ; 2014 Viva, D. Do, Oxford U., UK ; 2015 M. Roussel, U Montpellier ; 2017 D. Kotsouras & J. Pas, Ecole de Mines ; 2018 HDR, M Ravier, Inst Génomique Fonctionnelle, U Montpellier ; 2020 Marta Pérez Francés, U Genève ; 2021 K Saitoski, Inst. Cochin, Paris; 2021 G Daziano, IPMC, Nice; 2021 Bilal Singh, UC Louvain; A Al-Mass, U Montréal, 2022.INSTITUTE EVALUATIONS (last 10 yrs, HCERES or AERES)ENS Paris (IBENS, A. Triller) 2012; Sys2Diag Montpellier, 2012 ; UPR INCI Strasbourg, 2016EVALUATION COMITTEES (outside France, last 10 yrs)2015 Chair (PR) Islet Studies, University of Manitoba, Canada; 2019 Uppsala University, Chair Cell Biology committee, SwedenWORKSHOP AND CONFERENCE ORGANISATION (last 10 yrs)2013 Congress Société Francophone du Diabète (SFD) Chairman session «insulin secretion»2015 Organisation congress SFD & Chairman session «insulin secretion» with Pr M. Cnop (BE)2015/16 Abstract Reviewer, American Society Cell Biology2018 Chairman session “Functional imaging of insulin secretion”, 54th EASD, Berlin2020 Chairman session “Stem Cells and Micro-Organs”, Keystone Symposium (Santa Fe, NM) Islet Biology: From Gene to Cell to Micro-Organ.INVITATIONS (seminars, congresses, workshops - last 10 yrs)2010 	International BETA-Cell Symposium, U Genève (participation R. Tsien, Nobel 2009)2011 	Oxford University (Host Pr   Rorsman):Wolves, VAMPs and WaveletsUniversité Catholique de Louvain, BE (Host Pr JC Jonas):ADCY8 and -cells2013 	Kobe University (host Pr S Seino) Mechanisms and Regulation of Insulin SecretionTokyo University (host Dr K Waki) Novel sensor for a bioartificial pancreas2014 	Texas Tech (host Pr N. Moustaid-Moussa) Sensing the demand of insulinESOT Meeting Innsbruck:Diachip and Diasensor2015 	5th Diabetes Innovation Day, Montpellier2017 	Annual meeting GRAGIL (Islet Transplantation Network ; Genève)2018 	8th EPITA Symposium & 37th AIDPIT Workshop; INNSBRUCK2e Islet satellite meeting Société Francophone du Diabète, NantesMontpellier Islet Mini-Symposium Islet Real Time Recording, IGF, U MontpellierOxford University Boehringer Seminar, UK Islet Recordings:From Physiology to Biotechnology3rd International Conference “Innovative Technologies In Biomedicine”, Krakow (PL; Polish Society Medical Physics), Bioelectronic Sensors and Therapy of Type 1 Diabetes2019 	U Geneva Medical Faculty, Bioelectronic Sensors in Islet Physiology and Diabetes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Smartphone light-driven electrocatalytic polymerization of thiophenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo Salinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rana Nakar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Getnet Kassahun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5CP03956H⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyborg pancreatic islet organoids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 391 (6787), pp.764-765. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.aef2219⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A micro-organ based microfluidic biosensor for continuous monitoring of glucose levels in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Poulletier de Gannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabelle Hurtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">npj Biosensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 3 (1), pp.12. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s44328-025-00077-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05540550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A microfluidic twin islets-on-chip device for on-line electrophysiological monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lallouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Olçomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Killian Montiège</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 25 (7), pp.1831-1841. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D4LC00967C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05221948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow rather than fast calcium events encode physiological inputs and propagate within islets: Lessons from ultrafast imaging on acute pancreatic tissue slices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Chapeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Physiologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 241 (4), pp.e70028. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/apha.70028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracellular electrophysiology on clonal human β-cell spheroids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Leal-Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lallouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pier-Arnaldo Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15, pp.140288. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fendo.2024.1402880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Islets-on-Chip: A Tool for Real-Time Assessment of Islet Function Prior to Transplantation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Lablanche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transplant International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 36, pp.11512. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/ti.2023.11512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04390913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical Organic Electrochemical Transistors and Electronics for Low Amplitude Micro‐Organ Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Abarkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donnie Mafilaza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaurav Pathak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles N'Kaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (8), pp.2105211. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/advs.202105211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the Integration of an Islet-Based Biosensor in Closed-Loop Therapies for Patients With Type 1 Diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Olçomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Cassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roberto Franco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fendo.2022.795225⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating an Islet-Based Biosensor in the Artificial Pancreas: In Silico Proof-of-Concept</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Olçomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Cassany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, IEEE Transactions on Biomedical Engineering, 69 (2), pp.899-909. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TBME.2021.3109096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03342685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pancreatic α and β cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Leal Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (8-9), pp.752 - 758. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2021111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamic Uni- and Multicellular Patterns Encode Biphasic Activity in Pancreatic Islets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 70, pp.878 - 888. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2337/db20-0214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Na + ion selectivity study of a crown ether functionalized PEDOT analog</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo Salinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariana Villarroel Marquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shekhar Shinde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernardo A. Frontana-Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemElectroChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (13), pp.2826-2830. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/celc.202000693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02869565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of Potassium‐Selective Mixed Ion/Electron Conducting Polymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariana Villarroel Marquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerardo Salinas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Abarkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maël Idir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Brochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Rapid Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41 (12), pp.2000134. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/marc.202000134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transmembrane domain of the SNARE protein VAMP2 is highly sensitive to its lipid environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahia Fezoua-Boubegtiten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pier Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Milochau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Bathany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1861 (3), pp.670-676. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamem.2018.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02348321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transmembrane domain of the SNARE protein VAMP2 is highly sensitive to its lipid environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahia Fezoua-Boubegtiten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pier Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Milochau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katell Bathany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1861 (3), pp.670-676. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbamem.2018.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glutamate receptor GluK2 contributes to the regulation of glucose homeostasis and its deterioration during aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Abarkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 30, pp.152-160. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molmet.2019.09.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02418027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss-of-function mutations in ADCY3 cause monogenic severe obesity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadia Saeed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Bonnefond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filippo Tamanini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Muhammad Usman Mirza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaida Manzoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 50 (2), pp.175-179. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41588-017-0023-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04535818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The glutamate receptor GLUK2 plays a role in glucose homeostasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Abarkan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 61, pp.S204-S204</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimed: An Integrated, Multi-Application Platform for the Real-Time Recording and Sub-Millisecond Processing of Biosignals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (7), pp.2099. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/s18072099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Central Small Amino Acid in the VAMP2 Transmembrane Domain Regulates the Fusion Pore in Exocytosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pier A Scotti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Milochau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahia Fezoua-Boubegtiten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Rodas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.2835. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-03013-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion pore in exocytosis: More than an exit gate? A β-cell perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clark</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrik Rorsman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Calcium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 68, pp.45-61. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ceca.2017.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous monitoring of single cell and of micro-organ activity by PEDOT:PSS covered multi-electrode arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios A Koutsouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariana Villarroel Marquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eileen Pedraza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msec.2017.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simultaneous monitoring of single cell and of micro-organ activity by PEDOT:PSS covered multi-electrode arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitrios Koutsouras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariana Villarroel Marquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eileen Pedraza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81, pp.84-89. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msec.2017.07.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01578781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Over-expression of Slc30a8/ZnT8 selectively in the mouse α cell impairs glucagon release and responses to hypoglycemia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonia Solomou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Chabosseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Migrenne-Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrition and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (1), pp.46. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12986-016-0104-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell type-specific deletion in mice reveals roles for PAS kinase in insulin and glucagon production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Semplici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeles Mondragon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedict Macintyre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Madeyski-Bengston</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anette Persson-Kry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 59 (9), pp.1938-1947. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-016-4025-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilevel control of glucose homeostasis by adenylyl cyclase 8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Vacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Papin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Picard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elzbieta Kostrzewa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (4), pp.749-757. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-014-3445-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01545427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guiding pancreatic beta cells to target electrodes in a whole-cell biosensor for diabetes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eileen Pedraza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleksandar Karajić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lab on a Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 15, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C5LC00616C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow potentials encode intercellular coupling and insulin demand in pancreatic beta cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isma Belouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Bosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (6), pp.1291-1299. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-015-3558-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow potentials encode intercellular coupling and insulin demand in pancreatic beta cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lebreton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isma Belouah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Bosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diabetologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (6), pp.1291-1299. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-015-3558-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biosensors in Diabetes : how to get the most out of evolution and transpose it into a signal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE pulse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.30-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00993190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-invasive long-term and real-time analysis of endocrine cells on micro-electrode arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Quotb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 590 (5), pp.1085-1091</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00742984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A charged prominence in the linker domain of the cysteine‐string protein Cspα mediates its regulated interaction with the calcium sensor synaptotagmin 9 during exocytosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Boal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Milochau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pier Scotti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 25 (1), pp.132-143. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.09-152033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05316545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distinct roles of the C 2}A and the C 2}B domain of the vesicular Ca 2+} sensor synaptotagmin 9 in endocrine {beta}-cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Grise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nada Taib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Monterrat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Lagrée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 403 (3), pp.483-492. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1042/BJ20061182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00478645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cysteine‐string proteins regulate exocytosis of insulin independent from transmembrane ion fluxes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Kelley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Chamberlain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burgoyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claes Wollheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEBS Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 437 (3), pp.267-272. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0014-5793(98)01233-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insulinoma Cells Contain an Isoform of Ca 2؉ / Calmodulin-Dependent Protein Kinase II ␦ Associated with Insulin Secretion Vesicles*</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Möhlig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Wolter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Mayer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Osterhoff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 138 (6), pp.2577-2584. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/endo.138.6.5168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soluble N-ethylmaleimide-sensitive-factor attachment protein and N-ethylmaleimide-insensitive factors are required for Ca 2 +-stimulated exocytosis of insulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Kiraly-Borri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Burgoyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulrich Weller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claes Wollheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 314 (1), pp.199-203. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1042/bj3140199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expression, localization and functional role of small GTPases of the Rab3 family in insulin-secreting cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romano Regazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Ravazzola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariella Iezzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Zahraoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 109 (9), pp.2265-2273. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jcs.109.9.2265⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct control of exocytosis by receptor-mediated activation of the heterotrimeric GTPases G; and G. or by the expression of their active Ga subunits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Nishimoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Okamoto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Regazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Kiraly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 14 (15), pp.3635-3644. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/j.1460-2075.1995.tb00033.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SNAP-25 Is Expressed in Islets of Langerhans and Is Involved in Insulin Release</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Sadoul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Montecucco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U Weller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Regazzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 128 (6), pp.1019-1028. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1083/jcb.128.6.1019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A game plan for exocytosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Wollheim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Cell Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 4 (9), pp.339-341. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0962-8924(94)90236-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conserved transducer coupling but different effector linkage upon expression of the myeloid fMet-Leu-Phe receptor in insulin secreting cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Boulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guodong Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.B. Wollheim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 12 (7), pp.2671-2679. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/j.1460-2075.1993.tb05928.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronic opiate receptor activation in vivo alters the level of g-protein subunits in guinea-pig myenteric plexus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Schulz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 32 (2), pp.503-510. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/0306-4522(89)90097-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05549836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct modulation of voltage-dependent calcium channels by muscarinic activation of a pertussis toxin-sensitive G-protein in hippocampal neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Toselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Lux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pflügers Archiv European Journal of Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 415 (3), pp.255-261. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/BF00370874⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05549845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">429 Islets-on-chips for dynamic functional analysis of genetic variants in human IPSC beta cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Lartigue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Virgilio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Sawatani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Chapeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th EASD Annual Meeting of the European Association for the Study of Diabetes, Vienna, 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASD, Sep 2025, Vienne, Austria. pp.226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542037v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">10 Deciphering the role of non-beta cells in nutrient homeostasis with an in vitro / in silico approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Chapeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lallouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Olcomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61th EASD Annual Meeting of the European Association for the Study of Diabetes, Vienna, 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASD, Sep 2025, Wien (Österreich), Austria. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-025-06497-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542020v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">451 Meal-like stimulation protocol of beta cells in islets-on-chip and a human in-silico simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D Chapeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Olcomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lallouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T Sawatani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th EASD Annual Meeting of the European Association for the Study of Diabetes, Madrid, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASD, Sep 2024, Madrid, Spain. pp.224, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00125-024-06226-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05542010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-sensor pancreatic-islets-and-muscle-on-chip for real-time studies of glucose homeostasis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Monchablon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Chapeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles N'Kaoua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROoCS conference on Organ-on-Chip</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04099043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Continuous monitoring in-vivo with an islet-based microfluidic biosensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Puginier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Poulletier de Gannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DIABETOLOGIA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Stockholm, France. pp.S362-S363</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encodage électrique cellulaire et multicellulaire de la sécrétion biphasique d’insuline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Francophone du Diabète (SFD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential beta cell coupling patterns drive biphasic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th EASD Annual Meeting of the European Association for the Study of Diabetes :</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality control of islets prior to transplantation using micro-electrode arrays coupled to automated real-time signal recognition and data treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Bosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th EPITA Symposium &amp; 37th AIDPIT Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Innsbruck, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02521011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential beta cell coupling patterns drive biphasic activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">54th EASD Annual Meeting of the European Association for the Study of Diabetes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Berlin, Germany. pp.S17-S18</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03181302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décodage des algorithmes endogènes des îlots en temps réel et leur utilisation dans les simulateurs in-silico du sujet sain ou atteint de diabète de type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Francophone du Diabète (SFD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lille, France. pp.A5, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1262-3636(17)30122-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A versatile electrode sorting module for MEAs: implementation in a FPGA-based real-time system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th IEEE Biomedical Circuits and Systems Conference (BioCAS 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BioCas, Oct 2017, Turin, Italy. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/BIOCAS.2017.8325154⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04396567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Visual Object Tracking VOT2015 Challenge Results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matej Kristan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiri Matas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleš Leonardis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Felsberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luka Cehovin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visual Object Tracking Workshop 2015 at ICCV2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Santiago, Chile. pp.564-586, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICCVW.2015.79⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01336773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel bioelectronic glucose sensor to process distinct electrical activities of pancreatic beta-cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quang Vinh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anton Caro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Quotb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Floderer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35th Annual International Conference of the IEEE EMBS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Japan. pp.172 - 175, </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMBC.2013.6609465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00980774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NeuroBetaMed: A re-configurable wavelet-based event detection circuit for in vitro biological signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Quotb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Circuits and Systems (ISCAS), 2012 IEEE International Symposium on</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Seoul, South Korea. pp.1532 - 1535</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00742324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Capteur Bio-Electronique : Analyse en Temps Réel des Algorithmes des Îlots et Exploitation en Boucle Fermée dans le Simulateur UVA/PADOVA de Patient Diabétique de Type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Olçomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société Francophone du Diabète (SFD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Assessment of the Induced Pluripotent Stem Cells (iPSC)-derived β-like Cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Krentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoite Champon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Abaitua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EASD Islet Study Group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02518480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real-time decoding of endogenous islet algorithms and their use in a type 1 diabetes simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Olçomendy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for the Study of Diabetes (EASD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biphasic electric coupling of islets determines secretion profile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléonore Bertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico Bosco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for the Study of Diabetes (EASD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02520945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatisation de l’analyse des potentiels lents des ilots de Langerhans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashwin Mangalore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Languet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFD 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01467343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BioElectronic sensing for insulin demand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilherme Bontorin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Bornat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Jung. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioHybrid systems: Nerves, interfaces and machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-VCH, pp.191-201, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guanine Nucleotide-Binding Proteins and Their Coupling to Opioid Receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Opioids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.121-140, 1991, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-46660-1_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensor for measuring the activity of beta-pancreatic cells or of islets of Langerhans, manufacture and use of such a sensor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jochen Lang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Catargi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Renaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Raoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N° de brevet: WO/2011/086105. 2011, pp.33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00667612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pancreatic α-cells are required for nutrient homeostasis by regulating dynamic β-cell networks in islets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lallouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Jaffredo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pirog</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Leal-Fischer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gaitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId275"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -6237,51 +105,656 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="DDB01E5B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="C5C09A27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="66361442"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="88B77BCD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -6318,51 +791,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444773v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Salinas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Nakar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet Kassahun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Lang" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP03956H" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221962v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Chapeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.70028" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221948v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lallouet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ol&#231;omendy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaitan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Monti&#232;ge" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monchablon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4LC00967C" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602778v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Puginier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Leal-Fischer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Arnaldo Scotti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2024.1402880" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390913v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lablanche" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jaffredo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pirog" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Benhamou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11512" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720072v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abarkan" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnie Mafilaza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pathak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles N'Kaoua" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202105211" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648913v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ol&#231;omendy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Franco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2022.795225" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342685v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lebreton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2021.3109096" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396515v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Bertin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db20-0214" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396518v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Leal Fischer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021111" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869565v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Villarroel Marquez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Idir" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shekhar Shinde" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo A. Frontana-Uribe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202000693" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396525v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000134" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348321v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Fezoua-Boubegtiten" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hastoy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Scotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Milochau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.12.011" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418027v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2019.09.011" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535818v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Saeed" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnefond" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Tamanini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman Mirza" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaida Manzoor" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-017-0023-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499524v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bornat" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18072099" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284672v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaffredo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396585v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hastoy" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier A Scotti" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03013-3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578781v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Koutsouras" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen Pedraza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.07.028" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396598v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Semplici" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeles Mondragon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Macintyre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Madeyski-Bengston" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Persson-Kry" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-016-4025-1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396589v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Solomou" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Philippe" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chabosseau" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Migrenne-Li" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12986-016-0104-z" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347681v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Karaji&#263;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5LC00616C" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545427v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Picard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Kostrzewa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-014-3445-z" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347716v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Bosco" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berney" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3558-z" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993190v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Renaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Catargi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742984v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Quotb" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316545v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laguerre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.09-152033" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478645v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Grise" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Taib" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Monterrat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20061182" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099043v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814499v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Poulletier de Gannes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520933v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Bertin" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521011v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518447v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181302v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bertin" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396567v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOCAS.2017.8325154" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520987v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(17)30122-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336773v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kristan" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Matas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Leonardis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felsberg" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Cehovin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW.2015.79" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980774v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Vinh Nguyen" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Caro" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Floderer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6609465" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742324v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520964v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518480v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Krentz" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Champon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Abaitua" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520956v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520945v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467343v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwin Mangalore" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Languet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667643v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bontorin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667612v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpentier" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jochen-lang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6847-5641" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/085209600" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/199953268" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-1215-2010" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Studienstiftung" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orcid.org/0000-0001-6847-5641" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444773v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Salinas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Nakar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Getnet Kassahun" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Lang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raoux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CP03956H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540560v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aef2219" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05540550v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Puginier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pirog" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Poulletier de Gannes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gaitan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Hurtier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s44328-025-00077-4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221948v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lallouet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Ol&#231;omendy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Killian Monti&#232;ge" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monchablon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4LC00967C" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545786v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Chapeau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.70028" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602778v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Leal-Fischer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier-Arnaldo Scotti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2024.1402880" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390913v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lablanche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Jaffredo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Benhamou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ti.2023.11512" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720072v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Abarkan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnie Mafilaza" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaurav Pathak" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles N'Kaoua" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202105211" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648913v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Ol&#231;omendy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Cassany" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Franco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2022.795225" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03342685v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lebreton" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2021.3109096" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396518v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Leal Fischer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021111" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396515v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Bertin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db20-0214" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02869565v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariana Villarroel Marquez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Idir" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shekhar Shinde" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo A. Frontana-Uribe" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/celc.202000693" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396525v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Brochon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/marc.202000134" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02348321v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahia Fezoua-Boubegtiten" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Hastoy" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Scotti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Milochau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katell Bathany" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2018.12.011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396539v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418027v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perrier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2019.09.011" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535818v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadia Saeed" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnefond" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filippo Tamanini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usman Mirza" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaida Manzoor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-017-0023-6" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284672v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jaffredo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499524v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bornat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s18072099" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396585v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Hastoy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier A Scotti" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Rodas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03013-3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396581v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clark" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Rorsman" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2017.10.005" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQVK2DRN-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396574v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios A Koutsouras" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen Pedraza" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.07.028" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R1BZ63JG-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578781v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Koutsouras" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396589v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Solomou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Philippe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chabosseau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Migrenne-Li" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12986-016-0104-z" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396598v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Semplici" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeles Mondragon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Macintyre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Madeyski-Bengston" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anette Persson-Kry" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-016-4025-1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01545427v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vacher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Picard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elzbieta Kostrzewa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-014-3445-z" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347681v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandar Karaji&#263;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5LC00616C" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396599v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isma Belouah" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico Bosco" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berney" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3558-z" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347716v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00993190v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Renaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Catargi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742984v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Quotb" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05316545v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laguerre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.09-152033" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00478645v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Grise" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nada Taib" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Monterrat" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BJ20061182" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545824v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui Zhang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Kelley" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Chamberlain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Burgoyne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claes Wollheim" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0014-5793(98)01233-2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SHZR8RFW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545941v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M&#246;hlig" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Wolter" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mayer" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lang" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Osterhoff" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/endo.138.6.5168" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545966v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Kiraly-Borri" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Morgan" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulrich Weller" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3140199" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545925v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romano Regazzi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Ravazzola" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariella Iezzi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Zahraoui" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.109.9.2265" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545830v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nishimoto" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Okamoto" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Regazzi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Kiraly" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1460-2075.1995.tb00033.x" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545960v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Sadoul" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Lang" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Montecucco" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U Weller" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Regazzi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.128.6.1019" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545797v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Wollheim" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0962-8924(94)90236-4" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5C7P6MCL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545816v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Boulay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guodong Li" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Wollheim" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/j.1460-2075.1993.tb05928.x" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549836v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schulz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0306-4522(89)90097-3" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-12SNCD9W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549845v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Toselli" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Costa" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF00370874" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/1BB-KC933K3R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542037v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lartigue" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Virgilio" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Sawatani" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Chapeau" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542020v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pirog" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Gaitan" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lallouet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Olcomendy" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-025-06497-1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542010v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Monchablon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-024-06226-0" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099043v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814499v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520933v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Bertin" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518447v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02521011v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181302v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bertin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520987v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1262-3636(17)30122-2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04396567v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIOCAS.2017.8325154" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336773v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matej Kristan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Matas" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ale&#353; Leonardis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Felsberg" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luka Cehovin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCVW.2015.79" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00980774v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quang Vinh Nguyen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Caro" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Floderer" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2013.6609465" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00742324v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520964v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518480v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Krentz" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoite Champon" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Abaitua" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520956v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520945v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01467343v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashwin Mangalore" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Languet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667643v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Bontorin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545933v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-46660-1_7" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667612v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charpentier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538920v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>