--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1185,2204 +1185,2204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">It’s been four years already!!!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (English Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (4), pp.3-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/2051570714546074⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Investigation of the Use of Scent in a Medical Service Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Naja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Zaichkowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dykstra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marketing Development and Competitiveness</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (1), pp.21-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">hal-02008053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La perception du rock, une dimension essentielle de la satisfaction chez les spectateurs des festivals rock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 75, pp.95-115. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.075.95.115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01885778v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Quatre ans deja !!!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (4), pp.3-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046958v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (1), pp.3-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053780v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Use of Ambient Scent to Improve Children’s Hospital Experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Naja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Judith Zaichkowsky</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8 (1), pp.21-41</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marketing Trends</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (8-9), pp.77-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02007917v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Remerciement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (4), pp.3-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Etats d’âme d’un nouveau rédacteur en chef</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 26 (1), pp.3-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rôle des interactions au sein de la famille dans la construction du répertoire alimentaire chez l'enfant. Une approche mésosystémique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n° 37, pp 195-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.037.0195⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00826210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An ethnography of the transfer of food learning within the family</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Young Consumers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 11 (1), pp. 67-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/17473611011026028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00565490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publicité et obésité enfantine. L'impact des annonces publicitaires télévisées sur les choix alimentaires des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Vérité-Masserot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, pp.97-119</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publicité et obésité enfantine: l'impact des annonces publicitaires télévisées sur les choix alimentaires des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Masserot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, n° 37, pp 97-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.037.0097⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00825682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Quelques réflexions sur l’ambiguïté des relations entre marketing et générations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25 (3), pp.1-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelques réflexions sur l'ambiguïté des relations entre marketing et générations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, vol. 25 (n° 3), p. 3-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00739507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marketing, alimentation et obésité infantile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 37, pp.92-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mav.037.0092⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00739503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Empirical Investigation of the Product's Package as an Antecedent of Brand Personality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Pantin-Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Decrop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Innovative Marketing </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1 (1), pp.69-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marketing, enfants et obésité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enfances &amp; Psy </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, n°27, pp. 24-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ep.027.0024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568887v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'influence de la couleur sur la perception des traits de personnalité de la marque</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Pantin-Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, n° 196, pp. 19-32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00567761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La consommation au centre de l'univers des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vues d'enfance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, n°31, pp.18-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568883v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">BIBLIOGRAPHIE: Les grands auteurs en marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Applications en Marketing (French Edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 16 (2), pp.117-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/076737010101600208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02019010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le marketing générationnel - Un entretien avec Joël Yves Le Bigot, Président de l’Institut de l’Enfant et de l’Institut du Senior Marketing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Décisions Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 75, pp.95-115. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7193/DM.075.95.115⟩</w:t>
+              <w:t xml:space="preserve">, 1999, 18, pp.11-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.018.11.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 29 (4), pp.3-7</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02925764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le marketing générationnel, un entretien avec J.Y. Le Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, n° 18, pp.11-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le marketing transgénérationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 18, pp.7-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.018.07.09⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 1 (8-9), pp.77-84</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02925763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editorial : Le marketing transgénérationnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, n° 18, pp.7-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02053746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of children's affective reactions elicited by commercials on attitudes toward the advertisement and the brand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Derbaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Research in Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 14 (3), pp.207-229. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0167-8116(97)00003-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 26 (1), pp.3-5</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mobiles du consommateur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 66, pp.18-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...77 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/17473611011026028⟩</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02072391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le placement de produit dans les films : Une communication originale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Décisions Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 8, pp.65-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7193/DM.008.65.74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...1348 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7193/DM.008.65.74⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-02926486v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02072391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le placement de produit dans les films : une communication originale</w:t>
               </w:r>
@@ -6093,50 +6093,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02149796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ça marche pas la prévention, surtout sur l’alcool : Comprendre la contestation des campagnes de prévention contre l’abus d’alcool chez les jeunes adultes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Cuffolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème Journée Internationale du Marketing Santé (JIMS 4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Lille, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Clarification du concept d’identité digitale et proposition d’une échelle de mesure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Sohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6145,157 +6227,157 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32ème Congrès International de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Ça marche pas la prévention, surtout sur l’alcool : Comprendre la contestation des campagnes de prévention contre l’abus d’alcool chez les jeunes adultes</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le rite du Binge-Drinking chez les jeunes adultes : De la pratique à la représentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Cuffolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Journée Internationale du Marketing Santé (JIMS 4)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">32ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposal of a Digital Identity Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Sohier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
@@ -6309,2785 +6391,2703 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th World Marketing Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02022296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...47 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lyon, France</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Influence of Sport Practice in Federal French Sports Clubs on the Sensitivity of Children to Values and Healthy Lifestyle: a Qualitative Exploratory Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Khaled Ahmad Ibrahim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th World Marketing Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Paris, France</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La co-création de l'expérience client: antécédents et conséquences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatiha Boukouyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouredine Belhsen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International de la Gouvernance d'Entreprise et Performance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Nationale de Commerce et de Gestion, Nov 2016, Tanger, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...57 lines deleted...]
-              <w:t xml:space="preserve">, Ecole Nationale de Commerce et de Gestion, Nov 2016, Tanger, Maroc</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149705v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barriers Against the Adoption of a Toy Packaging: Age and Gender as Characteristics of Targeting Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Mzoughi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">21st International Conference on Corporate and Marketing Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Barriers Against the Adoption of a Toy Packaging: Age and Gender as Characteristics of Targeting Children</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Clarification de l’identité digitale. Apports sur les comportements des individus dans les environnements numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème Journée de Recherche sur le Marketing Digital</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une analyse exploratoire des ludo-packagings. Vers une évaluation du ressenti des enfants face à l'innovation packaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Corporate and Marketing Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">6th International Research Meeting in Business and Management (IRMBAM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, NIce, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Paris, France</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Representation of Shopping in Children’s Books</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Badot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Damay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Conference on Kids Retailing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Une analyse exploratoire des ludo-packagings. Vers une évaluation du ressenti des enfants face à l'innovation packaging</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’expérience de la téléréalité vécue par les enfants : les motivations et les freins à l’égard de la “Star Academy”</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem El Ghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouther Ben Rached</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th International Business Information Management Conference (IBIMA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Amsterdam, Pays-Bas</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02022328v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le processus d’appropriation de l’expérience télévisuelle des enfants, cas de l’émission de la « Star Academy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem El Ghali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouther Ben Rached</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Innovation in business, Economics and Marketing Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Monastir, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047467v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Croyances en termes d’alimentation saine : proposition d’une première version d’une échelle de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Hajri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Zine-Danguir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th Edition of the International Marketing Trends Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Exploratory Empirical Analysis of the New Packaging Targeting Children? Towards a Characterization of the Toy-Packaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manel Mzoughi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Research Meeting in Business and Management (IRMBAM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, NIce, France</w:t>
+              <w:t xml:space="preserve">4th Interreg Conference. Global Culture and Creativity: From Design to Innovation and Enterprise?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Winchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...112 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Budapest, Hungary</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Croyances des enfants en termes d’alimentation saine : proposition d’une échelle de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Hajri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Zine-Danguir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’expérience de la téléréalité vécue par les enfants : les motivations et les freins à l’égard de la “Star Academy”</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047469v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beliefs of children in terms of healthy eating: proposal of a first version of a measurement scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Hajri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Zine-Danguir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th Edition of the International Marketing Trends Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047474v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La métaphore théâtrale au sein du point de vente : mettre en scène l’histoire racontée pour créer du lien avec la cible visée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Hoëllard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigating the use of scent in a medical service environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maya Naja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Zaichkowsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">42th AMS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Monterey, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02047471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of ambient scent to improve children's hospital experience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10th International Marketing Trends Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2011, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00656964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Croyance des enfants en termes &amp;quot;d'alimentation saine&amp;quot;: une étude exploratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hajri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Zine-Danguir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes Journées Internationales de Réflexion et Recherche en Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Rabat, Maroc</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00738924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contexte de programmation télévisuelle et efficacité des annonces destinées aux enfants : une revue de l’état de l’art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neji Bouslama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès de l’Association Tunisienne du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Hammamet, Tunisia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publicité et obésité infantile : l’impact des annonces publicitaires télévisées sur les choix alimentaires des enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Masserot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intragenerational influences in food consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Children and Teen Consumption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Norköpping, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02069360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Cross-Cultural Analysis of the Determinants of Children’s Food Preference and Demand Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catharine Curran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">American Academy of Advertising European Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048907v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Star Academy comme objet de regroupement pour les enfants tunisiens : la naissance de la communauté « Star Academy »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem El Ghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Amsterdam, Pays-Bas</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouther Saied Ben Rached</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8ème Congrès de l’Association Tunisienne du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le processus d’appropriation de l’expérience télévisuelle des enfants, cas de l’émission de la « Star Academy</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wealth and Variety of Food Practices in Immigrant Populations in France: A Tunisian Case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8th Annual International Conference on Marketing ATINER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Athenes, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intergenerational influences in food consumption: the role of siblings and parents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Children and Teen Consumption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Linköping, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048905v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Star Academy : une expérience de consommation multidimensionnelle pour les enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriem El Ghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...33 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Monastir, Tunisie</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaouther Saied Ben Rached</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème Congrès International de Marketing des Tendances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Venise, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2014, Venise, Italie</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02048913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tendance à la singularité du consommateur : proposition d’une échelle de mesure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intissar Bouaziz-Chaara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Winchester, United Kingdom</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02049072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Pour votre santé, mangez au moins cinq fruits et légumes par jour. www.mangerbouger.fr ». Les bandeaux sanitaires ont-ils modifié les comportements alimentaires? Étude comparative mères/enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norovola Rajohenesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14èmes journées de Recherche en Marketing de Bourgogne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02075465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effets conjoints de la musique et de l’odeur d’ambiance sur les réactions conatives des client</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norchène Bendahmane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème Congrès International de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Val de Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...82 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02049074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contexte de programmation télévisuelle et efficacité des annonces destinées aux enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatma Besbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neji Bouslama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6ème International Management Research Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2007, Tunis, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, La Rochelle, France</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La « famille-consommateur » et l’apprentissage du goût : une approche par la méthode des cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kafia Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Congrès de l’Association Tunisienne du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Hammamet, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...383 lines deleted...]
-                <w:t xml:space="preserve">Intragenerational influences in food consumption</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02050588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intragenerational influences in food consumption: The role of siblings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kafia Ayadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...66 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...992 lines deleted...]
-            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11189,347 +11189,347 @@
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Isabelle Muratore</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joël Brée. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kids Marketing - 3ème dition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions EMS GEODIF, 2021, Kids Marketing 3ème édition, 978-2376874829</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03372611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une génération immergée dans le numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Norchene Ben Dahmane Mouelhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">I. Muratore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kids Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03583634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...65 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Life Stories and Marketing: Application on Child Socialization of Socially Responsible Consumption: An Abstract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nina Krey; Patricia Rossi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Boundary Blurred: A Seamless Customer Experience in Virtual and Real Spaces. AMSAC 2018. Developments in Marketing Science: Proceedings of the Academy of Marketing Science.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.355-356, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-99181-8_112⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...58 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02046954v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La génération Z et les marques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Bree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wided Batat. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comprendre et séduire la génération Z. Comportements de consommation et relations des post-millenials avec les marques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.103-120, 2017, Collection : Gestion, ISBN-13: 978-2340020870</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02046561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
@@ -11545,51 +11545,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghada Khaled Ahmad Ibrahim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Bree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Naja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Patricia Rossi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marketing at the Confluence between Entertainment and Analytics. Proceedings of the 2016 Academy of Marketing Science (AMS) World Marketing Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer, pp.1365-1369, 2017, </w:t>
@@ -12718,51 +12718,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="82456CC9"/>
+    <w:nsid w:val="040BA0FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12949,51 +12949,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joel-bree" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5266-6790" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032183461" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3755-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321633v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Benghozi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Br&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Muller-Lagarde" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Noguera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.041.0167" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gollety" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guichard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Jellouli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03233066v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cuffolo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00503" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370120971536" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116209v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570720976079" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022229v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650746v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mzoughi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Cherif" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0965254X.2017.1299786" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022246v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sohier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01288020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Badot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Filser" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022208v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norch&#232;ne Bendahmane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.275.0111" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008053v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Naja" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Zaichkowsky" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dykstra" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046957v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714546074" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885778v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sohier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.075.95.115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053780v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02007917v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053367v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565490v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17473611011026028" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-GL643VQN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826210v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0195" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296436v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire V&#233;rit&#233;-Masserot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825682v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Masserot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0097" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053710v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739507v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739503v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0092" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048397v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pantin-Sohier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568887v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.027.0024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567761v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737010101600208" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.018.11.14" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053756v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925763v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.018.07.09" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053746v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048433v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derbaix" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8116(97)00003-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90W3BVQD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926486v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.008.65.74" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072391v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072381v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.08.0065" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072407v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072414v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jack Cegarra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072421v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084538v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737019000500103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02950180v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720264v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gallen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186062v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jellouli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04190439v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charles Soulie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684434v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03437469v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Mouchantaf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116241v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Boukouyen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02802547v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Belhsen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02945456v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03049813v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03049819v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468245v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296305v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022262v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02568-7_140" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132940v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022269v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022267v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022277v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022282v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149822v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149796v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022307v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022300v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022296v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022305v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022287v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Khaled Ahmad Ibrahim" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149705v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022310v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022314v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022322v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022328v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Ghali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Ben Rached" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047467v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047470v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hajri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Zine-Danguir" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047468v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047469v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047474v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ho&#235;llard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656964v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738924v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hajri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zine-Danguir" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048485v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Besbes" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neji Bouslama" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02069360v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048908v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048907v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharine Curran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048911v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Saied Ben Rached" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048913v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048905v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048503v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02049072v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intissar Bouaziz-Chaara" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075465v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norovola Rajohenesa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02049074v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050604v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050588v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084650v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050622v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050633v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02052233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02052235v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076008v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076015v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plasschaert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076009v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076019v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Masson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076021v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084578v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084601v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186088v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008144v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585085v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580043v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582529v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580041v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076029v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084663v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076024v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186022v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24687-6_27" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706858v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bourgeon - Renault" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633137v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89883-0_149" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03372607v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583634v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Muratore" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03372611v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muratore" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046954v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99181-8_112" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046561v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046574v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47331-4_267" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046955v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046956v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008283v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008231v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008261v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008206v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008185v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580037v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582534v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curran Kelly" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580010v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053724v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584327v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04698418v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joel-bree" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5266-6790" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/032183461" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3755-2018" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321633v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Benghozi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Br&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile God&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Muller-Lagarde" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Noguera" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/proj.041.0167" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709362v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gollety" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guichard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khawla Jellouli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03233066v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Cuffolo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2021.00503" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116659v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0767370120971536" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116209v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570720976079" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022229v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01650746v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Mzoughi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Cherif" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0965254X.2017.1299786" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022246v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sohier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01288020v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Badot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Filser" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022208v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norch&#232;ne Bendahmane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.275.0111" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046957v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2051570714546074" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008053v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Naja" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Zaichkowsky" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dykstra" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01885778v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Sohier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.075.95.115" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053780v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02007917v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053367v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053687v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826210v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0195" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565490v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/17473611011026028" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-GL643VQN-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296436v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire V&#233;rit&#233;-Masserot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00825682v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Masserot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0097" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053710v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739507v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00739503v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.037.0092" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048397v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Pantin-Sohier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Decrop" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568887v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ep.027.0024" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567761v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568883v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019010v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737010101600208" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.018.11.14" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053756v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02925763v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.018.07.09" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053746v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048433v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Derbaix" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8116(97)00003-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90W3BVQD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072391v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02926486v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.008.65.74" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072381v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dm.08.0065" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072407v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072401v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072414v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jack Cegarra" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02072421v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084538v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/076737019000500103" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02950180v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720264v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Gallen" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186062v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Jellouli" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04190439v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Charles Soulie" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684434v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03437469v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Mouchantaf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116241v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Boukouyen" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02802547v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouredine Belhsen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02945456v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03049813v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03049819v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02468245v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03116235v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296305v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022262v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02568-7_140" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02132940v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022269v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022267v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hay" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022277v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022282v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149822v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149796v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022300v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022307v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022305v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022296v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022287v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Khaled Ahmad Ibrahim" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02149705v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022310v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022314v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022316v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022322v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lemoine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02022328v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem El Ghali" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Ben Rached" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047467v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047470v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Hajri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Zine-Danguir" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047468v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047469v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047474v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047473v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ho&#235;llard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02047471v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00656964v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738924v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hajri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Zine-Danguir" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048485v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Besbes" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neji Bouslama" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048908v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02069360v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048907v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharine Curran" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048911v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaouther Saied Ben Rached" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048503v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048905v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02048913v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02049072v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Intissar Bouaziz-Chaara" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02075465v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norovola Rajohenesa" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02049074v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050604v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050588v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084650v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050622v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02050633v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02052233v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02052235v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076008v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076015v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plasschaert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076009v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076019v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Masson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076021v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084578v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084601v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186088v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046321v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008144v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585085v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580043v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582529v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580041v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076029v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02084663v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02076024v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186022v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24687-6_27" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706858v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bourgeon - Renault" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633137v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-89883-0_149" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03372607v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03372611v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muratore" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583634v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Muratore" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046954v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-99181-8_112" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046561v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046574v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-47331-4_267" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046955v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02046956v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008283v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008231v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008261v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008206v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02008185v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580037v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00582534v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Curran Kelly" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580010v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-ems.fr/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02053724v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00584327v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04698418v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>