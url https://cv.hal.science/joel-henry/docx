--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -126,7736 +126,10288 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Post-reproductive neurodegeneration and “programmed” death of cuttlefish (Sepia officinalis) progenitors: consequences of an Alzheimer’s disease-type tauopathy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Pred'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Villain-Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie- Pierre Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Elie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIAC (Cephalopod international Advisory Council)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, Okinawa, Japan, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05549414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improvement of eurofer 97 high-temperature mechanical properties using non-standard heat treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Doriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Caes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Toffolon-Masclet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICFRM-17 17th International Conference on Fusion Reactor Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Aix-La-Chapelle, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02509279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antimicrobial aza-β3-peptides : Structure-activity relationship?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICAR 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Valladolid, Spain. pp.7-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural Features of Antimicrobial Aza-β3-peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31st European Peptide Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Copenhague, Denmark. pp.240-241</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancement of Antimicrobial Activity of a Natural Antimicrobial Neuropeptide of Sepia officinalis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th EPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Helsinki, Finland. pp.318-340</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00369693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insight into the antimicrobial mechanism of a de novo auto-assembling peptide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th European Biophysics Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2009, Genoa, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00457174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude du mécanisme d'action d'un peptide antimicrobien de novo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Vié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion jointes des groupes thématique "Magnétisme Nucléaire et Biologie" et "Biologie Structurale des Protéines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Dourdan, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00457800v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auto-assembling antimicrobial cyclic pseudopeptides including aza-β3-amino acids RBPGO4.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liza Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 èmes Rencontres de Biologie-Physique du Grand Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Ile de Berder, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00457152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peptides antimicrobiens : caractérisation et amélioration de l'activité RBPGO4.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murielle Collen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe Sarkis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 èmes Rencontres de Biologie-Physique du Grand Ouest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Ile de Berder, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00457791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auto-assembling Antimicrobial Cyclic Pseudopeptides including Aza-β3-Amino Acids.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liza Mouret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th European Peptide Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2008, Helsinki, France. pp.60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00457125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancement of Antimicrobial Activity of a Natural Antimicrobial Neuropeptide of Sepia officinalis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MIS 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auto-assemblages pseudopeptidiques à activité antimicrobienne.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Arlot-Bonnemains</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ères Journées aux interfaces Chimie- Biologie - Biophysique (ChimBIOPhys), Rennes, 11 et 12 décembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00207933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auto-assemblages Pseudopeptidiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Bondon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15ème réunion GFPP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Dinard, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00361166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Post-reproductive Neurodegeneration in Cuttlefish: Unveilling an Alzheimer’s-like Tauopathy?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Pred'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Villain-Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Meeting of the Club of Invertebrate Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The cuttlefish $Sepia\ officinalis$: a relevant invertebrate model for the study of Alzheimer's disease?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Pred'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Villain-Naud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FAAST 2025 - France Alzheimer Actualités Scientifiques et Thérapeutiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548904v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Transcriptomic response of intestine to low fish meal diet and dietary marine hydrolysates in european seabass (dicentrarchus labrax)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lefevre-Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Castel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference of the European Aquaculture Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dubrovnik, Croatia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02340456v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lésion des plexus choroïdes dans un modèle murin d'hémorragie sous-arachnoïdienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lefevre-Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la Société Française d’Anesthésie et de Réanimation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choroid plexus lesion in a mouse model of subarachnoid hemorrhage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lefevre-Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurosciences in Intensive Care International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choroid plexus lesion in a mouse model of subarachnoid hemorrhage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lefevre-Scelles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamad El-Amki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1ère Journée Normande de Recherche Biomédicale IRIB-ICORE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02345842v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Searching for a 5-HT receptor in the brain of a cephalopod mollusc, Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Corvaisier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Dauphin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16ème Rencontre du Club de Neurobiologie des Invertébrés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Gif-sur-Yvette, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (61)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PepTraq: a toolbox for in silico data mining and fast sequence filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amino Acids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 55 (5), pp.709-712. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00726-023-03251-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04189550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential analysis of the haemolymph proteome of Carcinus maenas parasitized by Sacculina carcini (Cirripeda, Rhizocephala) reveals potential mechanisms of parasite control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 141, pp.109064. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fsi.2023.109064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04880745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and functional characterization of orcokinin B-like neuropeptides in the cuttlefish ($Sepia\ officinalis$)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Endress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 20 (8), pp.505. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/md20080505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03777035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Immuno-Enzymatic and Proteomic Approaches for Sexing the African Bonytongue (Heterotis niloticus Cuvier, 1829)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N’zi Daniel Koua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fishes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 7 (3), pp.106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/fishes7030106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03798578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a New Set of Polypeptidic Sex Pheromones from Cuttlefish (Sepia officinalis)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Endress</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 24 (3), pp.574-587. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10126-022-10126-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03959186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-Depth In Silico Search for Cuttlefish (Sepia officinalis) Antimicrobial Peptides Following Bacterial Challenge of Haemocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Houyvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine drugs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 18 (9), pp.439. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/md18090439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and structural characterization of the factors involved in vitellogenesis and its regulation in the African Osteoglossiforme of aquacultural interest Heterotis niloticus (Cuvier, 1829)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N'Zi Daniel Koua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesús Núñez-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Orjuela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Dubos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.113532. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ygcen.2020.113532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02867550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A standardized, innovative method to characterize the structure of aquatic protein hydrolysates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heliyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 6 (6), pp.e04170. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.heliyon.2020.e04170⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02877575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omic Analysis of the Sepia officinalis White Body: New Insights into Multifunctionality and Haematopoiesis Regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 19 (8), pp.3072-3087. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jproteome.0c00100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02965333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Behavior of Antimicrobial Peptide K4 in a Marine Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Houyvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Pontin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Probiotics and Antimicrobial Proteins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 11, pp.676-686. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12602-018-9454-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of antimicrobial peptides from a cuttlefish database</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Dietary aquaculture by-product hydrolysates: impact on the transcriptomic response of the intestinal mucosa of European seabass (Dicentrarchus labrax) fed low fish meal diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joël Henry</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amino Acids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00726-018-2633-4⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19, pp.396. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-018-4780-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991164v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crustacean cardioactive peptides Expression, localization, structure, and a possible involvement in regulation of egg-laying in the cuttlefish Sepia officinalis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Design of antimicrobial peptides from a cuttlefish database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Houyvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Louis Benoist</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2017.12.009⟩</w:t>
+              <w:t xml:space="preserve">Amino Acids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (11), pp.1573-1582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00726-018-2633-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01744294v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shrimp by-product hydrolysate induces intestinal myotropic activity in European seabass (Dicentrarchus labrax)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crustacean cardioactive peptides Expression, localization, structure, and a possible involvement in regulation of egg-laying in the cuttlefish Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Endress</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Leduc</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">V. Fournier</w:t>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.08.009⟩</w:t>
+              <w:t xml:space="preserve">General and Comparative Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 260, pp.67-79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ygcen.2017.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02143390v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01744294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary aquaculture by-product hydrolysates: impact on the transcriptomic response of the intestinal mucosa of European seabass (Dicentrarchus labrax) fed low fish meal diets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguille</w:t>
+                <w:t xml:space="preserve">Shrimp by-product hydrolysate induces intestinal myotropic activity in European seabass (Dicentrarchus labrax)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Leduc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hervy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Rangama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Delépée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-018-4780-0⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 497, pp.380-388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aquaculture.2018.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01973434v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02143390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuropeptidome of the Cephalopod Sepia officinalis : Identification, Tissue Mapping, and Expression Pattern of Neuropeptides and Neurohormones during Egg Laying</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan A Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 15 (1), pp.48-67. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jproteome.5b00463⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Egg Case Proteins Can Protect Cuttlefish Offspring?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Cornet</w:t>
+                <w:t xml:space="preserve">Molecular characterization of peptide fractions of a Tilapia (Oreochromis niloticus) by-product hydrolysate and in vitro evaluation of antibacterial activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0132836⟩</w:t>
+              <w:t xml:space="preserve">Process Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 50 (3), pp.487-492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procbio.2014.12.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991188v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular characterization of peptide fractions of a Tilapia (Oreochromis niloticus) by-product hydrolysate and in vitro evaluation of antibacterial activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+                <w:t xml:space="preserve">How Egg Case Proteins Can Protect Cuttlefish Offspring?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Goux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Process Biochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procbio.2014.12.022⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (7), pp.e0132836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0132836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01991227v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Toll/NF-κB pathway in cuttlefish symbiotic accessory nidamental gland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developmental and Comparative Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 53 (1), pp.42-46. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.dci.2015.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropeptides encoded by the genomes of the Akoya pearl oyster Pinctata fucata and Pacific oyster Crassostrea gigas: a bioinformatic and peptidomic survey</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Min Zhao</w:t>
+                <w:t xml:space="preserve">Cellular Effects of Bacterial N-3-Oxo-Dodecanoyl-L-Homoserine Lactone on the Sponge Suberites domuncula (Olivi, 1792): Insights into an Intimate Inter-Kingdom Dialogue.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Gardères</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrès Ritter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-840⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (5), pp.e97662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097662⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968442v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01023189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dual role of the cuttlefish salivary proteome in defense and predation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valérie Cornet</w:t>
+                <w:t xml:space="preserve">Transcriptomic and peptidomic analysis of protein hydrolysates from the white shrimp (L. vannamei)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">African Journal of Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 186, pp.30-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991240v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic and peptidomic analysis of protein hydrolysates from the white shrimp (L. vannamei)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Dual role of the cuttlefish salivary proteome in defense and predation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gildas Le Corguillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">African Journal of Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 108, pp.209-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2014.05.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991237v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partially phosphonated polyethylenimine-coated nanoparticles as convenient support for enzyme immobilization in bioprocessing</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
+                <w:t xml:space="preserve">Neuropeptides encoded by the genomes of the Akoya pearl oyster Pinctata fucata and Pacific oyster Crassostrea gigas: a bioinformatic and peptidomic survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Stewart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Favrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bronwyn Rotgans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianfang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Min Zhao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.snb.2013.09.096⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 15 (1), pp.840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-15-840⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01829130v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cellular Effects of Bacterial N-3-Oxo-Dodecanoyl-L-Homoserine Lactone on the Sponge Suberites domuncula (Olivi, 1792): Insights into an Intimate Inter-Kingdom Dialogue.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Partially phosphonated polyethylenimine-coated nanoparticles as convenient support for enzyme immobilization in bioprocessing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Retoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0097662⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 192, pp.269 - 274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.snb.2013.09.096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01023189v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01829130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptome and Peptidome Characterisation of the Main Neuropeptides and Peptidic Hormones of a Euphausiid: The Ice Krill, Euphausia crystallorophias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Toullec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael A. S. Thorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Cascella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (8), pp.e71609. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0071609⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01250917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antimicrobial peptides in oyster hemolymph: the bacterial connection.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Defer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bourgougnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Baudy-Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 34 (6), pp.1439-47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.fsi.2013.03.357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00857503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification and expression of two oxytocin/vasopressin-related peptides in the cuttlefish Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Cornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 46, pp.159-166. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.peptides.2013.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From a marine neuropeptide to antimicrobial pseudopeptides containing aza-β(3)-amino acids: structure and activity.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+                <w:t xml:space="preserve">A complex set of sex pheromones identified in the cuttlefish Sepia officinalis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Enault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Duval</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Michèle Baudy-Floc'H</w:t>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jm2011595⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (10), pp.e46531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0046531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00713241v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00870790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic expression of microfungal ripening starter Geotrichum candidum submitted to cold stress is strain-dependent: studies using 2d-dige technology and samespots software analysis.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maryline Houssin</w:t>
+                <w:t xml:space="preserve">A complex set of sex pheromones identified in the cuttlefish Sepia officinalis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Enault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryo Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (10), pp.e46531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0046531⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02297055v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A complex set of sex pheromones identified in the cuttlefish Sepia officinalis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+                <w:t xml:space="preserve">From a marine neuropeptide to antimicrobial pseudopeptides containing aza-β(3)-amino acids: structure and activity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Laurencin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Baudy-Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0046531⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (5), pp.2025-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jm2011595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00870790v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00713241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A complex set of sex pheromones identified in the cuttlefish Sepia officinalis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+                <w:t xml:space="preserve">Proteomic expression of microfungal ripening starter Geotrichum candidum submitted to cold stress is strain-dependent: studies using 2d-dige technology and samespots software analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghalia Missous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bouachanh Thammavongs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Dieuleveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryline Houssin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cryo Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (4), pp.289-98</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939196v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis, evaluation and metabolic studies of radiotracers containing a 4-(4-[18F]-fluorobenzyl)piperidin-1-yl moiety for the PET imaging of NR2B NMDA receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Labas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaëlle Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Nicole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Dhilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 46 (6), pp.2295-2309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejmech.2011.03.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supplemental Studies for Cardiovascular Risk Assessment in Safety Pharmacology: A Critical Overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Goineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Hanouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cardiovascular Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 11 (4), pp.285-307. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12012-011-9133-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and mechanism of action of a de novo antimicrobial detergent-like peptide.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Sarkis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liza Mouret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 1808 (1), pp.106-16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbamem.2010.08.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00586809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of a novel LFRFamide neuropeptide in the cephalopod Sepia officinalis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hubert Vaudry</w:t>
+                <w:t xml:space="preserve">Chemical delivery system of metaiodobenzylguanidine (MIBG) to the central nervous system.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Gourand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mercey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Méziane Ibazizène</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Tirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.peptides.2009.11.021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 53 (3), pp.1281-1287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jm901550z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01977171v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00992135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibrio aestuarianus zinc metalloprotease causes lethality in the Pacific oyster Crassostrea gigas and impairs the host cellular immune defenses</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of a novel LFRFamide neuropeptide in the cephalopod Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Huvet</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Leprince</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Vaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fsi.2010.07.007⟩</w:t>
+              <w:t xml:space="preserve">Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 31 (2), pp.207-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.peptides.2009.11.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00670371v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical delivery system of metaiodobenzylguanidine (MIBG) to the central nervous system.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Olivier Tirel</w:t>
+                <w:t xml:space="preserve">Vibrio aestuarianus zinc metalloprotease causes lethality in the Pacific oyster Crassostrea gigas and impairs the host cellular immune defenses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Labreuche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Huvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jm901550z⟩</w:t>
+              <w:t xml:space="preserve">Fish and Shellfish Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 29 (5), pp.753-758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fsi.2010.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00992135v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00670371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">KKKKPLFGLFFGLF: A cationic peptide designed to exert antibacterial activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Baudy-Floc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 30 (9), pp.1608-1612</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis and Biological Evaluation of N-Substituted Quinolinimides, as Potential Ligands for in Vivo Imaging Studies of δ-Opioid Receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bourdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Poisnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Dhilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Delamare</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 18 (2), pp.538-548. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/bc0602836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovarian jelly-peptides (OJPs), a new family of regulatory peptides identified in the cephalopod Sepia officinalis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ovarian and sperm regulatory peptides regulate ovulation in the oyster Crassostrea gigas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michele Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Pouvreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (5), pp.607-616. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/mrd.20472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00096859v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00326597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovarian jelly-peptides (OJPs), a new family of regulatory peptides identified in the cephalopod Sepia officinalis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ovarian jelly-peptides (OJPs), a new family of regulatory peptides identified in the cephalopod Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bernay</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Joël Henry</w:t>
+                <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 27 (6), pp.1259-68. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2006, 27, pp.1259</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00141324v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00096859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ovarian and sperm regulatory peptides regulate ovulation in the oyster Crassostrea gigas.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Ovarian jelly-peptides (OJPs), a new family of regulatory peptides identified in the cephalopod Sepia officinalis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/mrd.20472⟩</w:t>
+              <w:t xml:space="preserve">Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 27 (6), pp.1259-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.peptides.2005.11.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00326597v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00141324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of SepCRP analogues in the cuttlefish Sepia officinalis: a novel family of ovarian regulatory peptides</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Identification of SepCRP analogues in the cuttlefish Sepia officinalis: a novel family of ovarian regulatory peptides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Henry</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 338, pp.1037</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 338 (2), pp.1037-47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2005.10.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00096868v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00141322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yolk protein in the cephalopod, Sepia officinalis : a strategy for structural characterisation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Joël Henry</w:t>
+                <w:t xml:space="preserve">Identification of SepCRP analogues in the cuttlefish Sepia officinalis: a novel family of ovarian regulatory peptides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bernay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Invertebrate Reproduction and Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 338, pp.1037</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04968304v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00096868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of SepCRP analogues in the cuttlefish Sepia officinalis: a novel family of ovarian regulatory peptides.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Yolk protein in the cephalopod, Sepia officinalis : a strategy for structural characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Gaudron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Zanuttini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2005.10.034⟩</w:t>
+              <w:t xml:space="preserve">Invertebrate Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 48 (1-3), pp.129-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07924259.2005.9652179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00141322v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egg capsule secretion in invertebrates: a new ovarian regulatory peptide identified by mass spectrometry comparative screening in Sepia officinalis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 314 (1), pp.215-22</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00141331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egg capsule secretion in invertebrates: a new ovarian regulatory peptide identified by mass spectrometry comparative screening in Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoı̂t Bernay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 314 (1), pp.215-222. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bbrc.2003.12.085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and tissue mapping of APGWamide-related peptides in Sepia officinalis using LC-ESI-MS/MS.</w:t>
+                <w:t xml:space="preserve">Fertilization in Sepia officinalis: the first mollusk sperm-attracting peptide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Marvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peptides</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 296 (5), pp.1186-1193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0006-291X(02)02036-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991091v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04968291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fertilization in Sepia officinalis: the first mollusk sperm-attracting peptide.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Gagnon</w:t>
+                <w:t xml:space="preserve">Identification and tissue mapping of APGWamide-related peptides in Sepia officinalis using LC-ESI-MS/MS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
+                <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2002, 296 (5), pp.1186-93</w:t>
+              <w:t xml:space="preserve">Peptides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00173322v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fertilization in Sepia officinalis: the first mollusk sperm-attracting peptide</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
+                <w:t xml:space="preserve">Fertilization in Sepia officinalis: the first mollusk sperm-attracting peptide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Zatylny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Marvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 296 (5), pp.1186-1193. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2002, 296 (5), pp.1186-93</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04968291v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00173322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fertilization in Sepia officinalis: the first mollusk sperm-attracting peptide.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Marvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a novel Sepia officinalis neuropeptide using MALDI-TOF MS and post-source decay analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Marvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Vaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 22 (9), pp.1391-1396. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0196-9781(01)00480-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01973022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of a novel Sepia officinalis neuropeptide using MALDI-TOF MS and post-source decay analysis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Marvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Vaudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of 5-hydroxytryptamine synthesis in the follicles ofSepia officinalis and direct involvement in the control of egg-laying</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">ILME: A Waterborne Pheromonal Peptide Released by the Eggs of Sepia officinalis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J. Henry</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gagnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Boucaud-Camou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 55 (2), pp.182-188</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 275 (1), pp.217-222</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991111v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ILME: A Waterborne Pheromonal Peptide Released by the Eggs of Sepia officinalis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evidence of 5-hydroxytryptamine synthesis in the follicles ofSepia officinalis and direct involvement in the control of egg-laying</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Joël Henry</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Durantou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Boucaud-Camou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 275 (1), pp.217-222</w:t>
+              <w:t xml:space="preserve">Molecular Reproduction and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 55 (2), pp.182-188</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01991104v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01991111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The SepOvotropin: A New Ovarian Peptide Regulating Oocyte Transport in Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gagnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 276 (3), pp.1013-1018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPLC and electrospray ionization mass spectrometry as tools for the identification of APGWamide-related peptides in gastropod and bivalve mollusks: comparative activities on Mytilus muscles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Favrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptidergic control of egg-laying in the cephalopod Sepia officinalis: involvement of FMRFamide and FMRFamide-related peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 20 (9), pp.1061-1070. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0196-9781(99)00102-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptidergic control of egg-laying in the cephalopod Sepia officinalis: involvement of FMRFamide and FMRFamide-related peptides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Henry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Henry</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01991116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isolation and Identification of a Novel Ala-Pro-Gly-Trp-amide-Related Peptide Inhibiting the Motility of the Mature Oviduct in the Cuttlefish, Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Favrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Peptides</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1997, 18 (10), pp.1469-1474. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0196-9781(97)00241-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro stimulation by progesterone of the main nidamental glands biosyntheses in the mollusc cephalopod Sepia officinalis L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 108 (1), pp.25-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/0300-9629(94)90049-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental evidence of a dual endocrine control of biosynthesis in the main nidamental glands of Sepia officinalis L. by factors from the central nervous system and the ovary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Boucaud-Camou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative Biochemistry and Physiology Part A: Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 106 (4), pp.739-742. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/0300-9629(93)90390-P⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04968230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7865,147 +10417,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PepTraq: a toolbox for in silico data mining from genome and transcriptome databases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Zanuttini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Couronne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Ouali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] Université de Caen Normandie. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03661997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8015,2549 +10567,372 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Egg-Laying in the Cuttlefish Sepia officinalis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny-Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Resources of Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, InTech, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02142576v1</w:t>
-              </w:r>
-[...2175 lines deleted...]
-                <w:t xml:space="preserve">hal-00207933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pseudopeptides antimicrobiens, medicament et composition pharmaceutique les contenant.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Duval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Laurencin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 07 09054. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00355469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptides cycliques comprenant au moins un résidu aza-Β3-aminoacyle et leurs utilisations.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Baudy-Floc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Laurencin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Zatylny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Henry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 07/07108. 2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00355433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId278"/>
+      <w:footerReference w:type="default" r:id="rId285"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10625,51 +11000,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="589B5087"/>
+    <w:nsid w:val="F8695E3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10856,51 +11231,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joel-henry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0100-4866" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189550v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couronne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-023-03251-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880745v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.109064" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777035v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Endress" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080505" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798578v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;zi Daniel Koua" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pontin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fishes7030106" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959186v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-022-10126-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965337v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benoist" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Houyvet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090439" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867550v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Zi Daniel Koua" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s N&#250;&#241;ez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Orjuela" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113532" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877575v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fournier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2020.e04170" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965333v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00100" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991157v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Houyvet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leduc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cornet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pontin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benoist" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9454-3" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2633-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744294v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.12.009" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143390v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rangama" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Del&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fournier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.08.009" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973434v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robert" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4780-0" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191510v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cornet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan A Corre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00463" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991188v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duval" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132836" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991227v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.12.022" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18PLMHJ2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991195v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2015.06.016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968442v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stewart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Favrel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwyn Rotgans" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianfang Wang" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zhao" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-840" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991240v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.05.019" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991237v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829130v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Monteil" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bar" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Retoux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2013.09.096" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KFRD98XQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01023189v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gard&#232;res" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Ritter" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097662" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250917v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. S. Thorne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cascella" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071609" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857503v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Defer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2013.03.357" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991217v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2013.05.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M50WKC4M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00713241v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurencin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm2011595" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297055v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Missous" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouachanh Thammavongs" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dieuleveux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870790v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Enault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046531" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939196v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968367v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Gilbert" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nicole" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dhilly" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abbas" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2011.03.013" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968378v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Picard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goineau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillaume" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Hanouz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12012-011-9133-z" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586809v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Mouret" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2010.08.020" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC4C2FV2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977171v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Vaudry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2009.11.021" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N1K1GFQB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00670371v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Le Roux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.007" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K3HK4XD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992135v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tirel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm901550z" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991068v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc&#8217;h" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968342v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourdier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc0602836" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DHPLCJCF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096859v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bernay" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gagnon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141324v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gagnon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2005.11.025" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSZC38V7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326597v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pouvreau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20472" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096868v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968304v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaudron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zanuttini" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07924259.2005.9652179" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141322v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.10.034" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCQ6TX6M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141331v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968298v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#305;&#770;t Bernay" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2003.12.085" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V15XDG39-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991091v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173322v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marvin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968291v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-291X(02)02036-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3BC1SZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991088v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01973022v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(01)00480-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2WW5VKQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991098v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991111v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Durantou" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucaud-Camou" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991104v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Boucaud-Camou" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991100v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991107v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968089v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boucaud-Camou" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(99)00102-3" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPPTQT2X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991116v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968183v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(97)00241-6" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWW90GNQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968162v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9629(94)90049-3" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC24WDC8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968230v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9629(93)90390-P" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81SJC20M-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661997v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142576v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02340456v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefevre-Scelles" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345813v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roussel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clavier" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345862v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345842v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Amki" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02436439v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Corvaisier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauphin" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellanger" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509279v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doriot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caes" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Toffolon-Masclet" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873053v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872143v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369693v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duval" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457174v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457800v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457152v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457791v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Collen" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457125v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361280v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361166v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207933v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arlot-Bonnemains" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355469v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355433v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joel-henry" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0100-4866" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549414v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Pred'Homme" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Villain-Naud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie- Pierre Dubos" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Elie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509279v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Henry" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doriot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vincent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Caes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Toffolon-Masclet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873053v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Laurencin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny-Gaudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bondon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872143v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Henry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369693v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Duval" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Zatylny" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457174v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Laurencin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zatylny" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457800v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Sarkis" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vi&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457152v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Mouret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457791v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Collen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00457125v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361280v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207933v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Arlot-Bonnemains" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361166v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548920v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Dubos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Goux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548904v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02340456v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leduc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Corre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefevre-Scelles" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345813v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dubois" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Roussel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Clavier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Bernay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345862v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02345842v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad El-Amki" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02436439v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Corvaisier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dauphin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellanger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189550v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Zanuttini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Couronne" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Ouali" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Robert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-023-03251-y" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880745v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Herv&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2023.109064" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777035v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Endress" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Leprince" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lefranc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md20080505" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798578v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#8217;zi Daniel Koua" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pontin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fishes7030106" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03959186v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10126-022-10126-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965337v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Benoist" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Houyvet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md18090439" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867550v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N'Zi Daniel Koua" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s N&#250;&#241;ez-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Orjuela" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2020.113532" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877575v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fournier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2020.e04170" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965333v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Bernay" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.0c00100" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991157v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Houyvet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Leduc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cornet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pontin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Benoist" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12602-018-9454-3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01973434v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Robert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-018-4780-0" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991164v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguill&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00726-018-2633-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01744294v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ygcen.2017.12.009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02143390v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rangama" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Del&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fournier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquaculture.2018.08.009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191510v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Cornet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan A Corre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b00463" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991227v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2014.12.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18PLMHJ2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991188v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Duval" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0132836" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991195v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dci.2015.06.016" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01023189v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Gard&#232;res" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#232;s Ritter" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0097662" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991237v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991240v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.05.019" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968442v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Stewart" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Favrel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bronwyn Rotgans" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianfang Wang" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Min Zhao" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-15-840" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829130v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Monteil" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Retoux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2013.09.096" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KFRD98XQ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01250917v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toullec" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael A. S. Thorne" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cascella" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0071609" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00857503v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Defer" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Desriac" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bourgougnon" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2013.03.357" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991217v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2013.05.004" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M50WKC4M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870790v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Enault" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0046531" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939196v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00713241v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm2011595" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297055v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Missous" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouachanh Thammavongs" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dieuleveux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Houssin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968367v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Labas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;lle Gilbert" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Nicole" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Dhilly" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abbas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2011.03.013" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968378v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Picard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Goineau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Guillaume" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Hanouz" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12012-011-9133-z" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586809v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamem.2010.08.020" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC4C2FV2-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00992135v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Gourand" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mercey" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ziane Ibaziz&#232;ne" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tirel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm901550z" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977171v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Vaudry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2009.11.021" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N1K1GFQB-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00670371v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Labreuche" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Le Roux" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Huvet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fsi.2010.07.007" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K3HK4XD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991068v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Baudy-Floc&#8217;h" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968342v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourdier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Poisnel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delamare" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bc0602836" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DHPLCJCF-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326597v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Baudy-Floc'H" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pouvreau" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrd.20472" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096859v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bernay" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gagnon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141324v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gagnon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.peptides.2005.11.025" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TSZC38V7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141322v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.10.034" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BCQ6TX6M-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00096868v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968304v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gaudron" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zanuttini" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07924259.2005.9652179" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00141331v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968298v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#305;&#770;t Bernay" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2003.12.085" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V15XDG39-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968291v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Marvin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-291X(02)02036-3" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8R3BC1SZ-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991091v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173322v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991088v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01973022v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(01)00480-6" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H2WW5VKQ-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991098v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991104v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Boucaud-Camou" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991111v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Durantou" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Boucaud-Camou" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991100v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991107v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968089v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Boucaud-Camou" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(99)00102-3" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TPPTQT2X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01991116v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968183v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0196-9781(97)00241-6" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWW90GNQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968162v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9629(94)90049-3" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WC24WDC8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04968230v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9629(93)90390-P" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-81SJC20M-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661997v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Robert" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02142576v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355469v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355433v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>