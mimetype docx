--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -188,693 +188,693 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les assurances de personnes – L'assurance emprunteur</w:t>
+                <w:t xml:space="preserve">Les assurances de personnes – L'assurance dépendance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1273-1302, n° 5538 à 5628, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1252-1265, n° 5469 à 5506, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237714v1</w:t>
+                <w:t xml:space="preserve">hal-05237689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les assurances de personnes – La convention obsèques</w:t>
+                <w:t xml:space="preserve">Les assurances de personnes – L'assurance emprunteur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance Editions, pp.1265-1273, n° 5507 à 5537, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1273-1302, n° 5538 à 5628, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237704v1</w:t>
+                <w:t xml:space="preserve">hal-05237714v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les assurances de personnes – L'assurance contre les accidents corporels</w:t>
+                <w:t xml:space="preserve">Les assurances de personnes – La convention obsèques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1200-1224, n° 5247 à 5333, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance Editions, pp.1265-1273, n° 5507 à 5537, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237676v1</w:t>
+                <w:t xml:space="preserve">hal-05237704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les assurances de personnes – L'assurance vie individuelle</w:t>
+                <w:t xml:space="preserve">Les assurances de personnes – L'assurance contre les accidents corporels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1003-1107, n° 4432 à 4797, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1200-1224, n° 5247 à 5333, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237658v1</w:t>
+                <w:t xml:space="preserve">hal-05237676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La vie du contrat d'assurance – Le litige – La médiation</w:t>
+                <w:t xml:space="preserve">Les assurances de personnes – L'assurance vie individuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.674-683, n° 3053 à 3094, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1003-1107, n° 4432 à 4797, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237645v1</w:t>
+                <w:t xml:space="preserve">hal-05237658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les grands principes du droit des assurances</w:t>
+                <w:t xml:space="preserve">La vie du contrat d'assurance – Le litige – La médiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.181, n° 966, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.674-683, n° 3053 à 3094, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05236373v1</w:t>
+                <w:t xml:space="preserve">hal-05237645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les assurances de personnes – L'assurance dépendance</w:t>
+                <w:t xml:space="preserve">Les grands principes du droit des assurances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Grynbaum. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assurances : acteurs, contrat, risques des consommateurs, risques des entreprises. 9e éd., 2024-2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.1252-1265, n° 5469 à 5506, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
+              <w:t xml:space="preserve">, L'Argus de l'assurance éditions, pp.181, n° 966, 2024, Droit &amp; pratique, 978-2-35474-525-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237689v1</w:t>
+                <w:t xml:space="preserve">hal-05236373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Questions à propos des contrats d'assurance vie de type épargne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hélène Boucard; Eddy Lamazerolles. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trente ans de droit privé. Florilège à l'occasion des trente ans de l'Équipe de recherche en droit privé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires juridiques de Poitiers, pp.133-142, 2023, Collection de la Faculté de droit et des sciences sociales de Poitiers. Actes &amp; colloques, 978-2-38194-040-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/unip.bouca.2024.01.0133⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05238388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'éthique de l'assuré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Adriana Almasan; Flavius-Antoniu Baias; Bogdan Dumitrache; Ioana Varsta; Cristina Elisabeta Zamsa. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">In honorem Corneliu Bîrsan. Ius est ars boni et aequi. Tome I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hamagiu, pp.803-815, 2023, 978-606-27-2395-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05233873v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-05238388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'apparence en droit des assurances</w:t>
               </w:r>
@@ -1110,247 +1110,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les caractéristiques juridiques, le rôle et la place de l'assurance maladie privée dans le système de santé au Japon – mise en perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eri Kasagi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zeitschrift für Japanisches Recht | Journal of Japanese Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 28 (55), pp.205-208</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Propriété – Les eaux des moulins ne sont pas toujours tranquilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, n° 41, act. 1180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prévention des risques et assurance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joël Monnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin juridique des assurances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 88, pp.Dossier n° 6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05238359v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-05234017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédure civile – Une erreur pour une leçon</w:t>
               </w:r>
@@ -3292,51 +3292,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238440v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Monnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237714v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237704v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237676v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237658v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237645v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236373v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237689v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233873v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238388v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/unip.bouca.2024.01.0133" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233836v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238410v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puj.berry.2018.01.0176" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238292v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238314v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238359v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234017v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eri Kasagi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237795v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238320v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237783v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238369v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05523037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hourdeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236071v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236087v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236095v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236039v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236021v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236054v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236140v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jeantin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236120v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177691v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lachaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Faure-Abbad" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savarit-Bourgeois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Braconnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/melanges-en-l-honneur-du-professeur-christian-debouy-9791090426887.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-02394546v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gojosso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236345v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05239696v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238440v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Monnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237689v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237714v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237704v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237676v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237658v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237645v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236373v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238388v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/unip.bouca.2024.01.0133" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233873v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233836v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238410v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puj.berry.2018.01.0176" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238292v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05234017v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eri Kasagi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238314v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238359v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237795v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238320v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238335v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237783v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238369v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206947v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-05523037v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hourdeau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236071v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236087v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236095v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236039v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236021v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236054v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236080v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236140v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jeantin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236120v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05238427v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02177691v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Lachaume" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Aubin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Faure-Abbad" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savarit-Bourgeois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Braconnier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lgdj.fr/melanges-en-l-honneur-du-professeur-christian-debouy-9791090426887.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-02394546v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gojosso" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236345v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05239696v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>