--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -383,382 +383,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02873737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Révolution(s). L’archéologie face aux renouvellements des sociétés</w:t>
+                <w:t xml:space="preserve">Ambacia, la gauloise : 100 objets racontent la ville antique d'Amboise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Filet</w:t>
+                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svenja Höltkemeier</w:t>
+                <w:t xml:space="preserve">Morgane Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucine Perriot</w:t>
-[...17 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cinçon Laureline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditions de la Sorbonne</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 10, 2017, Archéo.doct, </w:t>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.psorbonne.6714⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ARCHEA, 135 p, 2017, 978-2-912610-22-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02874041v1</w:t>
+                <w:t xml:space="preserve">hal-02162018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une trajectoire singulière. Les enclos de Braine &amp;quot;la Grange des Moines&amp;quot; (Aisne) à La Tène finale</w:t>
+                <w:t xml:space="preserve">Révolution(s). L’archéologie face aux renouvellements des sociétés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+                <w:t xml:space="preserve">Clara Filet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Desenne</w:t>
+                <w:t xml:space="preserve">Svenja Höltkemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bauvais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capucine Perriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">,</w:t>
+                <w:t xml:space="preserve">Éditions de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 10, 2017, Archéo.doct, </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Gransar</w:t>
-[...12 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">⟨10.4000/books.psorbonne.6714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01802239v1</w:t>
+                <w:t xml:space="preserve">hal-02874041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambacia, la gauloise : 100 objets racontent la ville antique d'Amboise</w:t>
+                <w:t xml:space="preserve">Une trajectoire singulière. Les enclos de Braine &amp;quot;la Grange des Moines&amp;quot; (Aisne) à La Tène finale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
+                <w:t xml:space="preserve">Ginette Auxiette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Andrieu</w:t>
+                <w:t xml:space="preserve">Sophie Desenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cinçon Laureline</w:t>
+                <w:t xml:space="preserve">Sylvain Bauvais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Couderc</w:t>
+                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+                <w:t xml:space="preserve">Frédéric Gransar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">ARCHEA, 135 p, 2017, 978-2-912610-22-5</w:t>
+              <w:t xml:space="preserve">Société Archéologique de Picardie, 3/4, pp.340, 2017, Une trajectoire singulière. Les enclos de Braine "la Grange des Moines" (Aisne) à La Tène finale., 0752-5656</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02162018v1</w:t>
+                <w:t xml:space="preserve">hal-01802239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1029,213 +1029,213 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les objets en verre protohistoriques du Cailar (Gard)</w:t>
+                <w:t xml:space="preserve">Écrire dans le verre : deux nouveaux objets gaulois en verre gravés du second âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réjane Roure</w:t>
+                <w:t xml:space="preserve">Rémi Méreuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Perruche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Documents d'archéologie méridionale</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 38e rencontres de l’AFAV, Montpellier (2024), pp.14-18</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05411743v1</w:t>
+                <w:t xml:space="preserve">hal-05411860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écrire dans le verre : deux nouveaux objets gaulois en verre gravés du second âge du Fer</w:t>
+                <w:t xml:space="preserve">Les objets en verre protohistoriques du Cailar (Gard)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Méreuze</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Perruche</w:t>
+                <w:t xml:space="preserve">Réjane Roure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Documents d'archéologie méridionale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46, pp.147-166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/14vve⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05411860v1</w:t>
+                <w:t xml:space="preserve">hal-05411743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Němčice: Výsledky terénního výzkumu v roce 2021 a nejstarší sklářská dílna v zaalpské Evropě</w:t>
               </w:r>
@@ -1578,329 +1578,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Glass connections in Late Iron Age Europe: from raw materials from the Near East to ornaments of the nearby city</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Un premier sanctuaire celtique en Aquitaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Hantrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bertaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glass News</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 52, pp.22-23</w:t>
+              <w:t xml:space="preserve">Aquitania</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38, pp.7-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03904832v1</w:t>
+                <w:t xml:space="preserve">hal-03898491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un premier sanctuaire celtique en Aquitaine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plusieurs ateliers de verriers à Bourges ? Découvertes majeures sur le site de la rue Béthune-Charost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laudine Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Nadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquitania</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 38, pp.7-51</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Paris, 35e Rencontres, pp.7-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03898491v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03879553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plusieurs ateliers de verriers à Bourges ? Découvertes majeures sur le site de la rue Béthune-Charost</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Glass connections in Late Iron Age Europe: from raw materials from the Near East to ornaments of the nearby city</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Paris, 35e Rencontres, pp.7-14</w:t>
+              <w:t xml:space="preserve">Glass News</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 52, pp.22-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879553v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03904832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Making of Bikini Glass in Bida, Nigeria: Ethnography, Chemical Composition, and Archaeology</w:t>
               </w:r>
@@ -1912,51 +1912,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lesley Lababidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abidemi Babatunde Babalola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2020,77 +2020,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sanctuaire celtique de « La Peyrouse » à Saint-Félix-de-Villadeix (Dordogne) : résultats de la campagne 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Hantrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Corbasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2299,425 +2299,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03411472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’artisanat du verre dans le monde celtique au second âge du Fer : approches archéométriques, technologiques et sociales - Résumé de thèse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rouffignac, une grotte-sanctuaire du II&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; âge du Fer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Geneviève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Documents d'archéologie et d'histoire périgourdines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34, pp.117-152</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873999v1</w:t>
+                <w:t xml:space="preserve">hal-02974081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rouffignac, une grotte-sanctuaire du II&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; âge du Fer</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’artisanat du verre dans le monde celtique au second âge du Fer : approches archéométriques, technologiques et sociales - Résumé de thèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Documents d'archéologie et d'histoire périgourdines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 34, pp.117-152</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Association Française pour l'Archéologie du Verre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02974081v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02873999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The discovery of seven engraved La Tène glass beads from the sanctuary of Mathay-Mandeure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An archaeometric study of some pre-Roman glass beads from Son Mas (Mallorca, Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark van Strydonck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Gratuze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurent Olivier</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy de Mulder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15184/aqy.2018.153⟩</w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 17, pp.491 - 499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02870117v1</w:t>
+                <w:t xml:space="preserve">hal-01829726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An archaeometric study of some pre-Roman glass beads from Son Mas (Mallorca, Spain)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The discovery of seven engraved La Tène glass beads from the sanctuary of Mathay-Mandeure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy de Mulder</w:t>
+                <w:t xml:space="preserve">Laurent Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 17, pp.491 - 499. </w:t>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 92 (364), </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2017.12.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15184/aqy.2018.153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01829726v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02870117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’artisanat du verre dans le monde celtique au second âge du Fer : approches archéométriques, technologiques et sociales</w:t>
               </w:r>
@@ -2893,51 +2893,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genechesie Julia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Nouveaux Cahiers du Grospierrois Grou Peiro</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.8-16</w:t>
@@ -3433,51 +3433,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les parures du Second âge du Fer en Corse. Du bloc brut à l’anneau, une histoire en devenir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Paolini-Saez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3962,51 +3962,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un ensemble de perles en verre gravées provenant du sanctuaire celtique du « Clos du Château » à Mandeure (Doubs)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Philippe Barral; Matthieu Thivet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sanctuaires de l’âge du Fer. Actes du 41e colloque international de l’Association française pour l’étude de l’âge du Fer (Dole, 25-28 mai 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collection AFEAF (1), </w:t>
@@ -4111,307 +4111,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02873779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Produire pour mieux briller ? Élaborer et consommer les bracelets en verre au second âge du Fer.</w:t>
+                <w:t xml:space="preserve">Tracing the skills and identifying masterpieces in Celtic glass-making: specialization through Haevernick group 15 glass bracelets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jan Kysela; Alžběta Danielisová; Jiří Militký. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marion S., Defressigne S., Kaurin J., Bataille G. Production et proto-industrialisation aux âges du Fer : perspectives sociales et environnementales. Actes du 39e colloque international de l’Association française pour l’étude de l’âge du Fer (Nancy, 14-17 mai 2015), Ausonius ed.,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.593-604, 2017</w:t>
+              <w:t xml:space="preserve">Stories that made the Iron Age. Studies in the Iron Age Archaeology dedicated to Natalie Venclová</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institute of Archaeology of the Czech Academy of Sciences; Charles University, Faculty of Arts Prague</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.101-109, 2017, 978-80-7581-002-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02873408v1</w:t>
+                <w:t xml:space="preserve">hal-02873724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conclusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capucine Perriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svenja Höltkemeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Filet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Clara Filet; Svenja Höltkemeier; Capucine Perriot; Joëlle Rolland. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(R)évolutions : l'Archéologie face au renouvellement des sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Archéo.doct, 9791035100698</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03920970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracing the skills and identifying masterpieces in Celtic glass-making: specialization through Haevernick group 15 glass bracelets</w:t>
+                <w:t xml:space="preserve">Produire pour mieux briller ? Élaborer et consommer les bracelets en verre au second âge du Fer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stories that made the Iron Age. Studies in the Iron Age Archaeology dedicated to Natalie Venclová</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marion S., Defressigne S., Kaurin J., Bataille G. Production et proto-industrialisation aux âges du Fer : perspectives sociales et environnementales. Actes du 39e colloque international de l’Association française pour l’étude de l’âge du Fer (Nancy, 14-17 mai 2015), Ausonius ed.,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.593-604, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institute of Archaeology of the Czech Academy of Sciences; Charles University, Faculty of Arts Prague</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02873724v1</w:t>
+                <w:t xml:space="preserve">hal-02873408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’atelier du verrier celte. Expérimentation des techniques de fabrication des bracelets en verre celtique à partir d’un bloc de verre antique provenant de l’épave des Sanguinaires A</w:t>
               </w:r>
@@ -4712,247 +4712,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05495689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Rome to the port of Verdun-sur-le-Doubs (Burgundy, France): two centuries of trade at the end of the Iron Age.</w:t>
+                <w:t xml:space="preserve">Crafting Iron Age Societies: Can Creativity, Technology, or Typology Highlight Human Past Transformations?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Taillandier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rebecca Perruche</w:t>
+                <w:t xml:space="preserve">Veronica Cicolani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Olmer</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caterina Canovaro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EAA - Persisting with change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">Persisting with change, 30th EAA Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EAA, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05019445v1</w:t>
+                <w:t xml:space="preserve">hal-04691535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crafting Iron Age Societies: Can Creativity, Technology, or Typology Highlight Human Past Transformations?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From Rome to the port of Verdun-sur-le-Doubs (Burgundy, France): two centuries of trade at the end of the Iron Age.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Perruche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Cicolani</w:t>
+                <w:t xml:space="preserve">Fabienne Olmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caterina Canovaro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuel Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Persisting with change, 30th EAA Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EAA, Aug 2024, Rome, Italy</w:t>
+              <w:t xml:space="preserve">EAA - Persisting with change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04691535v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05019445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un artisanat sous contrainte ? Expressions ou restrictions liées à l'art dans la production de parure en verre du second âge du Fer</w:t>
               </w:r>
@@ -5001,208 +5001,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invisibles ateliers : nouvelles recherches et méthodes pour identifier les lieux de production des parures en verre du second âge du Fer</w:t>
+                <w:t xml:space="preserve">From the sands of the Orient: Glass as a new element in the reconstruction of intra- and extra-European La Tène networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e Congrès Préhistorique de France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
+              <w:t xml:space="preserve">45e colloque international de l’Association Française pour l'étude de l'âge du Fer, Raw materials in the first Millennium BC Europe, Exploitation, transformation, diffusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFEAF, May 2021, Gijon, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03820117v1</w:t>
+                <w:t xml:space="preserve">hal-03820103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the sands of the Orient: Glass as a new element in the reconstruction of intra- and extra-European La Tène networks</w:t>
+                <w:t xml:space="preserve">Invisibles ateliers : nouvelles recherches et méthodes pour identifier les lieux de production des parures en verre du second âge du Fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45e colloque international de l’Association Française pour l'étude de l'âge du Fer, Raw materials in the first Millennium BC Europe, Exploitation, transformation, diffusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFEAF, May 2021, Gijon, Spain</w:t>
+              <w:t xml:space="preserve">29e Congrès Préhistorique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03820103v1</w:t>
+                <w:t xml:space="preserve">hal-03820117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Glass Network in La Tène Europe: the Contribution of a large-scale LA-ICP-MS Analytical Projec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ND CONGRESS OF THE ASSOCIATION INTERNATIONAL POUR L'HISTOIRE DU VERRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5378,51 +5378,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between cobalt blue raw glass from the Sanguinaires Island and Lequin 2 shipwrecks and Celtic glass productions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Souen Fontaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5782,51 +5782,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR AMBACIA, autorisation triennale 2024-2026, 1ere année. Rapport de Projet Collectif de Recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Baudoin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5900,51 +5900,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCR AMBACIA, année probatoire 2023. Rapport de Projet Collectif de Recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6252,145 +6252,145 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04442747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bobigny (Seine-Saint-Denis), 125 rue Stalingrad : Pôle Mère-Enfant : rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Ifs (Calvados), Centre pénitentiaire. Les occupations de l'âge du Fer, de l'Antiquité et du haut Moyen Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ginette Auxiette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrille Le Forestier</w:t>
+                <w:t xml:space="preserve">Vincent Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Leconte</w:t>
+                <w:t xml:space="preserve">Karine Chanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap CIF. 2022</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04767704v1</w:t>
+                <w:t xml:space="preserve">hal-03791127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Collectif de Recherche triennal 2020-2022 - La Confluence Saône / Doubs à l'âge du Fer (VIe s. av. J.-C. au Ier s. de notre ère)</w:t>
               </w:r>
@@ -6492,169 +6492,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05209444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ifs (Calvados), Centre pénitentiaire. Les occupations de l'âge du Fer, de l'Antiquité et du haut Moyen Age</w:t>
+                <w:t xml:space="preserve">Bobigny (Seine-Saint-Denis), 125 rue Stalingrad : Pôle Mère-Enfant : rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chris-Cécile Besnard-Vauterin</w:t>
+                <w:t xml:space="preserve">Gwénaël Mercé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ginette Auxiette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves-Marie Adrian</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ginette Auxiette</w:t>
+                <w:t xml:space="preserve">John Cornu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Carpentier</w:t>
+                <w:t xml:space="preserve">Cyrille Le Forestier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Chanson</w:t>
+                <w:t xml:space="preserve">Luc Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Inrap Grand Ouest. 2022</w:t>
+              <w:t xml:space="preserve">Inrap CIF. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03791127v1</w:t>
+                <w:t xml:space="preserve">hal-04767704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR La confluence Saône-Doubs à l'âge du Fer (Vie s. av. J.-C. au Ier siècle de notre ère). Projet scientifique 2020-2022. Rapport annuel 2019</w:t>
+                <w:t xml:space="preserve">PCR La confluence Saône-Doubs à l'âge du Fer (Vie s. av. J.-C. au Ier siècle de notre ère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Thivet</w:t>
@@ -6686,347 +6686,347 @@
                 <w:t xml:space="preserve">Philippe Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Berranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Vol 1, UMR 6249 Chrono-environnement; UMR 5608 TRACES; Université de Franche-Comté (UFC). 2020</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Vol. 2, UMR 6249 Chrono-environnement; UMR 5608 TRACES; Université de Franche-Comté (UFC). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02507473v1</w:t>
+                <w:t xml:space="preserve">hal-02507483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les opérations archéologiques menées à La Peyrouse (Saint-Félix-de-Villadeix, Dordogne) en 2019. Rapport final d’opération</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pauline Corfmat</w:t>
+                <w:t xml:space="preserve">PCR La confluence Saône-Doubs à l'âge du Fer (Vie s. av. J.-C. au Ier siècle de notre ère). Projet scientifique 2020-2022. Rapport annuel 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Thivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bardel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Berranger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Région Nouvelle-Aquitaine; Ministère de la Culture et de la Communication, DRAC-SRA Nouvelle-Aquitaine; Université Bordeaux Montaigne; ADRAHP; Cnrs; ADRAHP; Université de La Rochelle; LIENSs (UMR 7266). 2020, pp.682</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Vol 1, UMR 6249 Chrono-environnement; UMR 5608 TRACES; Université de Franche-Comté (UFC). 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02456541v1</w:t>
+                <w:t xml:space="preserve">hal-02507473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PCR La confluence Saône-Doubs à l'âge du Fer (Vie s. av. J.-C. au Ier siècle de notre ère)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Berranger</w:t>
+                <w:t xml:space="preserve">Les opérations archéologiques menées à La Peyrouse (Saint-Félix-de-Villadeix, Dordogne) en 2019. Rapport final d’opération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eneko Hiriart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chevillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Bertaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Brochot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Corfmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] Vol. 2, UMR 6249 Chrono-environnement; UMR 5608 TRACES; Université de Franche-Comté (UFC). 2020</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] Région Nouvelle-Aquitaine; Ministère de la Culture et de la Communication, DRAC-SRA Nouvelle-Aquitaine; Université Bordeaux Montaigne; ADRAHP; Cnrs; ADRAHP; Université de La Rochelle; LIENSs (UMR 7266). 2020, pp.682</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02507483v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02456541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amboise, Village Vacances Familles (VVF) des Violettes. Fouilles sur le flanc nord de l'oppidum d'Ambacia. Rapport Final d'Opération de Fouille (site 37.003.139.AH)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Laruaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laureline Cinçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7104,51 +7104,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’analyse sur deux fragments de bracelets en verre latèniens retrouvés à Grospierres – les Ferriers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7183,51 +7183,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d'analyses sur la collection de verres celtiques du site « La caserne Niels » Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7262,51 +7262,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rapport d’analyse d’une perle en verre bleu retrouvée à Vix, Plateau Saint Marcel, Fait 1514, TP US 33 mobilier n° 28</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gratuze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Rolland</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7534,51 +7534,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61E677AA"/>
+    <w:nsid w:val="BF2F08F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7765,51 +7765,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joelle-rolland" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8185-7863" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224630857" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/139152380163801762885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000503730647" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAB-3230-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444642v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Rolland" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/le-verre-de-l-europe-celtique" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873737v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874041v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja H&#246;ltkemeier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Perriot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/6714?lang=fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6714" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802239v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desenne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gransar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517053v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Munier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pactat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane de Saxc&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuwan Abeywardana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimal Perera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dussubieux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34780/wdxt0102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411743v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14vve" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411860v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;reuze" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Perruche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831200v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;i&#382;m&#225;&#345;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana &#268;i&#382;m&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;ria Hajnalov&#225;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hons" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Ku&#269;era" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35686/PA2024.6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817183v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Meissonnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12nao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183043v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904832v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898491v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hantrais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879553v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Robin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nadeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823588v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Lababidi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abidemi Babatunde Babalola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-022-09494-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282919v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Corbasson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sarrazin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284320v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Venclov&#225;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-021-01374-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03411472v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873999v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974081v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plassard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870117v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2018.153" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829726v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Strydonck" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy de Mulder" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.12.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522860v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874004v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870325v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Clesse" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383812v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479841v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674794v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674803v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paolini-Saez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Alfonsi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souen Fontaine" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183087v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898950v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898921v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Diane Dusseaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035390v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/515_p_56208/seance_16.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874028v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873779v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873408v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03920970v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/6864" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873724v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cupress.cuni.cz/ink2_ext/index.jsp?include=podrobnosti&amp;amp;id=401319" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874094v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bechennec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rivoal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grevaz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revue-archeologique-picardie.fr" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874072v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495689v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05019445v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Taillandier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Olmer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hamon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691535v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Canovaro" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818288v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820117v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820103v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347988v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820092v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820088v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02886670v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954786v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Commandr&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mach" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588337v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041378v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubreucq" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442747v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767704v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cornu" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209444v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03791127v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507473v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barral" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456541v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corfmat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507483v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02893393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02893452v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02617074v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03988491v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01H124" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joelle-rolland" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8185-7863" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/224630857" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/139152380163801762885" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000503730647" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAB-3230-2020" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444642v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Rolland" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sidestone.com/books/le-verre-de-l-europe-celtique" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873737v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162018v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Laruaz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Andrieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874041v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Filet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svenja H&#246;ltkemeier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Perriot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/6714?lang=fr" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.6714" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802239v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Auxiette" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desenne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gransar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517053v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Munier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Gu&#233;rit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Pactat" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serra" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411817v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane de Saxc&#233;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuwan Abeywardana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimal Perera" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Dussubieux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34780/wdxt0102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411860v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi M&#233;reuze" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Perruche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411743v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;jane Roure" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14vve" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831200v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan &#268;i&#382;m&#225;&#345;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana &#268;i&#382;m&#225;&#345;ov&#225;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;ria Hajnalov&#225;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hons" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luk&#225;&#353; Ku&#269;era" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35686/PA2024.6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04817183v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bossard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dufay-Garel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Aubin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Meissonnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reich" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12nao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183043v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898491v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eneko Hiriart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chevillot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hantrais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bertaud" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Brochot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879553v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laudine Robin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Nadeau" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gratuze" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03904832v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823588v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Lababidi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abidemi Babatunde Babalola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10437-022-09494-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03282919v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Corbasson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Sarrazin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284320v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalie Venclov&#225;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12520-021-01374-5" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03411472v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974081v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Plassard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Genevi&#232;ve" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873999v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829726v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark van Strydonck" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy de Mulder" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2017.12.003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870117v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Olivier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15184/aqy.2018.153" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02522860v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874004v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04039087v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Durand" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Bellavia" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Galtier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genechesie Julia" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02870325v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Clesse" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383812v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479841v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674794v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.afeaf.org/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674803v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Paolini-Saez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Alfonsi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souen Fontaine" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183087v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898950v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03898921v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Diane Dusseaux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035390v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.prehistoire.org/515_p_56208/seance_16.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874028v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873779v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873724v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cupress.cuni.cz/ink2_ext/index.jsp?include=podrobnosti&amp;amp;id=401319" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03920970v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/psorbonne/6864" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873408v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874094v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bechennec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rivoal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grevaz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.revue-archeologique-picardie.fr" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874072v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495689v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Nordez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691535v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Cicolani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Canovaro" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05019445v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Taillandier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Olmer" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Hamon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818288v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820103v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820117v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347988v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820092v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820088v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02886670v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954786v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Commandr&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Raux" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Mach" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00588337v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928063v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Baudoin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882218v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessie Duval" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041378v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Thivet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dubreucq" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bardel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Berranger" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Brenot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04442747v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03791127v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris-C&#233;cile Besnard-Vauterin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Adrian" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Carpentier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chanson" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05209444v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04767704v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Merc&#233;" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Cornu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Le Forestier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Leconte" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507483v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Dubreucq" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barral" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507473v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456541v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Corfmat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206631v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gaultier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lebrun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02893393v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02893452v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-orleans.hal.science/hal-02617074v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03988491v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017PA01H124" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>