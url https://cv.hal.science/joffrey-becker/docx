--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joffrey Becker </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joffrey Becker a été formé à l’anthropologie sociale à l’EHESS (M.A, Ph.D) et a été membre du programme SPEAP créé par Bruno Latour à l’Institut d’Études Politique de Paris (M.A). Associé à une chaire d'enseignement à l'École nationale supérieure de l'électronique et de ses applications son travail de recherche est aujourd'hui rattaché aux Équipes Traitement de l'Information et Systèmes (UMR CNRS 8051). Joffrey Becker est également chercheur associé à l'équipe Anthropologie de la vie au Laboratoire d'Anthropologie Sociale du Collège de France et membre du groupe de recherche interdisciplinaire Psyphine. Son travail s’inscrit en collaboration avec des équipes variées issues des secteurs public et privé (MIT, INRIA, Google, Orange, CNRS, ENSAD, Airbus).Débutées à la fin des années 2000, ses recherches portent sur la robotique et l'intelligence artificielle, et plus particulièrement sur les relations entre humains et machines. Elles visent à mieux saisir comment les machines dites intelligentes questionnent nos modèles sur un plan à la fois ontologique, interactionnel et sociétal, et ce indépendamment de leur forme. Dans une perspective collaborative, interdisciplinaire et parfois critique, l'enjeu est d'étudier comment les objets issus de la robotique et de l’intelligence artificielle reconfigurent les relations et les pratiques aujourd'hui.Ces travaux ont donné lieu à de nombreuses présentations publiques, à la publication d'articles et chapitres d'ouvrages, ainsi qu’à l’écriture d’un livre intitulé Humanoïdes, Expérimentations croisées entre arts et sciences, paru en 2015 aux Presses Universitaires de Paris Ouest.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que prêtons-nous aux machines ? Approches interdisciplinaires des interactions homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Aucouturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Plantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif PSYPHINE. Presses Universitaires de Nancy; Éditions Universitaires de Lorraine, pp.242, 2021, 9782814305946</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanoïdes: Expérimentations croisées entre arts et sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Paris Ouest, 2015, 9782840162025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurations Robotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophia Scientiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30-1, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15o0m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’automatisation des mondes sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophia Scientiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 30-1, pp.3-12. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15o0g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimenting Meaning in Human-Robot Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Human Knowing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (3-4), pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.en.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.es.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control: behavioral matter & the art of replicability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.fr.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial lives, analogies and symbolic thought: an anthropological insight on robots and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in History and Philosophy of Science Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 99, pp.89-96. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.shpsa.2023.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.fr.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Three Problems of Robots and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Epistemology Review and Reply Collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (5), pp.44-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des machines anthropomorphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 220-221 (2-3), pp.223-251. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.220.0223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une anthropologie de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tc.10214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUALCOM : une expérience sur la qualification des comportements d’une lampe robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tc.10771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventivité des imitations ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (1), pp.84-89. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mult.058.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esthétique réflexive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures-Kairos : Revue d'anthropologie des pratiques corporelles et des arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Métamorphoses digitales : Expérimentations esthétiques et construction du sensible dans l’interaction humain-machine, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps humain et ses doubles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Robots étrangement humains, 15, pp.102-119. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gradhiva.2335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologie prospective de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Écologiques. Enquêtes sur les milieux humains, 22, pp.125-137. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.5463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récursions chimériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Pièges à voir, pièges à penser, 13, pp.112-129. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gradhiva.2116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Optimism and Pessimism: The Reconfiguring Power of Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophy of Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, Springer Nature Switzerland, pp.119-135, 2025, Studies in Applied Philosophy, Epistemology and Rational Ethics, 978-3-031-99653-5. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-99654-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le pouvoir des machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Fleischer; Raphaël Zagury-Orly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humain qui vient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Hermann, pp.17-26, 2024, 9791037040350. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.zagur.2024.01.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of doubt. Anthropological implications of behavioral objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grimaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Samuel Bianchini; Emanuele Quinze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Objects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que l'ethnographie nous apprend des relations humains-machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Paul; Daniel Le Métayer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtriser l'IA au service de l'action publique : une responsabilité individuelle et collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berger Levrault, 2023, 978-2-7013-2183-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre avec des robots / Vivre dans des robots : La mécanique du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jérôme Pellissier; Mireille Trouilloud; Pascal Menecier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes robots et vieilles personnes : Prendre soin et nouvelles technologies en gérontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chronique sociale, pp.29-58, 2021, 9782367176956</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropology, AI and Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthony Elliott. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Social Science Handbook of AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.107-121, 2021, 9780367188252</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropomorphisme à l'aune de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif PsyPhINe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que prêtons-nous aux machine ? Approches interdisciplinaire des interactions homme-robot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy, pp.93-109, 2021, MSH Lorraine, 9782814305946</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Save as Draft : collecter, référencer et commenter des représentations du changement climatique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Teixido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Gamboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ripoll-Hurier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthias Steinle (dir.); Julie Maeck (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’image d’archives. Une image en devenir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2020, 9782753551695. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.46503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur le rôle des utopies en robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Grimaud; Anne-Christine Taylor; Denis Vidal; Thierry Dufrêne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Persona, étrangement humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes Sud; Musée du quai Branly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.208-211, 2016, 9782330038014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques de l'attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Grangier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Link.Human/Robot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van Dieren Éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-125, 2014, 978-2-911087-92-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot-chimère : Ambiguïtés et continuités ontologiques chez les humanoïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joël Gaillard, Bernard Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers la fin du handicap ? Pratiques sportives, nouveaux enjeux, nouveaux territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.543-557, 2010, 9782814300118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (44)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering Neurodiversity: Rethinking interaction with children with Autism Spectrum Disorder through robotic mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Gaulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN 2025, Workshop: Robots for Humans: Empowerment Through Co-Creative and Social Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropomorphisme comportemental : Vers d'autres robots sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwen Belkaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'Objets : Un nouvel art de faire (2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lannion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults in the loop: Robot mediation and child-adult interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child-Robot Interaction - CRI25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Zibetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Aloe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Amadio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Napoli Federico II, Jun 2025, Capri Island, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots, AIs and the domains of likeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Cultures of Research” International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Käte Hamburger Kolleg c:o/re, Mar 2025, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots sociaux : Explorer de nouvelles formes d'interaction auprès d'enfants avec Trouble du spectre de l'autisme (TSA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Gaulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'Objets : Un nouvel art de faire (2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lannion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance dans l’IA : Un piège épistémologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'hiver de l'IDHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Humanités Numériques, Dec 2025, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La robotique et les roboticiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche interdisciplinaire 2RSHS, Epistémologie et robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments in Digitalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EASST-4S 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASST; Society for Social Studies of Science, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l'impact d'une technologie robotique dans la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e journée nationale des roboticiens à l'heure des défis écologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La robotique sociale par delà l'anthropomorphisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École thématique XIHO24 / Expérimenter l'interaction humain-objet : théories, méthodologies, analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche anthropologique des interactions humain - machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École thématique XIHO24 / Expérimenter l'interaction humain-objet : théories, méthodologies, analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les robots sont-ils de bons simulateurs d'interactions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'hiver de l'IDHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Humanités Numériques, Dec 2024, L'Isle-Adam, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots at work: Stealing, creating and transforming labour in the digital age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Egalitarian Futures Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bergen; Centre Universitaire de Norvège à Paris, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viewing Machines: Ethos and Praxis in Computer Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RobNA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, R4; R3Mob; ROBSYS, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épistémologies en reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude RE:24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Joffrey Becker; Lilyana Petrova; Syd Reynal, Oct 2024, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un algo pour les gouverner tous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'objets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Nancy, France. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.12784053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autonomie des systèmes de production agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque LaborIA - Les transformations du travail par l'intelligence artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère du Travail, du Plein emploi et de l'Insertion; INRIA; Matrice, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-like remains and their animation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Can robots die? Possibilities and limitations of animism in human-machine relationships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation France-Japon de l'EHESS; Air Liquide, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre dans une boucle : Ethnographie visuelle des routines dans une exploitation laitière robotisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Psyphine 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making Sense of Intelligent Systems, From Conception Practices to Interaction Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explainable AI – Explanations in AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Markus Pantsar, Frederik Stjernfelt, Käte Hamburger Kolleg (c:o/re) RWTH Aachen University, Feb 2022, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meeting the Alien: Experimenting with Post-Biological forms of Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographies of Outer Space: Methodological Opportunities and Experiments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Department of Sociology and Social Research, Sep 2022, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do we make sense of a robot’s behavior? An experimental case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IACS4- 4th Conference of the International Association for Cognitive Semiotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KU Leuven; RWTH Aachen University, Jun 2022, Virtual Conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living in a Loop: A Visual Ethnography of Routines in a Robotic Dairy Farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Anthropological Institute - Anthropology, AI and the Future of Human Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Virtual Conference, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI, robots and the reconfiguration of work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rethinking Work: Life in the Age of Advanced Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hawke EU Jean Monnet Centre of Excellence; University of South Australia; TalentMiles, Sep 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans, Machines and the Anthropology of Cybernetic Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Käte Hamburger Kolleg Lecture Series: Cultures of Research – Digitalization of Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Käte Hamburger Kolleg (c:o/re) - RWTH Aachen University, Dec 2021, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picking Up Good Vibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Scurto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Brandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation / ICRA-X Robotic Art Program, Sentimental Machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Xi’an, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des machines anthropomorphes. Ethnographie des pratiques de conception en robotique sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les interactions humains-robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRFJ (CNRS-MEAE), Dec 2020, Jérusalem, Israël</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ça tourne ! Filmer les points de vue et conter les routines en élevage humanimachine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les animaux en ethnographie : quelles méthodes d’enquête, quelles postures éthiques ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Closed Ecologies of Cyber-Physical Systems: A Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOCOSMOS: Our Sense of Place, Our Sense of Life in the Universe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kevin Bonine [Biosphere 2 / University of Arizona], Régis Ferrière [iGLOBES International Research Center / CNRS, ENS, University of Arizona], Perig Pitrou [Collège de France / Paris Sciences &amp; Lettres Université], Istvan Praet [University of Roehampton in London], Feb 2018, Oracle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenons-nous animistes au contact des robots ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'animisme aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie lactée : Ethnographie des transactions au fil du circuit laitier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le lien social au regard de la circulation des biens, des personnes et des capitaux - Chaire Singleton 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un jeu de construction éclairé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Verhaegen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D3/D5 Seminar : Social science meets Computer science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LORIA, Jun 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imitation de la vie en robotique entre fabrication et interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SÉMINAIRE « ANTHROPOLOGIE DE LA VIE ET DES REPRÉSENTATIONS DU VIVANT » Vie terrestre / Vie extraterrestre. La perspective de l’anthropologie de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Perig Pitrou; Observatoire de Paris; IRIS-PSL OCAV, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living Beside Machines / Living Inside Machines: The Mechanics of Everyday Life and its Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology and the Re-imagination and Transformation of the Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Robotics and the Emergence of Cyber Physical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Technologies and their Social Impact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UiB - UCL, Nov 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les robots assemblent les humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences du Laboratoire d'Anthropologie Sociale et Culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Anthropologie Sociale et Culturelle, Feb 2015, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot qui aimait l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Colloque International GeCSO, Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGECSO, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrenages. À propos de l'imitation robotique de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modélisation, construction et imitation des processus vitaux. Approche pluridisciplinaire du biomimétisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de robots / Jeux avec les robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e journée d'études sur les pratiques ludiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thierry Wendling; CNRS; IIAC; LAHIC; EHESS, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The strange Life of climate objects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Teixido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gamboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ripoll-Hurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence in International Environmental Negociations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDDRI/Sciences Po, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mécanisation du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humain augmenté : état des lieux et perspectives critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de la Communication du CNRS, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers pas dans l'expression d'émotions par le robot Nao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Monceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM '09: 21st International Conference on Association Francophone d'Interaction Homme-Machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Grenoble, France. pp.343-346, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1629826.1629883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration: first steps in emotional expression of the humanoid robot Nao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Monceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM International Conference on Multimodal Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Cambridge, United States. pp.235-236, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1647314.1647362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots, Intelligence artificielle et Société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living and Artificial Systems: Toward An Anthropology of Complex Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Annuelle de l'IRIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId135"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Joffrey Becker </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joffrey Becker a été formé à l’anthropologie sociale à l’EHESS (M.A, Ph.D) et a été membre du programme SPEAP créé par Bruno Latour à l’Institut d’Études Politique de Paris (M.A). Associé à une chaire d'enseignement à l'École nationale supérieure de l'électronique et de ses applications son travail de recherche est aujourd'hui rattaché aux Équipes Traitement de l'Information et Systèmes (UMR CNRS 8051). Joffrey Becker est également chercheur associé à l'équipe Anthropologie de la vie au Laboratoire d'Anthropologie Sociale du Collège de France et membre du groupe de recherche interdisciplinaire Psyphine. Son travail s’inscrit en collaboration avec des équipes variées issues des secteurs public et privé (MIT, INRIA, Google, Orange, CNRS, ENSAD, Airbus).Débutées à la fin des années 2000, ses recherches portent sur la robotique et l'intelligence artificielle, et plus particulièrement sur les relations entre humains et machines. Elles visent à mieux saisir comment les machines dites intelligentes questionnent nos modèles sur un plan à la fois ontologique, interactionnel et sociétal, et ce indépendamment de leur forme. Dans une perspective collaborative, interdisciplinaire et parfois critique, l'enjeu est d'étudier comment les objets issus de la robotique et de l’intelligence artificielle reconfigurent les relations et les pratiques aujourd'hui.Ces travaux ont donné lieu à de nombreuses présentations publiques, à la publication d'articles et chapitres d'ouvrages, ainsi qu’à l’écriture d’un livre intitulé Humanoïdes, Expérimentations croisées entre arts et sciences, paru en 2015 aux Presses Universitaires de Paris Ouest.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Que prêtons-nous aux machines ? Approches interdisciplinaires des interactions homme-robot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Aucouturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Plantin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif PSYPHINE. Presses Universitaires de Nancy; Éditions Universitaires de Lorraine, pp.242, 2021, 9782814305946</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03550469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humanoïdes: Expérimentations croisées entre arts et sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses Universitaires de Paris Ouest, 2015, 9782840162025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfigurations Robotiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophia Scientiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 30-1, 2026, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15o0m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’automatisation des mondes sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophia Scientiae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 30-1, pp.3-12. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15o0g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05506128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimenting Meaning in Human-Robot Interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Human Knowing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 31 (3-4), pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05000369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.en.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.es.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control: behavioral matter & the art of replicability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.fr.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial lives, analogies and symbolic thought: an anthropological insight on robots and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in History and Philosophy of Science Part A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 99, pp.89-96. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.shpsa.2023.04.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04086885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soft control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Piñeyro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">.able</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.69564/able.fr.23018.softcontrol⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Three Problems of Robots and AI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Social Epistemology Review and Reply Collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (5), pp.44-49</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des machines anthropomorphes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 220-221 (2-3), pp.223-251. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.220.0223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éléments pour une anthropologie de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tc.10214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QUALCOM : une expérience sur la qualification des comportements d’une lampe robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques et culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Varia, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/tc.10771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inventivité des imitations ludiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multitudes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (1), pp.84-89. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/mult.058.0084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03705399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esthétique réflexive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cultures-Kairos : Revue d'anthropologie des pratiques corporelles et des arts vivants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Métamorphoses digitales : Expérimentations esthétiques et construction du sensible dans l’interaction humain-machine, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps humain et ses doubles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Robots étrangement humains, 15, pp.102-119. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gradhiva.2335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’écologie prospective de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Écologiques. Enquêtes sur les milieux humains, 22, pp.125-137. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/traces.5463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récursions chimériques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gradhiva : revue d'histoire et d'archives de l'anthropologie </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Pièges à voir, pièges à penser, 13, pp.112-129. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/gradhiva.2116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03684884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond Optimism and Pessimism: The Reconfiguring Power of Machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophy of Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, Springer Nature Switzerland, pp.119-135, 2025, Studies in Applied Philosophy, Epistemology and Rational Ethics, 978-3-031-99653-5. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-99654-2_7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05343731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note sur le pouvoir des machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Fleischer; Raphaël Zagury-Orly. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'humain qui vient</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Hermann, pp.17-26, 2024, 9791037040350. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/herm.zagur.2024.01.0017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of doubt. Anthropological implications of behavioral objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Grimaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Samuel Bianchini; Emanuele Quinze. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Objects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03096848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ce que l'ethnographie nous apprend des relations humains-machines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Paul; Daniel Le Métayer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtriser l'IA au service de l'action publique : une responsabilité individuelle et collective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Berger Levrault, 2023, 978-2-7013-2183-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03924303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthropology, AI and Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anthony Elliott. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Routledge Social Science Handbook of AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Routledge, pp.107-121, 2021, 9780367188252</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre avec des robots / Vivre dans des robots : La mécanique du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jérôme Pellissier; Mireille Trouilloud; Pascal Menecier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Jeunes robots et vieilles personnes : Prendre soin et nouvelles technologies en gérontologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chronique sociale, pp.29-58, 2021, 9782367176956</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropomorphisme à l'aune de la robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Collectif PsyPhINe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Que prêtons-nous aux machine ? Approches interdisciplinaire des interactions homme-robot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy, pp.93-109, 2021, MSH Lorraine, 9782814305946</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Save as Draft : collecter, référencer et commenter des représentations du changement climatique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Teixido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Gamboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ripoll-Hurier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthias Steinle (dir.); Julie Maeck (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’image d’archives. Une image en devenir.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Rennes, 2020, 9782753551695. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.pur.46503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur le rôle des utopies en robotique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuel Grimaud; Anne-Christine Taylor; Denis Vidal; Thierry Dufrêne. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Persona, étrangement humain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes Sud; Musée du quai Branly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.208-211, 2016, 9782330038014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dynamiques de l'attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Emmanuelle Grangier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Link.Human/Robot</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van Dieren Éditeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.101-125, 2014, 978-2-911087-92-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot-chimère : Ambiguïtés et continuités ontologiques chez les humanoïdes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Joël Gaillard, Bernard Andrieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vers la fin du handicap ? Pratiques sportives, nouveaux enjeux, nouveaux territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.543-557, 2010, 9782814300118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (46)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Symbiosis beyond the life and death of robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards a Symbiotic Society with Humans and AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Salvatore M. Anzalone; Lionel Obadia; Erica Magris, Mar 2026, Cité des sciences et de l'industrie, Paris, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05541160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Group-Robot Interaction in the Wild: An Exploratory Field Study in Semi-public Spaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Zibetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Lorenzo-Louis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Amadio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HRI '26: 21st ACM/IEEE International Conference on Human-Robot Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2026, Edinburgh Scotland UK, United Kingdom. pp.589-593, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3776734.3794463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05478495v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La robotique et les roboticiens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de recherche interdisciplinaire 2RSHS, Epistémologie et robotique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04965263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anthropomorphisme comportemental : Vers d'autres robots sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwen Belkaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'Objets : Un nouvel art de faire (2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lannion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults in the loop: Robot mediation and child-adult interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child-Robot Interaction - CRI25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05131601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empowering Neurodiversity: Rethinking interaction with children with Autism Spectrum Disorder through robotic mediation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Gaulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE RO-MAN 2025, Workshop: Robots for Humans: Empowerment Through Co-Creative and Social Robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Eindhoven, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05232914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What Can Robots Teach Us About Trust and Reliance? An interdisciplinary dialogue between Social Sciences and Social Robotics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta Zibetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Aloe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Amadio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th International Workshop on Human-Friendly Robotics 2025, HFR 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli Studi di Napoli Federico II, Jun 2025, Capri Island, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05157054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots, AIs and the domains of likeness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Cultures of Research” International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Käte Hamburger Kolleg c:o/re, Mar 2025, Aachen (Aix la Chapelle), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots sociaux : Explorer de nouvelles formes d'interaction auprès d'enfants avec Trouble du spectre de l'autisme (TSA)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilda Gaulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pitti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'Objets : Un nouvel art de faire (2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Lannion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La confiance dans l’IA : Un piège épistémologique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Wacquez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'hiver de l'IDHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Humanités Numériques, Dec 2025, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05421102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Épistémologies en reconfiguration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude RE:24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Joffrey Becker; Lilyana Petrova; Syd Reynal, Oct 2024, Cergy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viewing Machines: Ethos and Praxis in Computer Vision</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RobNA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, R4; R3Mob; ROBSYS, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche anthropologique des interactions humain - machine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École thématique XIHO24 / Expérimenter l'interaction humain-objet : théories, méthodologies, analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation de l'impact d'une technologie robotique dans la société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e journée nationale des roboticiens à l'heure des défis écologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04747839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La robotique sociale par delà l'anthropomorphisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École thématique XIHO24 / Expérimenter l'interaction humain-objet : théories, méthodologies, analyses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04765210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experiments in Digitalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EASST-4S 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASST; Society for Social Studies of Science, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04659606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les robots sont-ils de bons simulateurs d'interactions ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">École d'hiver de l'IDHN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Humanités Numériques, Dec 2024, L'Isle-Adam, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots at work: Stealing, creating and transforming labour in the digital age</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Egalitarian Futures Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bergen; Centre Universitaire de Norvège à Paris, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04859695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un algo pour les gouverner tous ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Drôles d'objets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Nancy, France. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.12784053⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04655364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'autonomie des systèmes de production agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque LaborIA - Les transformations du travail par l'intelligence artificielle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère du Travail, du Plein emploi et de l'Insertion; INRIA; Matrice, Sep 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04222528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Making Sense of Intelligent Systems, From Conception Practices to Interaction Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Explainable AI – Explanations in AI</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Markus Pantsar, Frederik Stjernfelt, Käte Hamburger Kolleg (c:o/re) RWTH Aachen University, Feb 2022, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre dans une boucle : Ethnographie visuelle des routines dans une exploitation laitière robotisée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Psyphine 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03885534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-like remains and their animation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Can robots die? Possibilities and limitations of animism in human-machine relationships</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fondation France-Japon de l'EHESS; Air Liquide, Dec 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03897647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How do we make sense of a robot’s behavior? An experimental case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IACS4- 4th Conference of the International Association for Cognitive Semiotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, KU Leuven; RWTH Aachen University, Jun 2022, Virtual Conference, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meeting the Alien: Experimenting with Post-Biological forms of Life</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethnographies of Outer Space: Methodological Opportunities and Experiments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Department of Sociology and Social Research, Sep 2022, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living in a Loop: A Visual Ethnography of Routines in a Robotic Dairy Farm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Anthropological Institute - Anthropology, AI and the Future of Human Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Virtual Conference, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI, robots and the reconfiguration of work</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rethinking Work: Life in the Age of Advanced Automation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hawke EU Jean Monnet Centre of Excellence; University of South Australia; TalentMiles, Sep 2022, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Picking Up Good Vibrations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Bianchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Scurto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Brandi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Robotics and Automation / ICRA-X Robotic Art Program, Sentimental Machines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Xi’an, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Humans, Machines and the Anthropology of Cybernetic Practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Käte Hamburger Kolleg Lecture Series: Cultures of Research – Digitalization of Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Käte Hamburger Kolleg (c:o/re) - RWTH Aachen University, Dec 2021, Aachen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concevoir des machines anthropomorphes. Ethnographie des pratiques de conception en robotique sociale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les interactions humains-robots</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CRFJ (CNRS-MEAE), Dec 2020, Jérusalem, Israël</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ça tourne ! Filmer les points de vue et conter les routines en élevage humanimachine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les animaux en ethnographie : quelles méthodes d’enquête, quelles postures éthiques ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Closed Ecologies of Cyber-Physical Systems: A Case Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOCOSMOS: Our Sense of Place, Our Sense of Life in the Universe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kevin Bonine [Biosphere 2 / University of Arizona], Régis Ferrière [iGLOBES International Research Center / CNRS, ENS, University of Arizona], Perig Pitrou [Collège de France / Paris Sciences &amp; Lettres Université], Istvan Praet [University of Roehampton in London], Feb 2018, Oracle, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03690038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenons-nous animistes au contact des robots ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'animisme aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’imitation de la vie en robotique entre fabrication et interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SÉMINAIRE « ANTHROPOLOGIE DE LA VIE ET DES REPRÉSENTATIONS DU VIVANT » Vie terrestre / Vie extraterrestre. La perspective de l’anthropologie de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Perig Pitrou; Observatoire de Paris; IRIS-PSL OCAV, Mar 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La voie lactée : Ethnographie des transactions au fil du circuit laitier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Lagneaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le lien social au regard de la circulation des biens, des personnes et des capitaux - Chaire Singleton 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Louvain, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un jeu de construction éclairé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Verhaegen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">D3/D5 Seminar : Social science meets Computer science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LORIA, Jun 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living Beside Machines / Living Inside Machines: The Mechanics of Everyday Life and its Control</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technology and the Re-imagination and Transformation of the Social</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Robotics and the Emergence of Cyber Physical Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Technologies and their Social Impact</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UiB - UCL, Nov 2016, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand les robots assemblent les humains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cycle de conférences du Laboratoire d'Anthropologie Sociale et Culturelle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire d'Anthropologie Sociale et Culturelle, Feb 2015, Liège, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735638v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot qui aimait l'art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8e Colloque International GeCSO, Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AGECSO, Jun 2015, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engrenages. À propos de l'imitation robotique de la nature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modélisation, construction et imitation des processus vitaux. Approche pluridisciplinaire du biomimétisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03698508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeux de robots / Jeux avec les robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e journée d'études sur les pratiques ludiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Thierry Wendling; CNRS; IIAC; LAHIC; EHESS, Jun 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03735598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The strange Life of climate objects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Teixido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurelien Gamboni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ripoll-Hurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meunier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence in International Environmental Negociations.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IDDRI/Sciences Po, Oct 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04525105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mécanisation du lien social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humain augmenté : état des lieux et perspectives critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut des Sciences de la Communication du CNRS, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03711858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Premiers pas dans l'expression d'émotions par le robot Nao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Monceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IHM '09: 21st International Conference on Association Francophone d'Interaction Homme-Machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Grenoble, France. pp.343-346, </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1629826.1629883⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demonstration: first steps in emotional expression of the humanoid robot Nao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Monceaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Boudier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mazel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM International Conference on Multimodal Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Cambridge, United States. pp.235-236, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/1647314.1647362⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robots, Intelligence artificielle et Société</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04210291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Living and Artificial Systems: Toward An Anthropology of Complex Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joffrey Becker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Annuelle de l'IRIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Paris, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03685343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId139"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03550469v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Aucouturier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Plantin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pitti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685116v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506124v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506128v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0g" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000369v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991692v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pi&#241;eyro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bianchini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.en.23018.softcontrol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.es.23018.softcontrol" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860151v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.fr.23018.softcontrol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086885v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.shpsa.2023.04.001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.220.0223" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684858v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10214" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10771" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705399v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.058.0084" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-W4WXZX24-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684924v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684911v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.2335" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698573v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.5463" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684884v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.2116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-99654-2_7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689960v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.zagur.2024.01.0017" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096848v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grimaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924303v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685296v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685277v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685286v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523965v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Teixido" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Meunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gamboni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ripoll-Hurier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.46503" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685307v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/node/54234" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688417v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vandieren.com/catalogue/link-human-robot/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690072v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232914v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Gaulard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106015v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131601v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020539v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101886v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421102v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965263v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659606v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747839v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765210v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765203v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067833v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859695v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747583v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747485v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655364v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12784053" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222528v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897647v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885534v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lagneaux" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690060v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798216v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698516v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694139v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798271v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690049v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685579v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Scurto" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Brandi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690044v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685382v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690038v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685399v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685354v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735664v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Verhaegen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685437v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685414v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735521v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735638v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685535v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698508v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735598v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525105v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gamboni" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711858v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685605v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monceaux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boudier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mazel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1629826.1629883" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685497v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1647314.1647362" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210291v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685343v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03550469v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Aucouturier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Plantin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Becker" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pitti" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685116v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506124v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Wacquez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0m" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05506128v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15o0g" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05000369v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andr&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutech" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991692v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Pi&#241;eyro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bianchini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.en.23018.softcontrol" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.es.23018.softcontrol" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860151v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.69564/able.fr.23018.softcontrol" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086885v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.shpsa.2023.04.001" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991714v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684791v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684837v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.220.0223" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684858v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10214" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075467v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tc.10771" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705399v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mult.058.0084" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/B18-W4WXZX24-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684924v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684911v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.2335" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698573v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.5463" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03684884v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gradhiva.2116" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05343731v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-99654-2_7" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689960v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.zagur.2024.01.0017" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03096848v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Grimaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924303v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685277v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685296v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685286v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04523965v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Teixido" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Meunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Gamboni" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ripoll-Hurier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.46503" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685307v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.actes-sud.fr/node/54234" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688417v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vandieren.com/catalogue/link-human-robot/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690072v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541160v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478495v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Zibetti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Lorenzo-Louis" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Amadio" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3776734.3794463" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04965263v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106015v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwen Belkaid" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131601v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232914v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Gaulard" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157054v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Aloe" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05020539v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101886v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421102v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747485v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747583v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765203v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04747839v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04765210v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659606v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05067833v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859695v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655364v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.12784053" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222528v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690060v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885534v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Lagneaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03897647v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698516v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798216v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694139v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798271v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685579v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Scurto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Brandi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690049v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690044v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685382v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690038v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685437v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685354v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735664v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Verhaegen" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685414v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735521v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735638v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685535v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03698508v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735598v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525105v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Gamboni" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711858v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685605v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Monceaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Boudier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mazel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1629826.1629883" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685497v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1647314.1647362" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210291v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03685343v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>