--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -3984,273 +3984,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02591099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaboration corrélation – méthode variationnelle pour une estimation robuste du flot optique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etude expérimentale d'une couche de mélange anisotherme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Héas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Navaza</w:t>
+                <w:t xml:space="preserve">Malick Ndoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Dorignac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Arroyo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Delville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03358592v1</w:t>
+                <w:t xml:space="preserve">hal-03361712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale d'une couche de mélange anisotherme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Collaboration corrélation – méthode variationnelle pour une estimation robuste du flot optique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Heitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Héas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Malick Ndoye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eva Dorignac</w:t>
+                <w:t xml:space="preserve">V. Navaza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Mémin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361712v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4815,51 +4815,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059641v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Carlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collewet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/vs7y-8b3p" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04334742v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Cap" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Heitz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Buisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00704-023-04642-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03863235v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Georgeault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279299v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279569v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418735v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fiabane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409794v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjovi Sodjavi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.592" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233501v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Queiros-Conde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Grosu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Stanislas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e17042198" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04129987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793380v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Cammilleri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Gu&#233;niat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R. Pastur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;min" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-013-0293-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772297v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Artana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383669v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parnaudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2957018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914361v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#233;as" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-008-0567-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-577WKSS1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00072384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138081v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Foucaut" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04042326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Katurji" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongqi Lin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03864547v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345968v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quenol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Arroyo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21607.65441" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03867749v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606285v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemer Anda Ondo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341043v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087610v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189111v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02283161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578477v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemer Anda-Ondo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01514361v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221768v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda-Ondo Diemer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collewet Christophe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier Johan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439994v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chatelain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Leroy-Chesneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441308v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422845v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Youssef" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dorignac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00433388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papadakis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390919v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Degouet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591099v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358592v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H&#233;as" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Navaza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361712v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ndoye" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2158" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416023v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arroyo Georges" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeault Philippe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubat Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallian Laurence" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623191v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059641v3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Carlier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Collewet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/vs7y-8b3p" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04334742v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Le Cap" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Qu&#233;nol" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Heitz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Buisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00704-023-04642-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03863235v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Regnaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Georgeault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279299v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03279569v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418735v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fiabane" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409794v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kodjovi Sodjavi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2016.592" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233501v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Queiros-Conde" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Grosu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Stanislas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e17042198" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04129987v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00793380v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Cammilleri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florimond Gu&#233;niat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc R. Pastur" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne M&#233;min" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-013-0293-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00772297v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Artana" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383669v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Parnaudeau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lamballais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2957018" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00914361v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#233;as" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00348-008-0567-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-577WKSS1-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00072384v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00138081v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Foucaut" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04042326v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwan Katurji" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongqi Lin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-1425" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03864547v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03345968v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Quenol" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413485v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Arroyo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Guibert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.21607.65441" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03867749v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606285v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemer Anda Ondo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03341043v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03280192v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03087610v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189111v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02283161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578477v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diemer Anda-Ondo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01514361v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04221768v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anda-Ondo Diemer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collewet Christophe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlier Johan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03439994v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Chatelain" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Leroy-Chesneau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Aubrun" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441308v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03422845v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Youssef" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Delville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Dorignac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00433388v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Papadakis" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390919v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Degouet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591099v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361712v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Ndoye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358592v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. H&#233;as" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Navaza" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607312v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.2158" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416023v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arroyo Georges" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgeault Philippe" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubat Michel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wallian Laurence" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03623191v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>