--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -368,295 +368,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05220607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay of competition and facilitation in grazing succession by migrant Serengeti herbivores</w:t>
+                <w:t xml:space="preserve">Environmental DNA highlights the influence of salinity and agricultural run-off on coastal fish assemblages in the Great Barrier Reef region</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Michael Anderson</w:t>
+                <w:t xml:space="preserve">Aashi Parikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Staci Hepler</w:t>
+                <w:t xml:space="preserve">Adam Stow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ricardo Holdo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Robert Erhardt</w:t>
+                <w:t xml:space="preserve">Michael St J. Warne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Chivas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/science.adg0744⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 349, pp.123954. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04461495v1</w:t>
+                <w:t xml:space="preserve">hal-04550427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental DNA highlights the influence of salinity and agricultural run-off on coastal fish assemblages in the Great Barrier Reef region</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interplay of competition and facilitation in grazing succession by migrant Serengeti herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Michael Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Staci Hepler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aashi Parikh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johan Pansu</w:t>
+                <w:t xml:space="preserve">Ricardo Holdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Stow</w:t>
+                <w:t xml:space="preserve">Jason Donaldson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael St J. Warne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Chivas</w:t>
+                <w:t xml:space="preserve">Robert Erhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 349, pp.123954. </w:t>
+              <w:t xml:space="preserve">Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 383 (6684), pp.782-788. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.123954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/science.adg0744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04550427v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04461495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large-herbivore nemabiomes: patterns of parasite diversity and sharing</w:t>
               </w:r>
@@ -802,51 +802,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew C Hutchinson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Michael Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariska Te Beest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1021,299 +1021,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The gastrointestinal nematodes of plains and Grevy's zebras: Phylogenetic relationships and host specificity</w:t>
+                <w:t xml:space="preserve">Global data on earthworm abundance, biomass, diversity and corresponding environmental properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kaia J Tombak</w:t>
+                <w:t xml:space="preserve">Helen R. P. Phillips</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christina B Hansen</w:t>
+                <w:t xml:space="preserve">Elizabeth M. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John M Kinsella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johan Pansu</w:t>
+                <w:t xml:space="preserve">Marie L. C. Bartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert M Pringle</w:t>
+                <w:t xml:space="preserve">Joanne M. Bennett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Beugnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijppaw.2021.10.007⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (1), pp.136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-021-00912-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04893149v1</w:t>
+                <w:t xml:space="preserve">hal-03233434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global data on earthworm abundance, biomass, diversity and corresponding environmental properties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The gastrointestinal nematodes of plains and Grevy's zebras: Phylogenetic relationships and host specificity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elizabeth M. Bach</w:t>
+                <w:t xml:space="preserve">Kaia J Tombak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie L. C. Bartz</w:t>
+                <w:t xml:space="preserve">Christina B Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joanne M. Bennett</w:t>
+                <w:t xml:space="preserve">John M Kinsella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémy Beugnon</w:t>
+                <w:t xml:space="preserve">Robert M Pringle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 8 (1), pp.136. </w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 16, pp.228-235. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41597-021-00912-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijppaw.2021.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03233434v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04893149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and biotic drivers of soil microbial β‐diversity across spatial and phylogenetic scales</w:t>
               </w:r>
@@ -1829,337 +1829,337 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03750500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstructing long-term human impacts on plant communities: an ecological approach based on lake sediment DNA</w:t>
+                <w:t xml:space="preserve">Long-lasting modification of soil fungal diversity associated with the introduction of rabbits to a remote sub-Antarctic archipelago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
+                <w:t xml:space="preserve">Richard C. Winkworth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
+                <w:t xml:space="preserve">Françoise Hennion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Boyer</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/mec.13136⟩</w:t>
+              <w:t xml:space="preserve">Biology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 11 (9), pp.20150408. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsbl.2015.0408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01878599v1</w:t>
+                <w:t xml:space="preserve">hal-01235755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-lasting modification of soil fungal diversity associated with the introduction of rabbits to a remote sub-Antarctic archipelago</w:t>
+                <w:t xml:space="preserve">Reconstructing long-term human impacts on plant communities: an ecological approach based on lake sediment DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard C. Winkworth</w:t>
+                <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Hennion</w:t>
+                <w:t xml:space="preserve">Gentile Francesco Ficetola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Taberlet</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (7), pp.1485 - 1498. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.13136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsbl.2015.0408⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01235755v1</w:t>
+                <w:t xml:space="preserve">hal-01878599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long livestock farming history and human landscape shaping revealed by lake sediment DNA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2777,51 +2777,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental DNA metabarcoding to investigate historic changes in biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Ficetola Gentile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2889,77 +2889,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DNA barcoding from lake sediments: an unprecedented &amp;quot;deep&amp;quot; view of past vegetation dynamics and human land-use</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3014,51 +3014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire des activités agro-pastorale et des paysages de montagne révélée par l'ADN sédimentaire lacustre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3139,77 +3139,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lake sediment DNA barcoding: a new tool to reconstruct past human activities and plant cover?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Pansu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Taberlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Gielly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3686,51 +3686,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire des activités agricoles et des paysages révélée par un outil en plein essor : l’ADN sédimentaire lacustre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charline Giguet-Covex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Poulenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4469,51 +4469,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245293v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chivas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carlin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gruythuysen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Merten Cruz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.70180" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220607v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Benoiston" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cuenot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Louisanna" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4909" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461495v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Michael Anderson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Staci Hepler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Holdo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Donaldson" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Erhardt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adg0744" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550427v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aashi Parikh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stow" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael St J. Warne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123954" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873972v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Titcomb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hutchinson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaia Tombak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hansen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2702" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818069v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C Hutchinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariska Te Beest" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen M Begg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2204400119" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169175v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle B Chapman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant C Hose" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony A Chariton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/mf20269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893149v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaia J Tombak" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina B Hansen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Kinsella" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Pringle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2021.10.007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233434v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen R. P. Phillips" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth M. Bach" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L. C. Bartz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne M. Bennett" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Beugnon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00912-z" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chalmandrier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04492" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352980v3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Phillips" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Guerra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L C Bartz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J I Briones" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Brown" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aax4851" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375694v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Alsos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s B&#225;lint" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15060" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750500v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13143" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878599v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13136" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVHZL6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01235755v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Winkworth" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hennion" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2015.0408" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00944038v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4211" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873870v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873935v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873893v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894434v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Smith" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Turner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879611v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boyer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933763v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932029v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869907v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tocaben" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837120v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#235;l Chieux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delorme" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Derian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uma Disdier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872818v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce E Deagle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Mcinnes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Traugott" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fouinat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abran" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Alami" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Bertrand" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Bessonnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Drouet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495998v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieux Abigael" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delorme Samuel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disdier Uma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01555686v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENV058" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245293v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Pansu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chivas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carlin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Gruythuysen" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Merten Cruz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/edn3.70180" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05220607v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Zinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Benoiston" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Cuenot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leroy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Louisanna" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adx4909" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550427v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aashi Parikh" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Stow" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael St J. Warne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.123954" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04461495v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Michael Anderson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Staci Hepler" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Holdo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Donaldson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Erhardt" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adg0744" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873972v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgia Titcomb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Hutchinson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaia Tombak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hansen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.2702" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818069v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew C Hutchinson" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariska Te Beest" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen M Begg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2204400119" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169175v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle B Chapman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grant C Hose" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony A Chariton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/mf20269" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233434v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen R. P. Phillips" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth M. Bach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L. C. Bartz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanne M. Bennett" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Beugnon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00912-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893149v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaia J Tombak" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina B Hansen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John M Kinsella" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert M Pringle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2021.10.007" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032726v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chalmandrier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boyer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Coissac" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04492" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352980v3" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Phillips" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Guerra" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie L C Bartz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J I Briones" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Brown" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.aax4851" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375694v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bonin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Alsos" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikl&#243;s B&#225;lint" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Bik" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.15060" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03750500v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ohlmann" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Mazel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13143" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01235755v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C. Winkworth" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Hennion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Gielly" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Taberlet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2015.0408" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01878599v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Giguet-Covex" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gentile Francesco Ficetola" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.13136" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVHZL6VT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00944038v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Arnaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Griggo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms4211" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873806v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873870v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eme" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873935v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873893v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873905v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894434v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachael Smith" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan Turner" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01879611v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ficetola Gentile" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boyer" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00931929v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00933763v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Poulenard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sabatier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00932029v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869907v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tocaben" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Colas" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837120v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Blanchard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abiga&#235;l Chieux" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Delorme" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Derian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uma Disdier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872818v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce E Deagle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie C. Mcinnes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Traugott" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01478824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bajard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fouinat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495991v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Abran" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufiane Alami" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Bertrand" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trystan Bessonnier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Drouet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495981v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bernard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Maniouloux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Capitaine" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Petrilli" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissam Dich" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495998v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieux Abigael" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delorme Samuel" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Disdier Uma" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01555686v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENV058" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>