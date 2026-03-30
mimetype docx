--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -608,846 +608,846 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05407149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mondes de l’écrit et société de l’information à l’époque moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 149, pp.13-21, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/chrhc.16135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Litigation and the elements of proof in the Mediterranean (16th-19th c.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Kaiser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quaderni Storici</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 153 (51, 3), pp.619-776, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La compilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Petitjean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hypothèses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 113, pp.15-93, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du livre à l’information : un tournant historiographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 150, pp.169-192. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/chrhc.17083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03456373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mondes de l’écrit et société de l’information à l’époque moderne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d’histoire. Revue d’histoire critique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 149, pp.13-21. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/chrhc.16179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inscribing, Writing and Drawing in the Prisons of the Inquisition. Methodological Issues and Research Perspectives on Graffiti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni Storici</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Graffiti: new perspectives from the inquisitorial prison in Palermo, 53 (157), pp.15-38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1408/91117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05398658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Litigation and the elements of proof in the Mediterranean (16th-19th c.): an introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Kaiser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni Storici</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 3, pp.619-632. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1408/86397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05399224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gênes et le bon gouvernement de l’information (1665-1670)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers de la Méditerranée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 85, pp.215-232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/cdlm.6807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Nous sommes faibles». Guillaume Du Vair e la fine della Lega a Marsiglia: costruzione e finzione di un ritorno all'ordine (1596-1616)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Petitjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Micallef</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaderni Storici</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 47 (139, 1), pp.287-316</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400751v1</w:t>
-              </w:r>
-[...272 lines deleted...]
-                <w:t xml:space="preserve">hal-05400944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1784,51 +1784,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399191v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petitjean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512161v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud-Vivien Fossier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Revest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/book/9789004277199/B9789004277199-s008.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004277199_008" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407096v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407118v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407149v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.129585" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456373v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.17083" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374296v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.16179" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398658v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/91117" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399224v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kaiser" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/86397" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400719v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6807" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400751v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Micallef" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400799v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.16135" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400840v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400944v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511440v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399191v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Petitjean" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/365" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02512161v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud-Vivien Fossier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Revest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407072v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brill.com/display/book/9789004277199/B9789004277199-s008.xml" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004277199_008" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407096v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407118v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407149v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.129585" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400799v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lamy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.16135" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400840v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kaiser" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400944v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03456373v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.17083" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374296v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.16179" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398658v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/91117" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399224v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1408/86397" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400719v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cdlm.6807" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400751v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Micallef" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511440v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05398503v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>