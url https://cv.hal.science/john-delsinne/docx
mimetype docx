--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> John Delsinne </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">ATER Littérature / Traduction à l'Université Sorbonne Nouvelle</w:t>
+        <w:t xml:space="preserve">Docteur en études anglophones</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -111,62 +111,93 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Adresse mail: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">john.delsinne@sorbonne-nouvelle.fr</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">John Delsinne est actuellement attaché temporaire d’enseignement et de recherche (ATER) à l’Université Sorbonne Nouvelle. Il est dans la phase finale de rédaction d'une thèse intitulée « la représentation des batailles dans les </w:t>
+        <w:t xml:space="preserve">2026: Docteur en études anglophones. Thèse sous la direction de Madame le Professeur Line Cottegnies (Sorbonne Université). Sujet: &amp;quot;‘Minding true things by what their mockeries be’ : la représentation des batailles dans les Henriades de William Shakespeare&amp;quot;. Soutenue le 14 mars 2026 devant un jury composé de:</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> de William Shakespeare » sous la direction de Madame le Professeur Line Cottegnies à Sorbonne Université.</w:t>
+        <w:t xml:space="preserve">Madame le Professeur Pascale Drouet, Université de Poitiers</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Madame le Professeur Florence March, Université Paul-Valéry Montpellier 3 (rapportrice)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Madame le Professeur émérite Gisèle Venet, Université Sorbonne Nouvelle (présidente)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Monsieur le Professeur Rémi Vuillemin, Université de Strasbourg (rapporteur)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Jury de concours:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">2026: Concours d'entrée des ENS.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -1123,51 +1154,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AB029EB1"/>
+    <w:nsid w:val="2A091015"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>