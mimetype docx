--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> John Palmeri </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Senior CNRS Research Scientist (Directeur de Recherche CNRS)Laboratoire Charles CoulombUMR 5221CNRS - Université de Montpellier</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">john-palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6337-0955</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">06872876X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> applied to Biophysics; Theoretical Physics of Soft and Living Matter; Physical Chemistry;Nanofluidics, Membrane Transport & Nanofiltration, Genome Physics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles starting from 1998 are on HAL, see Google Scholar for the full list:</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?user=05VQ-3kAAAAJ&hl=en&oi=ao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2001] Habilitation à Diriger des Recherches (HDR) French CNU section 28,   University of Montpellier, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Theory: From Traditional Condensed Matter to Artificial Membranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1989] Ph.D. in Theoretical Physics, University of Illinois at Urbana-Champaign,</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">USA - Thesis topic: </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">B-phase Nucleation and A-B Interface Dynamics in Superfluid 3He</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">; Thesis Advisor: Prof. A. J. Leggett.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1984] M.S. (Master's Degree) in Physics, University of Illinois, USA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1982] A.B. (Bachelor's Degree) in Physics, Princeton University, USA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PROFESSIONAL EXPERIENCE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2012- ] CNRS Researcher at the Charles Coulomb Laboratory,</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">CNRS-University of Montpellier, Department of Theoretical Physics,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2006-2012] CNRS Researcher, Toulouse Theoretical Physics Laboratory, CNRS UPS, Statistical Physics of Complex Systems group.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1993-2006] CNRS researcher at the European Institute of Membranes</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">(IEM), UMR 5635 (CNRS, ENSCM, University of Montpellier II).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Spring 1998] Visiting Professor – University of Colorado at Boulder, USA, Department</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">of Chemical Engineering.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1991-1993] Physicist – Institut Laue-Langevin (ILL) – Theoretical Physics Group(Grenoble, France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1989-1991] Postdoctoral researcher – Institute of Theoretical Physics, Saclay Nuclear Research Center (CEA) (Gif-sur-Yvette, France).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of the Bacterial Flagellar Motor's Energy Landscape, Viscous Load, and Torque Generation Across Diffusion Regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazul Jared Lopez-Alamilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley L Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pedaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chain decay and rates disorder in the totally asymmetric simple exclusion process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fred Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of cooperativity in the stochastic fluctuations of small systems with application to the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15, pp.32109. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-14570-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252827v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Quantum Capacitance on Electrolyte Conductivity through Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (8), pp.2177-2183. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c03248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Single-Walled Carbon Nanotube Functionalization on Ion and Water Molecule Transport at the Nanoscale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Mejri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.117. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nano14010117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04411217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromatin structure from high resolution microscopy: scaling laws and microphase separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loucif Remini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midas Segers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (2), pp.024408. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.024408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177307v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-Low Noise Measurements of Ionic Transport Within Individual Single-Walled Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bsawmaii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Delacou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerii Kotok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Méance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koutayba Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (47), pp.21970-21978. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4nr02941k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678527v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of ribosomes along messenger RNA: estimating kinetic rates from ribosome profiling experiments with a ballistic model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (10), pp.e1011522. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation time asymmetry in stator dynamics of the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Perez-Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (12), pp.eabl8112. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.abl8112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Dynamics investigations of ionic conductance at the nanoscale: role of the water model and geometric parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Mejri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mazouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 351, pp.118575. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molliq.2022.118575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between Born solvation, dielectric exclusion, and Coulomb attraction in spherical nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (4), pp.044601. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.104.044601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03350648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Conductance of Carbon Nanotubes: Confronting Literature Data with Nanofluidic Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (42), pp.22943-22950. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c08202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercoiled DNA and non-equilibrium formation of protein complexes: A quantitative model of the nucleoprotein ParBS partition complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (4), pp.e1008869. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATP-Driven Separation of Liquid Phase Condensates in Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Guilhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 79 (2), pp.293-303. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcel.2020.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated one dimensional effective long-range interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase P. Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (3), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling supercoiled DNA interacting with an anchored cluster of proteins: towards a quantitative estimation of chromosomal DNA supercoiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56 (6), pp.106153. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2002.00111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of a sliding clamp mechanism for the spreading of ParB at short genomic distance from bacterial centromere sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (12), pp.101861. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2020.101861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration performance prediction for brackish water desalination: case study of Tunisian groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ayman Kammoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Gassara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.27-39. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2020.25100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looping and clustering model for the organization of protein-DNA complexes on the bacterial genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.035002. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aaad39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conserved mechanism drives partition complex assembly on bacterial chromosomes and plasmids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxanne Debaugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Labourdette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (11), pp.e8516. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/msb.20188516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of charge regulation and flow slip in the ionic conductance of nanopores: An analytical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (1), pp.012605. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.98.012605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-activated transport of ions through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (33), pp.11976-11986. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7nr02976d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfing on protein waves: proteophoresis as a mechanism for bacterial genome partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (2), pp.028101. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.028101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variational approach to the liquid-vapor phase transition for hardcore ions in the bulk and in nanopores.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (4), pp.044107. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4959034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Transport through Uncharged Nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 110 (3), pp.655a. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bpj.2015.11.3504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through sub-10 nm diameter hydrophobic high-aspect ratio nanopores: experiment, theory and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.10135. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep10135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the use of activated carbon felts to remove Co2+,Ni2+ and Sr2+ from wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmi Caue Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Guevar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Dhoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schrive Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barre Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (3), pp.1705. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2014.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow closure of denaturation bubbles in DNA: twist matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87, pp.052703. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.87.052703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The vapor-liquid interface potential of (multi)polar fluids and its influence on ion solvation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorand Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titus Beu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 138, pp.154702. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4799938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nanofiltration in a &amp;quot;zero-rejection&amp;quot; process: the removal of Ni2+ and Co2+ from salty wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmi Caue Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schrive Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barre Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 51, pp.476. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19443994.2012.714526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of nanofiltration membrane technology for ceramic industry wastewater treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sánchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boletín de la Sociedad Española de Cerámica y Vidrio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 51, pp.103. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3989/cyv.152012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesoscopic models for DNA stretching under force: new results and comparison with experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35, pp.110. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epje/i2012-12110-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00745436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner and Subsurface Distribution of Water and Ions in Weakly and Highly Hydrophilic Uncharged Nanoporous Materials: A Molecular Dynamics Study of a Confined NaI Electrolyte Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Dweik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jouanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (1), pp.726-737. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp2078924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strand diffusion-limited closure of denaturation bubbles in DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 98, pp.38002. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/98/38002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00702529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic exclusion phase transition in neutral and weakly charged cylindrical nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 134 (7), pp.074706. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3526940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Simulation of Ion-Specific Effects in Confined Electrolyte Solutions Using Polarizable Forcefields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-A. Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dweik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (28), pp.12245-12257. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp103880s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between the Transport of Solutes Across Nanofiltration Membranes and the Thermal Properties of the Thin Active Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafedh Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nihel Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26, pp.2574-2583. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la9028723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Capillary Evaporation in Weakly Charged Nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (15), pp.158103. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.158103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variational approach for electrolyte solutions: from dielectric interfaces to charged nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (4), pp.041601. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.041601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of temperature on the rejection of neutral and charged solutes by Desal 5 DK nanofiltration membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafedh Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 246 (1 -3), pp.294 - 303. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2008.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling between denaturation and chain conformations in DNA: stretching, bending, torsion and finite size effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (3), pp.034104. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/21/3/034104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00316382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process modeling of brackish and seawater nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9, pp.263. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2009.815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic mechanism for experimentally observed anomalous elasticity of DNA in two dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 96 (11), pp.4464-4469. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bpj.2009.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of tertiary treatment by nanofiltration and reverse osmosis for water reuse in denim textile industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sghaier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 170 (1), pp.111 - 117. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2009.04.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal denaturation of fluctuating finite DNA chains: the role of bending rigidity in bubble nucleation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77 (1), pp.011913. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.77.011913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized dual-mode modelling of xylene isomer sorption in polyvinylalcohol membranes containing alpha-cyclodextrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 317 (1-2), p. 2-13; doi:10.1016/j.memsci.2007.07.033. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.memsci.2007.07.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00170107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Denaturation of Fluctuating DNA Driven by Bending Entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.088103. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.088103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature on the Transport of Water and Neutral Solutes across Nanofiltration Membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (6), pp.2937. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la060268p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00170177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature dependance of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 199, pp.46-48. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2006.03.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels paramètres prendre en compte pour la modélisation de l'effet de température sur les performances en nanofiltration? Cas des solutés neutres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 93, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertraction of xylene isomers using cyclodextrin-containing membranes : mass transport mechanism and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahib Bouchtalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 200 (1-3), pp.103-105. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2006.03.258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation and characterization of Alpha-cyclodextrin containing membranes. Application to the selective extraction of xylene isomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (23), pp.9615-9625. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymer.2005.07.083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration theory : good co-ion exclusion approximation for single salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 109 (12), pp.5525-5540. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp0458710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00077788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of submicrometer aerosol penetration through sintered granular membrane filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Larbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 274 (1), pp.167 - 182. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2004.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration Theory: An Analytic Approach for Single Salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 108 (43), pp.16811 - 16824. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp048631t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration modeling: a comparative study of the salt filtration performance of a charged ceramic membrane and an organic nanofilter using the computer simulation program nanoflux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 32 (1-3), pp.117 - 126. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1383-5866(03)00076-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of multi-electrolyte transport in charged ceramic and organic nanofilters using the computer simulation program NanoFlux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 147 (1-3), pp.231 - 236. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0011-9164(02)00541-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedance and electrical potential across supported liquid membranes: role of interfacial potentials on the active transport of a metal cation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Aouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tronel-Peyroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 163 (1), pp.109 - 121. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0376-7388(99)00160-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of pressure-driven transport of neutral solutes and ions in porous ceramic nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 160 (2), pp.141 - 170. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0376-7388(99)00081-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01729694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the interface on the filtration performance of nanostructured zirconia ceramic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vacassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanostructured Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 10 (1), pp.77 - 88. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0965-9773(98)00022-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of (anti)cooperativity in the stochastic fluctuations of small systems: application to the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Physics of Living Systems (IPOLS) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Daniel Goldman, Georgia Tech, Aug 2023, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of stator recruitment and release in the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Perez-Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Physics of Living Systems (IPOLS) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th LIQUID MATTER CONFERENCE 2020/2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Czech Academy of Sciences and J. E. Purkinje University under the auspicies of the European Physical Society, Jul 2021, Prague (CZ), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through metallic and semiconducting carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Journées de la Matière Condensée (JMC) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ions and water transport through µm-long single-walled carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Kribeche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontier in ion channel and nanopores: theory, experiments &amp; simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alberto Giacomello (Sapienza University of Rome); Carlo Guardiani (Sapienza University of Rome); Antonio Tinti (Sapienza University of Rome), Feb 2021, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated 1D effective long-range interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics and Low Dimensional Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin Michael Müller, Oct 2020, Pont-à-Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séparation de phase des à protéines liées l’ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ADN Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR ADN, Mar 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective long range interactions generated by polymer (DNA) fluctuations induce bound particle (protein) phase separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APS, Mar 2019, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration treatment for boron removal from ceramic industry wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Celades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromembrane 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physique théorique des systèmes biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etonnant Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of chemical and geometrical modifications on nanopore conductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PHYSICS OF MEMBRANE PROCESSES (PMP2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Étendard LabEx NUMEV GEM (Gene Expression Modeling)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LabEx NUMEV : Journée Bilan et Perspectives,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axe Modélisation, LabEx NUMEV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LabEx NUMEV 7ème Journées Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrolyte transport through single−walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DE LA MATIÈRE CONDENSÉE 2018 (JMC2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions in solution through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemontubes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical insights of electrolyte transport in nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DE LA MATIÈRE CONDENSÉE 2018 (JMC2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du transport en nanofluidique (nanofiltration)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Ecotech Dessalement 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-activated ionic transport through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of non−electrostatic interactions in Nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling Symposium, Membranes in Drinking and Industrial Water Production (MDIW2017))</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Leeuwarden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory and experiments on ionic transport through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STRONGLY COUPLED COULOMB SYSTEMS (SCCS) 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling dielectric exclusion effects in ionic transport through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling Symposium, Membranes in Drinking and Industrial Water Production (MDIW2017))</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Leeuwarden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-Activated Ion Transport through Single-Walled Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through hydrophobic nanopores: theory and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stat Phys 26</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie des Systèmes Stochastiques Contrôlés : Mécanismes de ségrégation du génome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Défi InphyNiTi, CNRS Mission pour l'interdisciplinarité (MI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet intégré « ADN et Génomes » du LabEx NUMEV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic nanofiltration applications in ceramic and related industry waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Celades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII World Congress On Ceramic Tile Quality - Qualicer 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Castellon de la Plana, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie du transport ionique en milieux nanoporeux chargé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATÉRIAUX 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarizable ion and colloid distributions near dielectric interfaces: A unified treatment of thermal and quantum dispersion (van der Waals) forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">88th ACS Colloids and Surface Science Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA under force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th GRISBi Meeting (Groupement de Recherche Interdisciplinaire sur les Systèmes Biologiques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport d’ions dans des nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex NUMEV, Atelier sur la dépollution des eaux : des applications au fondamental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new environmentally friendly process for removing heavy metals from wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferreira Esmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schrive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Environmental Science and Technology - CEST2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01733467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure of DNA denaturation bubbles coupled to chain elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EBSA European Biophysics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbon, Portugal. pp.S200-S200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00984415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoflux: un logiciel de prédiction des performances des membranes de nanofiltration (NF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1IERE ECOLE PRATIQUE D'ETE LABEX CHEMISYST - POLE CHIMIE BALARD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation and Modeling of the transport across Polymeric Nanoporous Membranes prepared by self assembly of block copolymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales en Nanosciences et Nanotechnologies (J3N)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA bubbles and bending: how conformational fluctuations modify base pairing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th EBSA European Biophysics Congress, August 23rd-27th 2011, Budapest, Hungary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Budapest, Hungary. pp.111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bubbles and Bending: how DNA's conformational fluctuations influence its thermal denaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling complex dynamics in biological systems - MIBS UPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des procédés de nanofiltration avec le logiciel NanoFlux : applications nucléaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schrive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CFM "Membranes et Nucléaire"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Marcoule, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Reverse Osmosis and Nanofiltration Desalination Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Workshop: Microsoft-CNRS Chair: Optimization for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process modelling of brackish and seawater nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Membranes in Drinking Water Production and Wastewater Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brackish and seawater desalination using NF and RO membranes: transport theory, modeling, and process simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDRC Continuing Professional Education and Training Program (CPET) Brackish and seawater desalination using NF and RO membranes: transport theory, modeling, and process simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication orale : &amp;quot;Evidence of change in the top surface layer structure of nanofiltration membrane due to operating temperature variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Organic Membranes 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Nanofiltration tertiary treatment of a textile wastewater in a denim facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ProMembrane International Conference "Membrane Technology in Water and Waste Water Treatment in Mediterranean Region"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Sfax, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Process modelling of brackish and seawater membrane nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Organic Membranes 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Process modeling of brackish and seawater nanofiltration (NF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes in Drinking Water Production and Wastewater Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature effect on solutes transport in nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Membrane Society Conference, 4 - August 16-18, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitex effluent treatment by membrane bioreactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Maghreb Conference on Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Quels paramètres prendre en compte pour la modélisation de l'effet de la température sur les performances en nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEMPRO 3 - April, 5-7, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Brackish and seawater nanofiltration (NF) modelling using nanoflux software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMTA Biennial Conference - July 30 - August 2, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral : &amp;quot;Modeling the membrane nanofiltration (NF) of brackish sea water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMED 2006 - May 21-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpelleir, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral : &amp;quot;Temperature dependence of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromembrane 2006 - September 24-28, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;L'utilisation du logiciel NanoFlux pour modéliser des procédés de nanofiltration dans l'industrie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Twardowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence CFM, "Applications Industrielles des Procédés Membranaires en Chimie et Production d'Energie" - June 13-14, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00082087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie du transport des ions et petites molécules dans les nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre de Recherche en Matière Condensée et Nanosciences (CRMCN) - March 17th, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00081847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation du logiciel NanoFlux pour modéliser des procédés de nanofiltration dans l'industrie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Travail "Chimie et Energie", Club Français des Membranes - February 4th, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00081845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Modeling of Translation with a Ballistic Model: Application to the Estimation of the Kinetic Parameters from Ribosome Sequencing Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the International Physics of Living Systems (iPoLS) Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ohmic and voltage-actived transport of ions through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT19: International Conference on the Science and Application of Nanotubes and Low-Dimensional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Würzburg, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO | EMBL Symposium: Cellular Mechanisms Driven by Liquid Phase Separation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Heidelberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Spatio-temporal Dynamic of Ribosome During Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défi Inphyniti Workshop (CNRS, MI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions and molecules inside carbon nanotubes : towards the detection of individual biomolecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3d Architecture of a Bacterial DNA Segregation Apparatus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nollmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Journée Scientifique du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through high aspect-ratio sub-10 nm diameter hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Selective transport through nanopores: physics meets biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lenzerheide, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure dynamics of DNA denaturation bubbles governed by torsional elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liquids 2014 (9th Liquid Matter Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture of a Bacterial DNA Segregation Apparatus : Experiments and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nollmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journée Scientifique du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA twist and bending govern the denaturation bubble slow dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling DNA segregation and positioning in the bacterial genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physico-mathematical modelling of intracellular molecular transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Kern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la ségrégation et du positionnementdu génome bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation physico-mathématique du transport moléculaire intracellulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Traitements membranaires d'effluents de l'industrie textile et dimensionnement d'une unité de nanofiltration - Cas de la SITEX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Temperature effect on rejection of neutral and charged solutes by nanofiltration membrane Desal 5 DK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Temperature dependence of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Pertraction of xylene isomers using cyclodextrin-containing membranes : mass transport mechanism and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Brackish and seawater nanofiltration (NF) modelling using nanoflux software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire : &amp;quot;Influence of temperature on performances of nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId348"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:128px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> John Palmeri </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Senior CNRS Research Scientist Emeritus  (CNRS Directeur de Recherche Émérite)Laboratoire Charles CoulombUMR 5221CNRS - Université de Montpellier</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">john-palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-6337-0955</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">06872876X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> applied to Biophysics; Theoretical Physics of Soft and Living Matter; Physical Chemistry;Nanofluidics, Membrane Transport & Nanofiltration, Genome Physics</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles starting from 1998 are on HAL, see Google Scholar for the full list:</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?user=05VQ-3kAAAAJ&hl=en&oi=ao</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">EDUCATION</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2001] Habilitation à Diriger des Recherches (HDR) French CNU section 28,   University of Montpellier, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transport Theory: From Traditional Condensed Matter to Artificial Membranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1989] Ph.D. in Theoretical Physics, University of Illinois at Urbana-Champaign,</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">USA - Thesis topic: </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">B-phase Nucleation and A-B Interface Dynamics in Superfluid 3He</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">; Thesis Advisor: Prof. A. J. Leggett.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1984] M.S. (Master's Degree) in Physics, University of Illinois, USA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1982] A.B. (Bachelor's Degree) in Physics, Princeton University, USA.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">PROFESSIONAL EXPERIENCE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2026- ]  Senior CNRS Research Scientist Emeritus  (Directeur de Recherche CNRS Emerite)  at the Charles Coulomb Laboratory,</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">CNRS-University of Montpellier, Department of Theoretical Physics,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2012-2026 ] CNRS Researcher at the Charles Coulomb Laboratory,</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">CNRS-University of Montpellier, Department of Theoretical Physics,</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[2006-2012] CNRS Researcher, Toulouse Theoretical Physics Laboratory, CNRS UPS, Statistical Physics of Complex Systems group.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1993-2006] CNRS researcher at the European Institute of Membranes</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">(IEM), UMR 5635 (CNRS, ENSCM, University of Montpellier II).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Spring 1998] Visiting Professor – University of Colorado at Boulder, USA, Department</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">of Chemical Engineering.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1991-1993] Physicist – Institut Laue-Langevin (ILL) – Theoretical Physics Group(Grenoble, France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[1989-1991] Postdoctoral researcher – Institute of Theoretical Physics, Saclay Nuclear Research Center (CEA) (Gif-sur-Yvette, France).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction of the Bacterial Flagellar Motor's Energy Landscape, Viscous Load, and Torque Generation Across Diffusion Regimes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nazul Jared Lopez-Alamilla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley L Nord</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Pedaci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05423917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chain decay and rates disorder in the totally asymmetric simple exclusion process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fred Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04878246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (58)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of cooperativity in the stochastic fluctuations of small systems with application to the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15, pp.32109. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-025-14570-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04252827v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Quantum Capacitance on Electrolyte Conductivity through Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (8), pp.2177-2183. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c03248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04234607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Single-Walled Carbon Nanotube Functionalization on Ion and Water Molecule Transport at the Nanoscale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Mejri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arroyo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.117. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nano14010117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04411217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromatin structure from high resolution microscopy: scaling laws and microphase separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loucif Remini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Midas Segers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109 (2), pp.024408. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.109.024408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04177307v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultra-Low Noise Measurements of Ionic Transport Within Individual Single-Walled Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Bsawmaii</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Delacou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerii Kotok</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Méance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Koutayba Saada</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (47), pp.21970-21978. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/d4nr02941k⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04678527v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of ribosomes along messenger RNA: estimating kinetic rates from ribosome profiling experiments with a ballistic model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (10), pp.e1011522. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1011522⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03832368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relaxation time asymmetry in stator dynamics of the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Perez-Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (12), pp.eabl8112. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.abl8112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Dynamics investigations of ionic conductance at the nanoscale: role of the water model and geometric parameters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alia Mejri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Mazouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Liquids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 351, pp.118575. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molliq.2022.118575⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03590631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Conductance of Carbon Nanotubes: Confronting Literature Data with Nanofluidic Theory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Noury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 125 (42), pp.22943-22950. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c08202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03360790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Competition between Born solvation, dielectric exclusion, and Coulomb attraction in spherical nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 104 (4), pp.044601. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.104.044601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03350648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supercoiled DNA and non-equilibrium formation of protein complexes: A quantitative model of the nucleoprotein ParBS partition complex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (4), pp.e1008869. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1008869⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ATP-Driven Separation of Liquid Phase Condensates in Bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Guilhas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 79 (2), pp.293-303. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.molcel.2020.06.034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated one dimensional effective long-range interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase P. Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2 (3), </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevResearch.2.033377⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02950974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling supercoiled DNA interacting with an anchored cluster of proteins: towards a quantitative estimation of chromosomal DNA supercoiling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lepage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 56 (6), pp.106153. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48550/arXiv.2002.00111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04851307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of a sliding clamp mechanism for the spreading of ParB at short genomic distance from bacterial centromere sites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (12), pp.101861. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2020.101861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03052753v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration performance prediction for brackish water desalination: case study of Tunisian groundwater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Ayman Kammoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sana Gassara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 181, pp.27-39. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2020.25100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03089688v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looping and clustering model for the organization of protein-DNA complexes on the bacterial genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 20, pp.035002. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1367-2630/aaad39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conserved mechanism drives partition complex assembly on bacterial chromosomes and plasmids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roxanne Debaugny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Labourdette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Systems Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (11), pp.e8516. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/msb.20188516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01926457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of charge regulation and flow slip in the ionic conductance of nanopores: An analytical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 98 (1), pp.012605. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.98.012605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01844602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-activated transport of ions through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanoscale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 9 (33), pp.11976-11986. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7nr02976d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01586169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surfing on protein waves: proteophoresis as a mechanism for bacterial genome partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Rech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 119 (2), pp.028101. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.119.028101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01493262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A variational approach to the liquid-vapor phase transition for hardcore ions in the bulk and in nanopores.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 145 (4), pp.044107. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4959034⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01360415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Transport through Uncharged Nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 110 (3), pp.655a. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bpj.2015.11.3504⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01696373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through sub-10 nm diameter hydrophobic high-aspect ratio nanopores: experiment, theory and simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.10135. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep10135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01162029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the use of activated carbon felts to remove Co2+,Ni2+ and Sr2+ from wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmi Caue Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celia Guevar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Dhoury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schrive Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barre Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (3), pp.1705. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jece.2014.06.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01161987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Slow closure of denaturation bubbles in DNA: twist matters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 87, pp.052703. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.87.052703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00822680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The vapor-liquid interface potential of (multi)polar fluids and its influence on ion solvation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorand Horvath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titus Beu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 138, pp.154702. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.4799938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00806295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using nanofiltration in a &amp;quot;zero-rejection&amp;quot; process: the removal of Ni2+ and Co2+ from salty wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esmi Caue Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schrive Luc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barre Yves</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 51, pp.476. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/19443994.2012.714526⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of nanofiltration membrane technology for ceramic industry wastewater treatment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sánchez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Boletín de la Sociedad Española de Cerámica y Vidrio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 51, pp.103. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3989/cyv.152012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00808988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesoscopic models for DNA stretching under force: new results and comparison with experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35, pp.110. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1140/epje/i2012-12110-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00745436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inner and Subsurface Distribution of Water and Ions in Weakly and Highly Hydrophilic Uncharged Nanoporous Materials: A Molecular Dynamics Study of a Confined NaI Electrolyte Solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jalal Dweik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Jouanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gouze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 116 (1), pp.726-737. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp2078924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00682155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strand diffusion-limited closure of denaturation bubbles in DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EPL - Europhysics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 98, pp.38002. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1209/0295-5075/98/38002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00702529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic exclusion phase transition in neutral and weakly charged cylindrical nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of Chemical Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 134 (7), pp.074706. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/1.3526940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular Simulation of Ion-Specific Effects in Confined Electrolyte Solutions Using Polarizable Forcefields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.-A. Cazade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Dweik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Coasne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry C</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 114 (28), pp.12245-12257. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp103880s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00525997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interplay between the Transport of Solutes Across Nanofiltration Membranes and the Thermal Properties of the Thin Active Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafedh Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nihel Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26, pp.2574-2583. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la9028723⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic Capillary Evaporation in Weakly Charged Nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 105 (15), pp.158103. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.158103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00559645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variational approach for electrolyte solutions: from dielectric interfaces to charged nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahin Buyukdagli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 81 (4), pp.041601. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.81.041601⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process modeling of brackish and seawater nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9, pp.263. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5004/dwt.2009.815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microscopic mechanism for experimentally observed anomalous elasticity of DNA in two dimensions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biophysical Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 96 (11), pp.4464-4469. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bpj.2009.03.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00417510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling between denaturation and chain conformations in DNA: stretching, bending, torsion and finite size effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 21 (3), pp.034104. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0953-8984/21/3/034104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00316382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of temperature on the rejection of neutral and charged solutes by Desal 5 DK nanofiltration membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafedh Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 246 (1 -3), pp.294 - 303. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2008.03.056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00426722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of tertiary treatment by nanofiltration and reverse osmosis for water reuse in denim textile industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sghaier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 170 (1), pp.111 - 117. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2009.04.130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00425046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal denaturation of fluctuating finite DNA chains: the role of bending rigidity in bubble nucleation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77 (1), pp.011913. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevE.77.011913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generalized dual-mode modelling of xylene isomer sorption in polyvinylalcohol membranes containing alpha-cyclodextrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 317 (1-2), p. 2-13; doi:10.1016/j.memsci.2007.07.033. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.memsci.2007.07.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00170107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Denaturation of Fluctuating DNA Driven by Bending Entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.088103. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.088103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00123812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of Temperature on the Transport of Water and Neutral Solutes across Nanofiltration Membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Langmuir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (6), pp.2937. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/la060268p⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00170177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature dependance of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 199, pp.46-48. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2006.03.139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels paramètres prendre en compte pour la modélisation de l'effet de température sur les performances en nanofiltration? Cas des solutés neutres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Récents Progrès en Génie des Procédés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 93, pp.1-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertraction of xylene isomers using cyclodextrin-containing membranes : mass transport mechanism and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salah Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sahib Bouchtalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 200 (1-3), pp.103-105. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.desal.2006.03.258⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation and characterization of Alpha-cyclodextrin containing membranes. Application to the selective extraction of xylene isomers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polymer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 46 (23), pp.9615-9625. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.polymer.2005.07.083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration theory : good co-ion exclusion approximation for single salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 109 (12), pp.5525-5540. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp0458710⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00077788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of submicrometer aerosol penetration through sintered granular membrane filters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonia Marre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Larbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Bertrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 274 (1), pp.167 - 182. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2004.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration Theory: An Analytic Approach for Single Salts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Physical Chemistry B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 108 (43), pp.16811 - 16824. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jp048631t⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration modeling: a comparative study of the salt filtration performance of a charged ceramic membrane and an organic nanofilter using the computer simulation program nanoflux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Separation and Purification Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 32 (1-3), pp.117 - 126. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S1383-5866(03)00076-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01740642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling of multi-electrolyte transport in charged ceramic and organic nanofilters using the computer simulation program NanoFlux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Sandeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Desalination</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 147 (1-3), pp.231 - 236. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0011-9164(02)00541-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01726820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory of pressure-driven transport of neutral solutes and ions in porous ceramic nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Larbot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 160 (2), pp.141 - 170. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0376-7388(99)00081-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01729694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impedance and electrical potential across supported liquid membranes: role of interfacial potentials on the active transport of a metal cation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Canet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Vanel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Aouad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Tronel-Peyroz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Membrane Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 163 (1), pp.109 - 121. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0376-7388(99)00160-X⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the interface on the filtration performance of nanostructured zirconia ceramic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Vacassy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Guizard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanostructured Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 10 (1), pp.77 - 88. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0965-9773(98)00022-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01727501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of (anti)cooperativity in the stochastic fluctuations of small systems: application to the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Physics of Living Systems (IPOLS) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Daniel Goldman, Georgia Tech, Aug 2023, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of stator recruitment and release in the bacterial flagellar motor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-José Franco-Oñate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruben Perez-Carrasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Physics of Living Systems (IPOLS) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CNRS, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th LIQUID MATTER CONFERENCE 2020/2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Czech Academy of Sciences and J. E. Purkinje University under the auspicies of the European Physical Society, Jul 2021, Prague (CZ), Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through metallic and semiconducting carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théo Hennequin-Nespoulous</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17ème Journées de la Matière Condensée (JMC) 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Société Française de Physique (SFP), Aug 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ions and water transport through µm-long single-walled carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Herlem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amine Kribeche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontier in ion channel and nanopores: theory, experiments &amp; simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Alberto Giacomello (Sapienza University of Rome); Carlo Guardiani (Sapienza University of Rome); Antonio Tinti (Sapienza University of Rome), Feb 2021, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase separation of polymer-bound particles induced by loop-mediated 1D effective long-range interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Statistical Physics and Low Dimensional Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Martin Michael Müller, Oct 2020, Pont-à-Mousson, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séparation de phase des à protéines liées l’ADN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR ADN Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR ADN, Mar 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effective long range interactions generated by polymer (DNA) fluctuations induce bound particle (protein) phase separation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chase Broedersz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APS March Meeting 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APS, Mar 2019, Boston (MA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet Étendard LabEx NUMEV GEM (Gene Expression Modeling)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LabEx NUMEV : Journée Bilan et Perspectives,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanofiltration treatment for boron removal from ceramic industry wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Celades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andre Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromembrane 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02071720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of chemical and geometrical modifications on nanopore conductivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PHYSICS OF MEMBRANE PROCESSES (PMP2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Bologna, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physique théorique des systèmes biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etonnant Vivant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axe Modélisation, LabEx NUMEV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Jourdan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LabEx NUMEV 7ème Journées Scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrolyte transport through single−walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Henn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DE LA MATIÈRE CONDENSÉE 2018 (JMC2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions in solution through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemontubes 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Biarritz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theoretical insights of electrolyte transport in nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNÉES DE LA MATIÈRE CONDENSÉE 2018 (JMC2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-activated ionic transport through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT17</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Belo Horizonte, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910269v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation du transport en nanofluidique (nanofiltration)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre Ecotech Dessalement 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signature of non−electrostatic interactions in Nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling Symposium, Membranes in Drinking and Industrial Water Production (MDIW2017))</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Leeuwarden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Theory and experiments on ionic transport through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STRONGLY COUPLED COULOMB SYSTEMS (SCCS) 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Kiel, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling dielectric exclusion effects in ionic transport through hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling Symposium, Membranes in Drinking and Industrial Water Production (MDIW2017))</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Leeuwarden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through hydrophobic nanopores: theory and experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stat Phys 26</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voltage-Activated Ion Transport through Single-Walled Carbon Nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MRS Fall Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01910265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie des Systèmes Stochastiques Contrôlés : Mécanismes de ségrégation du génome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Défi InphyNiTi, CNRS Mission pour l'interdisciplinarité (MI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet intégré « ADN et Génomes » du LabEx NUMEV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic nanofiltration applications in ceramic and related industry waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Moliner-Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Celades</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII World Congress On Ceramic Tile Quality - Qualicer 14</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Castellon de la Plana, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polarizable ion and colloid distributions near dielectric interfaces: A unified treatment of thermal and quantum dispersion (van der Waals) forces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">88th ACS Colloids and Surface Science Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie du transport ionique en milieux nanoporeux chargé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MATÉRIAUX 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA under force</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th GRISBi Meeting (Groupement de Recherche Interdisciplinaire sur les Systèmes Biologiques)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport d’ions dans des nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex NUMEV, Atelier sur la dépollution des eaux : des applications au fondamental</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2013, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01947216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new environmentally friendly process for removing heavy metals from wastewater</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferreira Esmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schrive</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th International Conference on Environmental Science and Technology - CEST2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01733467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure of DNA denaturation bubbles coupled to chain elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th EBSA European Biophysics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2013, Lisbon, Portugal. pp.S200-S200</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00984415v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanoflux: un logiciel de prédiction des performances des membranes de nanofiltration (NF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1IERE ECOLE PRATIQUE D'ETE LABEX CHEMISYST - POLE CHIMIE BALARD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2012, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation and Modeling of the transport across Polymeric Nanoporous Membranes prepared by self assembly of block copolymers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales en Nanosciences et Nanotechnologies (J3N)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2011, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA bubbles and bending: how conformational fluctuations modify base pairing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th EBSA European Biophysics Congress, August 23rd-27th 2011, Budapest, Hungary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Budapest, Hungary. pp.111</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00983559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bubbles and Bending: how DNA's conformational fluctuations influence its thermal denaturation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modeling complex dynamics in biological systems - MIBS UPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation des procédés de nanofiltration avec le logiciel NanoFlux : applications nucléaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Schrive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque CFM "Membranes et Nucléaire"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Marcoule, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362242v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimization of Reverse Osmosis and Nanofiltration Desalination Systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Workshop: Microsoft-CNRS Chair: Optimization for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Palaiseau, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brackish and seawater desalination using NF and RO membranes: transport theory, modeling, and process simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDRC Continuing Professional Education and Training Program (CPET) Brackish and seawater desalination using NF and RO membranes: transport theory, modeling, and process simulation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2009, Casablanca, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00809012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Process modelling of brackish and seawater nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Membranes in Drinking Water Production and Wastewater Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00362213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication orale : &amp;quot;Evidence of change in the top surface layer structure of nanofiltration membrane due to operating temperature variation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Organic Membranes 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Nanofiltration tertiary treatment of a textile wastewater in a denim facility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ProMembrane International Conference "Membrane Technology in Water and Waste Water Treatment in Mediterranean Region"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Sfax, Tunisia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Process modelling of brackish and seawater membrane nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Organic Membranes 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Process modeling of brackish and seawater nanofiltration (NF)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes in Drinking Water Production and Wastewater Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00333778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temperature effect on solutes transport in nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Membrane Society Conference, 4 - August 16-18, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Taipei, Taiwan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sitex effluent treatment by membrane bioreactor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Maghreb Conference on Desalination and Water Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00274991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Quels paramètres prendre en compte pour la modélisation de l'effet de la température sur les performances en nanofiltration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEMPRO 3 - April, 5-7, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;Brackish and seawater nanofiltration (NF) modelling using nanoflux software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMTA Biennial Conference - July 30 - August 2, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Anaheim, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral : &amp;quot;Temperature dependence of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euromembrane 2006 - September 24-28, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Taormina, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oral : &amp;quot;Modeling the membrane nanofiltration (NF) of brackish sea water</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMED 2006 - May 21-25, 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpelleir, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00080879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Affiche : &amp;quot;L'utilisation du logiciel NanoFlux pour modéliser des procédés de nanofiltration dans l'industrie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Twardowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence CFM, "Applications Industrielles des Procédés Membranaires en Chimie et Production d'Energie" - June 13-14, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00082087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théorie du transport des ions et petites molécules dans les nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Centre de Recherche en Matière Condensée et Nanosciences (CRMCN) - March 17th, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00081847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'utilisation du logiciel NanoFlux pour modéliser des procédés de nanofiltration dans l'industrie chimique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groupe de Travail "Chimie et Energie", Club Français des Membranes - February 4th, 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00081845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical Modeling of Translation with a Ballistic Model: Application to the Estimation of the Kinetic Parameters from Ribosome Sequencing Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yahaya Ibrahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting of the International Physics of Living Systems (iPoLS) Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03691814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ohmic and voltage-actived transport of ions through single-walled carbon nanotubes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jourdain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NT19: International Conference on the Science and Application of Nanotubes and Low-Dimensional Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Würzburg, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04894925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling Spatio-temporal Dynamic of Ribosome During Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looping and Clustering: a statistical physics approach to protein-DNA complexes in bacteria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils-Ole Walliser</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO | EMBL Symposium: Cellular Mechanisms Driven by Liquid Phase Separation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Heidelberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01939915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Défi Inphyniti Workshop (CNRS, MI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transport of ions and molecules inside carbon nanotubes : towards the detection of individual biomolecule</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khadija Yazda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Said Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Thibaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Loubet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical modeling of active bacterial DNA segregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Walter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème Journées Scientifiques du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ionic transport through high aspect-ratio sub-10 nm diameter hydrophobic nanopores</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Picaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mikhael Bechelany</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Selective transport through nanopores: physics meets biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Lenzerheide, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3d Architecture of a Bacterial DNA Segregation Apparatus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nollmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème Journée Scientifique du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01950016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Closure dynamics of DNA denaturation bubbles governed by torsional elasticity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Liquids 2014 (9th Liquid Matter Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Lisbon, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Architecture of a Bacterial DNA Segregation Apparatus : Experiments and Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Bouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vladimir Lorman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Nollmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journée Scientifique du LabEx NUMEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA twist and bending govern the denaturation bubble slow dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manoel Manghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anil K. Dasanna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Destainville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soft Matter 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01948354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling DNA segregation and positioning in the bacterial genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physico-mathematical modelling of intracellular molecular transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Kern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la ségrégation et du positionnementdu génome bactérien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation physico-mathématique du transport moléculaire intracellulaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Parmeggiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norbert Kern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Dorignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Geniet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02106225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Traitements membranaires d'effluents de l'industrie textile et dimensionnement d'une unité de nanofiltration - Cas de la SITEX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Kechaou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Temperature effect on rejection of neutral and charged solutes by nanofiltration membrane Desal 5 DK</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00203538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication Orale : &amp;quot;Temperature dependence of water and neutral solutes transport in nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Pertraction of xylene isomers using cyclodextrin-containing membranes : mass transport mechanism and modelling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Touil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Tingry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouchtalla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séminaire : &amp;quot;Influence of temperature on performances of nanofiltration membranes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communication par Affiche : &amp;quot;Brackish and seawater nanofiltration (NF) modelling using nanoflux software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Palmeri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">X. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ben Amar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Saidani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Deratani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00133568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId348"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="841687FB"/>
+    <w:nsid w:val="1CA1C24F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/john-palmeri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6337-0955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06872876X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=05VQ-3kAAAAJ&amp;hl=en&amp;oi=ao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423917v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazul Jared Lopez-Alamilla" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Nord" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pedaci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palmeri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234607v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hennequin-Nespoulous" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Manghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noury" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Henn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jourdain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c03248" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Mejri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arroyo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herlem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14010117" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177307v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loucif Remini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midas Segers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.024408" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678527v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bsawmaii" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delacou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerii Kotok" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koutayba Saada" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr02941k" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mazouzi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2022.118575" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350648v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.044601" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360790v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c08202" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438826v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lepage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008869" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Guilhas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2020.06.034" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04851307v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2002.00111" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089688v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ayman Kammoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Gassara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Amar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deratani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2020.25100" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20188516" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844602v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Yazda" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Henn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.012605" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586169v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Tahir" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Loubet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr02976d" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.028101" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360415v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4959034" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696373v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.11.3504" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162029v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Balme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10135" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161987v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmi Caue Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Guevar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Dhoury" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schrive Luc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barre Yves" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2014.06.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21N07PRW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822680v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil K. Dasanna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Destainville" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.052703" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806295v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorand Horvath" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titus Beu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4799938" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808994v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19443994.2012.714526" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808988v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moliner-Salvador" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Deratani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#225;nchez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/cyv.152012" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745436v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12110-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682155v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Dweik" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jouanna" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gouze" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2078924" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702529v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/98/38002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559647v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahin Buyukdagli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3526940" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525997v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Cazade" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dweik" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Henn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp103880s" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439696v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Saidani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihel Ben Amar" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9028723" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.158103" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439698v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.041601" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426722v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ben Amar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2008.03.056" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0K0XJ5RF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316382v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/3/034104" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439694v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saidani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deratani" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2009.815" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417510v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.03.035" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425046v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kechaou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sghaier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2009.04.130" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVQKJ9TN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173154v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.011913" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170107v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touil" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouchtalla" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2007.07.033" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LB68C4NT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123812v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.088103" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170177v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la060268p" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-18K89JSC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133496v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.03.139" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RWZS70B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080863v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133530v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Touil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahib Bouchtalla" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.03.258" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08VH6NL2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080626v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.07.083" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVBJZQK6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077788v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefebvre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0458710" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XMF4F64B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740960v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Marre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Larbot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bertrand" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2004.01.003" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JMKTDWK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740858v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice David" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp048631t" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-63L1DZDF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740642v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lefebvre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Palmeri" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandeaux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sandeaux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P David" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1383-5866(03)00076-5" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG6H2GCD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01726820v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00541-6" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1M9WPCJZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01727919v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aouad" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tronel-Peyroz" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-7388(99)00160-X" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/263BC34E9CC43BD57C928B0F274948C9F1117420/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01729694v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larbot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-7388(99)00081-2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGXJ8MCK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01727501v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vacassy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guizard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0965-9773(98)00022-1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9Q6P3MP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901962v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901870v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895055v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Kribeche" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071720v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sanchez" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Celades" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947443v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947454v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947451v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947460v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jourdan" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947964v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910272v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947449v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947949v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910269v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947435v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947438v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947285v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910265v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947940v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947237v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947252v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718695v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947933v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947921v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947033v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947216v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733467v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferreira Esmi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schrive" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984415v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809128v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809039v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983559v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809029v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362242v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809023v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362213v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809012v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333773v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333620v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333790v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333778v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203517v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274991v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ben Amar" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080921v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080928v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080879v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080884v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082087v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Twardowski" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081847v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081845v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894925v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Tahir" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950263v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lorman" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950249v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950212v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thibaud" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950151v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950016v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nollmann" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948445v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948377v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948428v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948354v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106248v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106252v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106222v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106225v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203540v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203538v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133538v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133572v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133568v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133575v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/john-palmeri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6337-0955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/06872876X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?user=05VQ-3kAAAAJ&amp;hl=en&amp;oi=ao" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423917v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazul Jared Lopez-Alamilla" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley L Nord" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pedaci" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Palmeri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils-Ole Walliser" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04878246v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahaya Ibrahim" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dorignac" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fred Geniet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Walter" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04252827v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Parmeggiani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Geniet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-14570-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234607v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Hennequin-Nespoulous" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manoel Manghi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noury" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Henn" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jourdain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c03248" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04411217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Mejri" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arroyo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herlem" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Palmeri" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14010117" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177307v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loucif Remini" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Midas Segers" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.109.024408" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678527v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bsawmaii" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Delacou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerii Kotok" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;ance" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koutayba Saada" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr02941k" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03832368v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Dorignac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre David" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1011522" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03351194v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Perez-Carrasco" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Jos&#233; Franco-O&#241;ate" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Geniet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abl8112" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03590631v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Mazouzi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Picaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2022.118575" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360790v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c08202" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03350648v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.104.044601" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438826v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lepage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1008869" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391672v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Guilhas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Rech" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel David" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2020.06.034" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950974v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase P. Broedersz" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevResearch.2.033377" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04851307v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2002.00111" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03052753v2" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2020.101861" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089688v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ayman Kammoun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Gassara" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Amar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Deratani" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2020.25100" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561696v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/aaad39" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxanne Debaugny" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Sanchez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rech" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Labourdette" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/msb.20188516" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844602v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Yazda" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Henn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.98.012605" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01586169v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Tahir" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michel" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Loubet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7nr02976d" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Lorman" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Bouet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.119.028101" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01360415v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4959034" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696373v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Balme" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Bechelany" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.11.3504" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162029v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Balme" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep10135" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161987v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esmi Caue Ferreira" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Guevar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Dhoury" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schrive Luc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barre Yves" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2014.06.009" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-21N07PRW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00822680v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil K. Dasanna" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Destainville" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.87.052703" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806295v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorand Horvath" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titus Beu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4799938" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808994v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19443994.2012.714526" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808988v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Moliner-Salvador" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Deratani" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. S&#225;nchez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/cyv.152012" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745436v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2012-12110-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682155v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jalal Dweik" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Coasne" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jouanna" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gouze" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp2078924" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702529v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/98/38002" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559647v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahin Buyukdagli" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3526940" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00525997v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-A. Cazade" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dweik" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Henn" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp103880s" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439696v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Saidani" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihel Ben Amar" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la9028723" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00559645v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.158103" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439698v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.81.041601" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439694v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ben Amar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saidani" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Deratani" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5004/dwt.2009.815" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00417510v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.03.035" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00316382v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/3/034104" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00426722v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2008.03.056" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0K0XJ5RF-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425046v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Kechaou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sghaier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2009.04.130" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVQKJ9TN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173154v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.011913" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170107v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touil" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouchtalla" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.memsci.2007.07.033" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LB68C4NT-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123812v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.088103" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00170177v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la060268p" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-18K89JSC-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133496v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.03.139" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RWZS70B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080863v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133530v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Touil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahib Bouchtalla" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.desal.2006.03.258" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-08VH6NL2-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080626v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2005.07.083" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVBJZQK6-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077788v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Lefebvre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp0458710" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-XMF4F64B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740960v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Marre" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Larbot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Bertrand" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2004.01.003" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2JMKTDWK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740858v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice David" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp048631t" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-63L1DZDF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01740642v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Lefebvre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Palmeri" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sandeaux" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sandeaux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P David" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1383-5866(03)00076-5" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG6H2GCD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01726820v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. David" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00541-6" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1M9WPCJZ-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01729694v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Blanc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larbot" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-7388(99)00081-2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGXJ8MCK-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01727919v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Canet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vanel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Aouad" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tronel-Peyroz" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0376-7388(99)00160-X" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/263BC34E9CC43BD57C928B0F274948C9F1117420/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01727501v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Vacassy" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guizard" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0965-9773(98)00022-1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9Q6P3MP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890444v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04901816v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901962v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901870v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895055v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Kribeche" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04890693v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chase Broedersz" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894746v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04894725v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947451v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02071720v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sanchez" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Celades" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947454v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947443v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947460v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Jourdan" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947964v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910272v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947449v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910269v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947949v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947435v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947438v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947285v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947940v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910265v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947237v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947252v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718695v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947921v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947933v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947033v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947216v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01733467v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferreira Esmi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Schrive" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Barre" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984415v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809128v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809039v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00983559v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809029v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362242v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809023v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00809012v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00362213v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333773v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333620v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333790v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333778v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203517v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274991v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ben Amar" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080921v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080928v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080884v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00080879v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082087v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Twardowski" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081847v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00081845v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03691814v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894925v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Tahir" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950298v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939915v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950263v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lorman" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950249v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950212v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Thibaud" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950151v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948445v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950016v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Nollmann" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948377v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948428v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948354v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106248v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106252v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Kern" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106222v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106225v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203540v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00203538v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133538v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133572v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133575v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133568v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>