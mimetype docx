--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,85 +100,85 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ConVer-G: Concurrent versioning of knowledge graphs</w:t>
+                <w:t xml:space="preserve">QuaQue: Design and SQL Implementation of Condensed Algebra for Concurrent Versioning of Knowledge Graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jey PUGET GIL</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coquery</w:t>
@@ -196,2510 +196,3020 @@
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème conférence sur la gestion des données (BDA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Orléans, France</w:t>
+              <w:t xml:space="preserve">DBKDA 2026, The Eighteenth International Conference on Advances in Databases, Knowledge, and Data Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IARIA, Mar 2026, Valencia, Spain. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04690144v1</w:t>
+                <w:t xml:space="preserve">hal-05549598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versioning Virtual Reconstruction Hypotheses: Revealing Counterfactual Trajectories of the Fallen Voussoirs of Notre-Dame de Paris using Reasoning and 2D/3D Visualization ⋆</w:t>
+                <w:t xml:space="preserve">AutoML Tool for Automatic PSP Model Card Extractions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Guillem</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+                <w:t xml:space="preserve">Alba Ordonez Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Livio De Luca</w:t>
+                <w:t xml:space="preserve">Fabien Gilibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violette Abergel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francois Paolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Gerard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Derrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESWC 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 International Compact Modeling Conference (ICMC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, San Francisco Bay Area, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMC64879.2025.11102741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04625698v2</w:t>
+                <w:t xml:space="preserve">hal-05539621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model-driven methodology for integrating heterogeneous 3D geospatial urban entities</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Servigne</w:t>
+                <w:t xml:space="preserve">Automatic PSP MOSFET model card extraction powered by deep learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Ordonez Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gilibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Paolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Gerard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bortolaso</w:t>
+                <w:t xml:space="preserve">Elouan Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th AGILE Conference 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Glasgow, United Kingdom. pp.1-11, </w:t>
+              <w:t xml:space="preserve">2025 IEEE 37th International Conference on Microelectronic Test Structures (ICMTS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, San Antonio, France. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/agile-giss-5-3-2024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICMTS63811.2025.11068923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04602040v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Analog Design Optimization: Comparison Between Reinforcement Learning and Heuristic Algorithms</w:t>
+                <w:t xml:space="preserve">Versioning Virtual Reconstruction Hypotheses: Revealing Counterfactual Trajectories of the Fallen Voussoirs of Notre-Dame de Paris using Reasoning and 2D/3D Visualization ⋆</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Chevalier</w:t>
+                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severin Trochut</w:t>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Guizzetti</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 20th International Conference on Synthesis, Modeling, Analysis and Simulation Methods and Applications to Circuit Design (SMACD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESWC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Hersonisos - Crète, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04974760v1</w:t>
+                <w:t xml:space="preserve">hal-04625698v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model driven transformation of CityGML towards CityOWL: from a 3D urban data model to a computational ontology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A model-driven methodology for integrating heterogeneous 3D geospatial urban entities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bortolaso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geoinformations-systeme 2024</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">27th AGILE Conference 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Glasgow, United Kingdom. pp.1-11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/agile-giss-5-3-2024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04602014v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Let the fallen voussoirs of Notre-Dame de Paris speak: Scientific Narration and 3D Visualization of Virtual Reconstruction Hypotheses and Reasoning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+                <w:t xml:space="preserve">ConVer-G: Concurrent versioning of knowledge graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jey PUGET GIL</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Violette Abergel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semantic Methods for Events and Stories (SEMMES) Workshop at ESWC 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Hersonissos, Greece</w:t>
+              <w:t xml:space="preserve">40ème conférence sur la gestion des données (BDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04614354v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04690144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versionnement de graphe pour des données urbaines évolutives</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Advanced Analog Design Optimization: Comparison Between Reinforcement Learning and Heuristic Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severin Trochut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Guizzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Urard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lioua Labrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BDA 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2024 20th International Conference on Synthesis, Modeling, Analysis and Simulation Methods and Applications to Circuit Design (SMACD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Volos, Greece. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMACD61181.2024.10745428⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04257528v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04974760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Storytelling about Industrial Territories in a Place using a 3D Urban Environment</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Clémentine Périnaud</w:t>
+                <w:t xml:space="preserve">Model driven transformation of CityGML towards CityOWL: from a 3D urban data model to a computational ontology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GeoHumanities '23: Proceedings of the 7th ACM SIGSPATIAL International Workshop on Geospatial Humanities</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Geoinformations-systeme 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Munich, Germany. Pp. 38-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273070v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04602014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reinforcement Learning for Analog Sizing Optimization</w:t>
+                <w:t xml:space="preserve">Let the fallen voussoirs of Notre-Dame de Paris speak: Scientific Narration and 3D Visualization of Virtual Reconstruction Hypotheses and Reasoning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Chevalier</w:t>
+                <w:t xml:space="preserve">Anaïs Guillem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severin Trochut</w:t>
+                <w:t xml:space="preserve">Livio De Luca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Guizzetti</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Violette Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 19th International Conference on Synthesis, Modeling, Analysis and Simulation Methods and Applications to Circuit Design (SMACD)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Semantic Methods for Events and Stories (SEMMES) Workshop at ESWC 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Hersonissos, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04627797v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04614354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WDProp: Web Application to Analyse Multilingual Aspects of Wikidata Properties</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Artificial neural network-based solution for PSP MOSFET model card extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alba Ordonez Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Gilibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Paolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Urard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Guizzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OpenSym 2021: 17th International Symposium on Open Collaboration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3479986.3479996⟩</w:t>
+              <w:t xml:space="preserve">2024 37th International Conference on VLSI Design and 2024 23rd International Conference on Embedded Systems (VLSID)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2024, Kolkata, France. pp.6-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VLSID60093.2024.00006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621622v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ShExStatements: Simplifying Shape Expressions for Wikidata</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+                <w:t xml:space="preserve">Storytelling about Industrial Territories in a Place using a 3D Urban Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Marnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Périnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WWW '21: Companion Proceedings of the Web Conference 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/3442442.3452349⟩</w:t>
+              <w:t xml:space="preserve">GeoHumanities '23: Proceedings of the 7th ACM SIGSPATIAL International Workshop on Geospatial Humanities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Hamburg Germany, France. pp.11-20, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3615887.3627755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03621617v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualisation d'équipements de la maintenance à l'aide de données geospatiales</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Y Miloudi</w:t>
+                <w:t xml:space="preserve">Versionnement de graphe pour des données urbaines évolutives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jey PUGET GIL</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les journées Françaises de l'Informatique Graphique (JFIG) 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Sophia-antipolis, France</w:t>
+              <w:t xml:space="preserve">BDA 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03464886v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04257528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a semantic web representation from a 3D geospatial urban data model</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Reinforcement Learning for Analog Sizing Optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severin Trochut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Guizzetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Urard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lioua Labrak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021, 16ème Conférence Internationale de la Géomatique, de l'Analyse Spatiale et des Sciences de l'Information Géographique.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 19th International Conference on Synthesis, Modeling, Analysis and Simulation Methods and Applications to Circuit Design (SMACD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Funchal, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SMACD58065.2023.10192204⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03240567v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04627797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing and Visualizing Translation Patterns of Wikidata Properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">ShExStatements: Simplifying Shape Expressions for Wikidata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-98932-7_12⟩</w:t>
+              <w:t xml:space="preserve">WWW '21: Companion Proceedings of the Web Conference 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Ljubljana, Slovenia. pp.610-615, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3442442.3452349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273684v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collaborative Approach to Developing a Multilingual Ontology: A Case Study of Wikidata</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">WDProp: Web Application to Analyse Multilingual Aspects of Wikidata Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metadata and Semantic Research (MTSR)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-70863-8_16⟩</w:t>
+              <w:t xml:space="preserve">OpenSym 2021: 17th International Symposium on Open Collaboration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, Spain. pp.1-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3479986.3479996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02273689v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03621622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Representation and Visualization of Urban Fabric through Historical Documents</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Visualisation d'équipements de la maintenance à l'aide de données geospatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Miloudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th Eurographics Workshop on Graphics and Cultural Heritage</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les journées Françaises de l'Informatique Graphique (JFIG) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Sophia-antipolis, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381763v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03464886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Declarative Approach to Information Extraction Using Web Service API</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Towards a semantic web representation from a 3D geospatial urban data model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rey</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Web Engineering (ICWE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">SAGEO 2021, 16ème Conférence Internationale de la Géomatique, de l'Analyse Spatiale et des Sciences de l'Information Géographique.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle [Online Event], France. pp.227-238</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385591v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in Integrating Multiple Heterogeneous and Autonomous Web Services using Mediation Approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Analyzing and Visualizing Translation Patterns of Wikidata Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Digital Information Management (ICDIM)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICDIM.2016.7829764⟩</w:t>
+              <w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Avignon, France. pp.128-134, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-98932-7_12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385582v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Visualization of Documented 3D Cities</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Collaborative Approach to Developing a Multilingual Ontology: A Case Study of Wikidata</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Eurographics Workshop on Urban Data Modelling and Visualisation, UDMV 2016</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2312/udmv.20161425⟩</w:t>
+              <w:t xml:space="preserve">Metadata and Semantic Research (MTSR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Tallinn, Estonia. pp.167-172, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-70863-8_16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01386601v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02273689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediation-based Web Services fed Data Warehouse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">A Declarative Approach to Information Extraction Using Web Service API</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rey</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Peyron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées francophones sur les Entrepôts de Données et l'Analyse en Ligne (EDA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Web Engineering (ICWE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Lugano, Switzerland. pp.613-615, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-38791-8_59⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385565v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DaWeS: DataWarehouse fed with Web Services</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Rey</w:t>
+                <w:t xml:space="preserve">Representation and Visualization of Urban Fabric through Historical Documents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémentine Périnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Gay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INFORSID</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5281/zenodo.1285279⟩</w:t>
+              <w:t xml:space="preserve">14th Eurographics Workshop on Graphics and Cultural Heritage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Genova, Italy. pp.157-166, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/gch.20161399⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01384599v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01381763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a data warehouse fed with web services</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Challenges in Integrating Multiple Heterogeneous and Autonomous Web Services using Mediation Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Semantic Web Conference (ESWC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-07443-6_61⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Digital Information Management (ICDIM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Porto, Portugal. pp.196-201, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICDIM.2016.7829764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01385575v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Visualization of Documented 3D Cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Chagnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Servigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Eurographics Workshop on Urban Data Modelling and Visualisation, UDMV 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2016, Liège, Belgium. pp.87-93, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2312/udmv.20161425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01386601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">An Upper Bound on the Number of Accesses for Datalog α Last Queries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Momège</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BDA 2014 : Gestion de données - principes, technologies et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Autrans, France. pp.31--32</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01169968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a data warehouse fed with web services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Semantic Web Conference (ESWC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Crete, Greece. pp.874--884, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-07443-6_61⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DaWeS: DataWarehouse fed with Web Services</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">INFORSID</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Lyon, France. pp.324-344, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1285279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01384599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mediation-based Web Services fed Data Warehouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Peyron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées francophones sur les Entrepôts de Données et l'Analyse en Ligne (EDA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Vichy, France. pp.159--162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01385565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From CityGML to OWL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Technical Report] LIRIS UMR 5205. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02948955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2709,133 +3219,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generic Web Service Wrapper for Mediation based Data Warehousing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Web Intelligence, Mining and Semantics (WIMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Nîmes, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ACM</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.34:1--34:4, Proceedings of the 6th International Conference on Web Intelligence, Mining and Semantics, WIMS 2016, Nîmes, France, June 13-15, 2016. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1145/2912845.2912881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01385602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2845,1596 +3355,1596 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leveraging rules on integrated 3D semantic city models for validating scenarios of urban evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data-Centric Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 6, pp.e47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/dce.2025.10025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05285151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Automated Transformation of an nD Urban Data Model to a Computational Ontology Network: From UML to OWL, From CityGML 3.0 to “CityOWL”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, X-4/W4-2024, 231-238. https://doi.org/10.5194/isprs-annals-X-4-W4-2024-231-2024, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04600398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IMUV: A Digital Twin for Mediation to Discover and Exchange on Territories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Livebardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Machado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chanfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, X-4/W4-2024, pp.107-114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-X-4-W4-2024-107-2024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04604514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UD-SV : Plateforme d’exploration de données urbaines à n-dimensions — Espace, Temps, Thématiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">UD‐SV : Urban data services and visualization framework for sharing multidisciplinary research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Samuel Samuel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Jaillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gilles Gesquière</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Boix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@ppemonde</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/mappemonde.8265⟩</w:t>
+              <w:t xml:space="preserve">Transactions in GIS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (3), pp.841-858. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tgis.13049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04071143v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">UD‐SV : Urban data services and visualization framework for sharing multidisciplinary research</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">UD-SV : Plateforme d’exploration de données urbaines à n-dimensions — Espace, Temps, Thématiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Boix</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Delanoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transactions in GIS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tgis.13049⟩</w:t>
+              <w:t xml:space="preserve">M@ppemonde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 135, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mappemonde.8265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04071150v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04071143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CREATING CONTEXTUAL VIEW OF CMMS ASSETS USING GEOSPATIAL 2D/3D DATA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clement Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bortolaso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, X-4/W2-2022, pp.37-44. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-X-4-W2-2022-37-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03818710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring Landscape Composition Using 2D and 3D Open Urban Vectorial Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Pedrinis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Appert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jacquinod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS International Journal of Geo-Information</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (9), pp.479. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ijgi11090479⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03775976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating multimedia documents and time‐evolving 3D city models for web visualization and navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Jaillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Rigolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions in GIS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 25 (3), pp.1419-1438. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tgis.12734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03178005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards Limiting Semantic Data Loss In 4D Urban Data Semantic Graph Generation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Vinasco-Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, VIII-4/W2-2021, 37-44 ; selected full-paper of 3DGeoInfo Conference, 2021, October 11-14, PAPER AWARD. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-VIII-4-W2-2021-37-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03375084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation of Concurrent Points of View of Urban Changes for City Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geographical Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22, 25 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10109-020-00319-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02454953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UrbanCo2Fab: Comprehension of Concurrent Viewpoints of Urban Fabric Based on Git</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Volume IV-4/W6, p 65-72. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-IV-4-W6-65-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of Multiple Heterogeneous and Autonomous Web Services using Mediation Approach: Open Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal on Advances in Theoretical and Applied Informatics (JADI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Special Issue on Digital Information Management, 2 (2), pp.38-46. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.26729/jadi.v2i2.2097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01421210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous Sensor Data Exploration and Sustainable Declarative Monitoring Architecture: Application to Smart Building</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Gripay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozgun Pinarer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atay Ozgovde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Annals of the Photogrammetry, Remote Sensing and Spatial Information Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, III-4/W1, pp.97-104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/isprs-annals-IV-4-W1-97-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01386110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4444,117 +4954,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Representation and visualization of Documented Virtual Cities. LDAC2017 - 5th Linked Data in Architecture and Construction Workshop, Dijon, France, 13-15 November, 2017 - http://linkedbuildingdata.net/ldac2017/files/LDAC2017Report.pdf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Samuel Samuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Servigne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02901487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4564,65 +5074,65 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Condensed Representation of RDF and its Application on Graph Versioning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Condensed Representation for Snapshot-Based RDF Graphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jey Puget Gil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4647,65 +5157,65 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Gesquière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05175454v2</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05175454v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId119"/>
+      <w:footerReference w:type="default" r:id="rId132"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4852,51 +5362,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jey PUGET GIL" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coquery" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Samuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625698v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602040v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Colin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Vinasco-Alvarez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servigne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-5-3-2024" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974760v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chevalier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severin Trochut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Guizzetti" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Urard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lioua Labrak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMACD61181.2024.10745428" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602014v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614354v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257528v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273070v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Marnat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine P&#233;rinaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3615887.3627755" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627797v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMACD58065.2023.10192204" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621622v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Samuel Samuel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3479986.3479996" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621617v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3442442.3452349" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464886v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Miloudi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240567v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273684v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_12" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273689v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70863-8_16" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381763v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gay" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20161399" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385591v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rey" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-38791-8_59" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385582v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2016.7829764" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386601v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chagnaud" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/udmv.20161425" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385565v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Peyron" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384599v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1285279" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385575v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07443-6_61" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01169968v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mom&#232;ge" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948955v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385602v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.acm.org/10.1145/2912845" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2912845.2912881" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285151v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dce.2025.10025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600398v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604514v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Livebardon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Machado" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chanfray" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toussaint" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W4-2024-107-2024" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071143v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gautier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Delanoy" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.8265" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071150v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaillot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boix" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.13049" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818710v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bortolaso" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W2-2022-37-2022" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775976v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pedrinis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Appert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi11090479" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178005v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rigolle" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.12734" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375084v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-VIII-4-W2-2021-37-2021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454953v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10109-020-00319-1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874471v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-W6-65-2018" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421210v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26729/jadi.v2i2.2097" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386110v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gripay" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozgun Pinarer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atay Ozgovde" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-W1-97-2016" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901487v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175454v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jey Puget Gil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549598v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jey PUGET GIL" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coquery" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Samuel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Gesqui&#232;re" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539621v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Ordonez Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gilibert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Paolini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Gerard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Derrier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMC64879.2025.11102741" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539631v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouan Vincent" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMTS63811.2025.11068923" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04625698v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Guillem" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio De Luca" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Abergel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602040v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Colin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Vinasco-Alvarez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Servigne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bortolaso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/agile-giss-5-3-2024" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690144v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974760v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Chevalier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severin Trochut" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Guizzetti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Urard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lioua Labrak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMACD61181.2024.10745428" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602014v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614354v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539637v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VLSID60093.2024.00006" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273070v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Marnat" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine P&#233;rinaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3615887.3627755" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04257528v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04627797v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMACD58065.2023.10192204" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621617v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Samuel Samuel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3442442.3452349" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621622v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3479986.3479996" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03464886v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Miloudi" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240567v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273684v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_12" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02273689v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70863-8_16" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385591v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-38791-8_59" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381763v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Gay" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/gch.20161399" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385582v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDIM.2016.7829764" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386601v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Chagnaud" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2312/udmv.20161425" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01169968v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Mom&#232;ge" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385575v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-07443-6_61" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384599v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1285279" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385565v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Peyron" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02948955v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385602v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.acm.org/10.1145/2912845" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2912845.2912881" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285151v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dce.2025.10025" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600398v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604514v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Livebardon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Machado" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chanfray" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toussaint" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W4-2024-107-2024" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071150v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jaillot" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Colin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Boix" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.13049" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04071143v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gautier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Delanoy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.8265" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818710v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bortolaso" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-X-4-W2-2022-37-2022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775976v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pedrinis" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Appert" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquinod" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijgi11090479" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178005v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rigolle" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tgis.12734" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03375084v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-VIII-4-W2-2021-37-2021" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454953v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10109-020-00319-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874471v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-W6-65-2018" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01421210v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26729/jadi.v2i2.2097" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01386110v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gripay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozgun Pinarer" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atay Ozgovde" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-annals-IV-4-W1-97-2016" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02901487v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05175454v3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jey Puget Gil" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>