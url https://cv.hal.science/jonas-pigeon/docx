--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -100,269 +100,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’acceptabilité sociale des technologies de captage, de transport, d’utilisation et de stockage du CO2 : un travail d’ajustement réciproque du projet technique et de ses parties prenantes</w:t>
+                <w:t xml:space="preserve">Generational effect and territorial distributive justice, the two main drivers for willingness to pay for renewable energies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Martin Faulques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Juge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/re1.105.0067⟩</w:t>
+              <w:t xml:space="preserve">Energy Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 168 (3), pp.113094. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.enpol.2022.113094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03674147v1</w:t>
+                <w:t xml:space="preserve">hal-03775275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generational effect and territorial distributive justice, the two main drivers for willingness to pay for renewable energies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’acceptabilité sociale des technologies de captage, de transport, d’utilisation et de stockage du CO2 : un travail d’ajustement réciproque du projet technique et de ses parties prenantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Bonnet</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 168 (3), pp.113094. </w:t>
+              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1 (105), pp.67-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.enpol.2022.113094⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/re1.105.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775275v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03674147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What Carbon Capture and Storage (CCS) is Expected to? Describing Potential Future of a CO2 Mitigation Technological System in the Seine Waterway Axis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 114, pp.7333-7342. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
@@ -428,51 +428,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Underground as a controversial option to mitigate climate change: example of Carbon Capture and Storage (CCS) implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Society for Social Studies of Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, New-Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -497,51 +497,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Capter, transporter et stocker du CO2 pour atténuer le réchauffement climatique: entre promesse de stabilité de l’organisation socio-économique et transformations géopolitiques »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Française de Sociologie - Réseau Thématique 29 Sciences et Techniques en Société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -566,51 +566,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A MODEL OF SOCIAL ACCEPTANCE FOR TECHNOLOGICAL INNOVATION APPLIED TO PORT DATA SHARING INTELLIGENT PLATFORMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -661,51 +661,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu'attend-t-on des technologies de Captage, Transport et Stockage du CO2 (CTSC) ? : description de l’avenir potentiel d'un dispositif de réduction des émissions de gaz à effet de serre dans l'« Axe-Seine ».</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences sociales et transitions énergétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -762,51 +762,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La captation et le stockage du CO2 : une promesse de durabilité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Attentes et promesses technoscientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -831,51 +831,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticiper la mise en œuvre des technologies de captage, transport et stockage du CO2 sur l’Axe-Seine. Esquisse de définition d’un système technologique. https://books.openedition.org/editionscnrs/25929</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SOCIOLOGIE DE L'ÉNERGIE Gouvernance et pratiques sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -900,51 +900,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social acceptance: persuading the actors or fostering public debate on capture transport and storage of CO2 (CTSC) technologies?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gravé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1044,51 +1044,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From Social Acceptance to Socio-Technical Acceptance of Capture, Transport and Storage of CO 2 (CTSC) Technologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gravé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1164,51 +1164,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les technologies de Captage, Transport et Stockage du CO2 (CTSC) dans l'Axe-Seine : description des futurs possibles d'un dispositif technique de réduction des émissions de gaz à effet de serre.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Pigeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Architecture, aménagement de l'espace. Normandie Université, France, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1404,51 +1404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03674147v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Pigeon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.105.0067" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775275v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Faulques" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Juge" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2022.113094" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.03.1864" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301712v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304579v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02123661v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grav&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471703v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534453v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00797118v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Ha-Duong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125735v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01416486v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775275v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Faulques" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bonnet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Juge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Pigeon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enpol.2022.113094" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03674147v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.105.0067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2017.03.1864" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02301712v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02304579v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02123661v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Grav&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471703v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03931406v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534453v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00797118v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Ha-Duong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02125735v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01416486v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>