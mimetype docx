--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -650,996 +650,996 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05232618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanocompression of 20 nm Silver Nanoparticles: In situ Aberration‐Corrected TEM and Atomistic Simulations</w:t>
+                <w:t xml:space="preserve">Versatility of dislocation motions in polycrystalline UO2 deformed at 1550 °C investigated by TEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Earl Carlton</w:t>
+                <w:t xml:space="preserve">C. Onofri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fátima Zorro</w:t>
+                <w:t xml:space="preserve">J.P. Monchoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria José Caturla</w:t>
+                <w:t xml:space="preserve">J. Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toshihiro Aoki</w:t>
+                <w:t xml:space="preserve">R. Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yimei Zhu</w:t>
+                <w:t xml:space="preserve">C. Sabathier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 244, pp.116034. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smll.202405292⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04842288v1</w:t>
+                <w:t xml:space="preserve">hal-04738351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Versatility of dislocation motions in polycrystalline UO2 deformed at 1550 °C investigated by TEM</w:t>
+                <w:t xml:space="preserve">Dynamics of Cu-Zr metallic glass devitrification under ultrafast laser excitation revealed by atomistic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Onofri</w:t>
+                <w:t xml:space="preserve">Djafar Iabbaden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.P. Monchoux</w:t>
+                <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Amodeo</w:t>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Madec</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2024.116034⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.119487. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04738351v1</w:t>
+                <w:t xml:space="preserve">hal-04284584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Cu-Zr metallic glass devitrification under ultrafast laser excitation revealed by atomistic modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of surface roughness on the deformation of gold nanoparticles under compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Iteney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djafar Iabbaden</w:t>
+                <w:t xml:space="preserve">Thomas W Cornelius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.119487. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2023.119487⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 281, pp.120317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.120317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04284584v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of surface roughness on the deformation of gold nanoparticles under compression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Pyrough: A tool to build 3D samples with rough surfaces for atomistic and finite-element simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Iteney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Antonio Gonzalez Joa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas W Cornelius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2024.120317⟩</w:t>
+              <w:t xml:space="preserve">Computer Physics Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 295, pp.108958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108958⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749561v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyrough: A tool to build 3D samples with rough surfaces for atomistic and finite-element simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Iteney</w:t>
+                <w:t xml:space="preserve">Nanocompression of 20 nm Silver Nanoparticles: In situ Aberration‐Corrected TEM and Atomistic Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Earl Carlton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fátima Zorro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Caturla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier Antonio Gonzalez Joa</w:t>
+                <w:t xml:space="preserve">Toshihiro Aoki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Le Bourlot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thomas</w:t>
+                <w:t xml:space="preserve">Yimei Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Physics Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 295, pp.108958. </w:t>
+              <w:t xml:space="preserve">Small</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cpc.2023.108958⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smll.202405292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04256063v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomic-scale modeling of 1/2 (110){001} edge dislocations in UO2: Core properties and mobility</w:t>
+                <w:t xml:space="preserve">Atomistic simulation of α‐Al2O3 nanoparticle plastic anisotropy under compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Borde</w:t>
+                <w:t xml:space="preserve">Qinqin Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Freyss</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérome Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Amodeo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.154157⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jace.19183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03874424v1</w:t>
+                <w:t xml:space="preserve">hal-04171820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atomistic simulation of α‐Al2O3 nanoparticle plastic anisotropy under compression</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atomic-scale modeling of 1/2 (110){001} edge dislocations in UO2: Core properties and mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Borde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Freyss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Bourasseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qinqin Xu</w:t>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérome Chevalier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Rodney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 574, pp.154157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jace.19183⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2022.154157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04171820v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03874424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction between 1/2&amp;lt;110&amp;gt;{001} dislocations and {110} prismatic loops in uranium dioxide: Implications for strain-hardening under irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Borde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Pivano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rodney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Plasticity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 168, pp.103702. </w:t>
@@ -1677,51 +1677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El-Numodis: a new tool to model dislocation and surface interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Antonio Gonzalez Joa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1811,77 +1811,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Load versus displacement-controlled nanocompression: Insights from atomistic simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Iteney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas W Cornelius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2058,51 +2058,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Portelette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2201,51 +2201,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 156 (4), pp.044705. </w:t>
@@ -2283,77 +2283,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomistic simulation and interatomic potential comparison in α-Al 2 O 3 : lattice, surface and extended-defects properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qinqin Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2391,103 +2391,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics simulation of structural evolution in crystalline and amorphous CuZr alloys upon ultrafast laser irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djafar Iabbaden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 6 (12), pp.126001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2772,51 +2772,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emile Maras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rodney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">npj Computational Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2902,51 +2902,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nimrod Gazit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuanshen Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (9), pp.14061-14070. </w:t>
@@ -2978,398 +2978,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03356868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring transferability issues in machine-learning force fields: The example of Gold-Iron interactions with linearized potentials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Out-of-equilibrium Polymorph Selection in Nanoparticle Freezing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Amodeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Benoit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Amodeo</w:t>
+                <w:t xml:space="preserve">Fabio Pietrucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ségolène Combettes</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Julien Lam</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Machine Learning: Science and Technology</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03052129v1</w:t>
+                <w:t xml:space="preserve">hal-03052166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Out-of-equilibrium Polymorph Selection in Nanoparticle Freezing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Athermal dislocation strengthening in UO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Portelette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Lam</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03052166v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Athermal dislocation strengthening in UO2</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Portelette</w:t>
+                <w:t xml:space="preserve">Measuring transferability issues in machine-learning force fields: The example of Gold-Iron interactions with linearized potentials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ségolène Combettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Khaled</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+              <w:t xml:space="preserve">Machine Learning: Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02938715v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03052129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of an amorphous surface layer on the mechanical properties of metallic nanoparticles under compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Goryaeva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Fusco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Bugnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3959,252 +3959,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01854775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical properties and dislocation nucleation in nanocrystals with blunt edges</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Review Article: Case studies in future trends of computational and experimental nanomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalid Lizoul</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">William Gerberich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellad B Tadmor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Kysar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan A Zimmerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew M Minor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.09.009⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35 (6), pp.060801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.5003378⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01589749v1</w:t>
+                <w:t xml:space="preserve">hal-01593246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Review Article: Case studies in future trends of computational and experimental nanomechanics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jonathan A Zimmerman</w:t>
+                <w:t xml:space="preserve">Mechanical properties and dislocation nucleation in nanocrystals with blunt edges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew M Minor</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Khalid Lizoul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 35 (6), pp.060801. </w:t>
+              <w:t xml:space="preserve">Materials &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 135, pp.223-231. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/1.5003378⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matdes.2017.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01593246v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01589749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomistically-informed crystal plasticity in MgO polycrystals under pressure</w:t>
               </w:r>
@@ -4288,291 +4288,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01557257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ investigation of MgO nanocube deformation at room temperature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the role of thermal heterogeneities on the rheology of MgO under conditions of the Earth's lower mantle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Réthoré</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">B S A Schuberth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H P Bunge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph Carrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2014.12.001⟩</w:t>
+              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 242 (C), pp.1--8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pepi.2015.02.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01137607v1</w:t>
+                <w:t xml:space="preserve">hal-01557258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the role of thermal heterogeneities on the rheology of MgO under conditions of the Earth's lower mantle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In situ investigation of MgO nanocube deformation at room temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inas Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Cordier</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Julien Réthoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Joly-Pottuz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Esnouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of the Earth and Planetary Interiors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 242 (C), pp.1--8. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 86, pp.295-304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.pepi.2015.02.008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2014.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01557258v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01137607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomistic Simulations of Compression Tests on Ni_3Al Nanocubes</w:t>
               </w:r>
@@ -4701,51 +4701,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Devincre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Carrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics of Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4805,51 +4805,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Carrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Philosophical Magazine a</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 92 (12), pp.1523--1541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4883,51 +4883,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the rheology of MgO under Earth's mantle pressure, temperature and strain rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5038,51 +5038,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Carrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Devincre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Cordier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 59 (6), pp.2291--2301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5199,51 +5199,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Demetrio de Magalhaes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Albaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Rodney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Douillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5298,51 +5298,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular dynamics simulations of blunt nanoparticles under compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Amodeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalid Lizoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MRS Fall meeting, Symposium TC06: Mechanical Behavior at the Micro and Nanoscale—Bridging Between Computer Simulations and Experiments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Boston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5977,51 +5977,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurcan Aral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Mahbubul Islam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2025.114341" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525058v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules-El&#233;mir Suchorski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pivano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2026.104638" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Bourasseau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20572" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931889v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120771" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232618v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pizzagalli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Gatti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durinck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106306" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842288v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Earl Carlton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Zorro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Caturla" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Aoki" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimei Zhu" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202405292" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738351v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amodeo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116034" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284584v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Iabbaden" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119487" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749561v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Iteney" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Cornelius" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120317" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256063v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Antonio Gonzalez Joa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourlot" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108958" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874424v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borde" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154157" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171820v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinqin Xu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19183" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169225v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2023.103702" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098676v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R&#229;back" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fivel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/acd01b" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911652v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.115245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151934v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Laurens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123750v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Portelette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867319v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Panetier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pipon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0076358" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594921v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salles" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908708v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.126001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inas Issa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Dunstan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Esnouf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2021.1894253" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232533v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.70" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Maras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-021-00530-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356868v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Sharma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimrod Gazit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanshen Qi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c02976" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052129v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Combettes" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Khaled" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Roux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052166v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pietrucci" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938715v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078122v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Goryaeva" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.033606" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807690v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Merkel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Korte-Kerzel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8060240" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136329v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kilymis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umesh V Waghmare" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.063" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866434v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gon&#231;alves" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morthomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.07.039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854775v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Soulacroix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.06.035" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589749v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Lizoul" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.09.009" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593246v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gerberich" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellad B Tadmor" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Kysar" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A Zimmerman" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Minor" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5003378" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557257v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dancette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Delannay" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.03.004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137607v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.12.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557258v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B S A Schuberth" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H P Bunge" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Carrez" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cordier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2015.02.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557260v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bitzek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2013.878884" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557259v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Devincre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Carrez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.01.001" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557261v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2011.652689" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557262v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10687" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HKSC6LXK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557263v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.12.020" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LM81H6TF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191495v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Huynh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Demetrio de Magalhaes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655538v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558486v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Koh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02094903v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pannetier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Gaillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sarrasin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04881933v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339842v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurcan Aral" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Mahbubul Islam" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Amodeo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.commatsci.2025.114341" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05525058v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules-El&#233;mir Suchorski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pivano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dupuy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2026.104638" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05037061v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Bourasseau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.20572" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931889v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2025.120771" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05232618v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pizzagalli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Gatti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Durinck" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2025.106306" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738351v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Onofri" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Monchoux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Amodeo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Madec" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sabathier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2024.116034" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284584v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Iabbaden" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Fusco" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119487" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04749561v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Iteney" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Cornelius" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thomas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2024.120317" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256063v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Antonio Gonzalez Joa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Bourlot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cpc.2023.108958" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04842288v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Earl Carlton" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;tima Zorro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Caturla" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshihiro Aoki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yimei Zhu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202405292" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinqin Xu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19183" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03874424v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Borde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Freyss" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rodney" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2022.154157" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169225v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2023.103702" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04098676v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R&#229;back" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fivel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Perez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-651X/acd01b" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911652v2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2022.115245" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151934v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Laurens" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Albaret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtla.2023.101824" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123750v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Madec" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Portelette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867319v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Panetier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Pipon" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gaillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Mangin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0076358" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594921v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salles" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03908708v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.6.126001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356913v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inas Issa" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Joly-Pottuz" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David J Dunstan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Esnouf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2021.1894253" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03232533v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crphys.70" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03222412v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Maras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41524-021-00530-8" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356868v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Sharma" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nimrod Gazit" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuanshen Qi" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.1c02976" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052166v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pietrucci" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lam" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938715v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03052129v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Benoit" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;gol&#232;ne Combettes" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Khaled" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Roux" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078122v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Goryaeva" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Bugnet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.3.033606" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807690v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Merkel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tromas" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Carrez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Korte-Kerzel" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8060240" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136329v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Kilymis" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line G&#233;rard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umesh V Waghmare" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2018.07.063" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866434v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gon&#231;alves" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Morthomas" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Chantrenne" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2018.07.039" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854775v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Soulacroix" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Helfer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2018.06.035" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01593246v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Gerberich" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellad B Tadmor" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Kysar" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan A Zimmerman" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew M Minor" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5003378" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589749v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Lizoul" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2017.09.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557257v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dancette" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Delannay" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijplas.2016.03.004" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557258v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B S A Schuberth" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H P Bunge" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph Carrez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Cordier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pepi.2015.02.008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137607v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien R&#233;thor&#233;" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2014.12.001" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557260v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bitzek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Begau" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21663831.2013.878884" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557259v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Devincre" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Carrez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2014.01.001" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557261v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14786435.2011.652689" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557262v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature10687" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HKSC6LXK-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01557263v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2010.12.020" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LM81H6TF-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04191495v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Huynh" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Demetrio de Magalhaes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Douillard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655538v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01558486v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Koh" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01655542v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-02094903v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pannetier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Gaillard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Moncoffre" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sarrasin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04881933v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>