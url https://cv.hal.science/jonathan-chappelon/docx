--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -208,1835 +208,1822 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical semigroup tree: type-representation</w:t>
+                <w:t xml:space="preserve">A new proof of Delahan's induced-universality result</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05184427v2</w:t>
+                <w:t xml:space="preserve">hal-05539684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Balanced Steinhaus triangles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05205436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramsey for complete graphs with dropped cliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00847564v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (20)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Symmetric binary Steinhaus triangles and parity-regular Steinhaus graphs</w:t>
+                <w:t xml:space="preserve">Numerical semigroup tree: type-representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Ramírez Alfonsín</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumitru I. Stamate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcta.2021.105561⟩</w:t>
+              <w:t xml:space="preserve">Experimental Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10586458.2025.2604786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02313960v2</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05184427v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Square Frobenius Number</w:t>
+                <w:t xml:space="preserve">Symmetric binary Steinhaus triangles and parity-regular Steinhaus graphs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semigroup Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 187, pp.105561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcta.2021.105561⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00233-022-10289-z⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02879706v4</w:t>
+                <w:t xml:space="preserve">hal-02313960v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le théorème de Sylvester-Gallai</w:t>
+                <w:t xml:space="preserve">The Square Frobenius Number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Images des mathématiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Semigroup Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105, pp.149-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00233-022-10289-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.60868/r6m0-es86⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03700438v1</w:t>
+                <w:t xml:space="preserve">hal-02879706v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Codimension two and three Kneser Transversals</w:t>
+                <w:t xml:space="preserve">Le théorème de Sylvester-Gallai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Discrete Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1137/16M1101854⟩</w:t>
+              <w:t xml:space="preserve">Images des mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60868/r6m0-es86⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01249936v4</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-Player Tower of Hanoi</w:t>
+                <w:t xml:space="preserve">Codimension two and three Kneser Transversals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Martínez-Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban Larsson</w:t>
+                <w:t xml:space="preserve">Luis Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Akihiro Matsuura</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Game Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00182-017-0608-4⟩</w:t>
+              <w:t xml:space="preserve">SIAM Journal on Discrete Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 32 (2), pp.1351-1363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/16M1101854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01130010v3</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01249936v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Periodic balanced binary triangles</w:t>
+                <w:t xml:space="preserve">Two-Player Tower of Hanoi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urban Larsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akihiro Matsuura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23638/DMTCS-19-3-13⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Game Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (2), pp.463-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00182-017-0608-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01463665v3</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01130010v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complete Kneser Transversals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leonardo Martínez-Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Applied Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 82, pp.83-101. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aam.2016.07.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222193v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramsey for complete graphs with a dropped edge or a triangle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Periodic balanced binary triangles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Discrete Mathematics and Theoretical Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vol. 19 no. 3 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23638/DMTCS-19-3-13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.endm.2017.10.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02053333v1</w:t>
+                <w:t xml:space="preserve">hal-01463665v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Ramsey numbers of complete graphs with dropped stars</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ramsey for complete graphs with a dropped edge or a triangle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Montejano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Notes in Discrete Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, LAGOS'17 – IX Latin and American Algorithms, Graphs and Optimization, 62, pp.21-25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.endm.2017.10.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dam.2014.12.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00872909v2</w:t>
+                <w:t xml:space="preserve">hal-02053333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connected covering numbers</w:t>
+                <w:t xml:space="preserve">On Ramsey numbers of complete graphs with dropped stars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kolja Knauer</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Designs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 23 (12), pp.534-549. </w:t>
+              <w:t xml:space="preserve">Discrete Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 210, pp.200-206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jcd.21425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dam.2014.12.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00837648v3</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872909v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Möbius function of semigroup posets through Hilbert series</w:t>
+                <w:t xml:space="preserve">Connected covering numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio García-Marco</w:t>
+                <w:t xml:space="preserve">Kolja Knauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 136, pp.238-251. </w:t>
+              <w:t xml:space="preserve">Journal of Combinatorial Designs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 23 (12), pp.534-549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcta.2015.07.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jcd.21425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00981841v4</w:t>
+                <w:t xml:space="preserve">hal-00837648v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Balanced simplices</w:t>
+                <w:t xml:space="preserve">Möbius function of semigroup posets through Hilbert series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio García-Marco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Pedro Montejano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Applied Mathematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aam.2014.09.007⟩</w:t>
+              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 136, pp.238-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcta.2015.07.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00949618v2</w:t>
+                <w:t xml:space="preserve">hal-00981841v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Möbius function of the locally finite poset associated with a numerical semigroup</w:t>
+                <w:t xml:space="preserve">Balanced simplices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Semigroup Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances in Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 62, pp.74-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aam.2014.09.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00233-012-9458-3⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00730229v3</w:t>
+                <w:t xml:space="preserve">hal-00949618v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modular Schur numbers</w:t>
+                <w:t xml:space="preserve">On the Möbius function of the locally finite poset associated with a numerical semigroup</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">María Isabel Sanz Domínguez</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Luis Ramírez Alfonsín</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Electronic Journal of Combinatorics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.37236/2374⟩</w:t>
+              <w:t xml:space="preserve">Semigroup Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (2), pp.313-330. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00233-012-9458-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00837647v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00730229v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the problem of Molluzzo for the modulus 4</w:t>
+                <w:t xml:space="preserve">Modular Schur numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Pastora Revuelta Marchena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shalom Eliahou</w:t>
+                <w:t xml:space="preserve">María Isabel Sanz Domínguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integers : Electronic Journal of Combinatorial Number Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 12, pp.A18. </w:t>
+              <w:t xml:space="preserve">The Electronic Journal of Combinatorics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (2), pp.P61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/integers-2012-0001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.37236/2374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00564817v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00837647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On generalized Frame-Stewart numbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akihiro Matsuura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Discrete Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 312 (5), pp.830-836. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2064,315 +2051,406 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00512870v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A universal sequence of integers generating balanced Steinhaus figures modulo an odd number</w:t>
+                <w:t xml:space="preserve">On the problem of Molluzzo for the modulus 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shalom Eliahou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcta.2010.06.005⟩</w:t>
+              <w:t xml:space="preserve">Integers : Electronic Journal of Combinatorial Number Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12, pp.A18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/integers-2012-0001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00409604v2</w:t>
+                <w:t xml:space="preserve">hal-00564817v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the multiplicative order of $a^n$ modulo $n$</w:t>
+                <w:t xml:space="preserve">A universal sequence of integers generating balanced Steinhaus figures modulo an odd number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Integer Sequences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Combinatorial Theory, Series A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 118 (1), pp.291-315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcta.2010.06.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00371233v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00409604v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regular Steinhaus graphs of odd degree</w:t>
+                <w:t xml:space="preserve">On the multiplicative order of $a^n$ modulo $n$</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discrete Mathematics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Integer Sequences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13, pp.Article 10.2.1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00371232v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00371233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regular Steinhaus graphs of odd degree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chappelon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Discrete Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 309 (13), pp.4545-4554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.disc.2009.02.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00371232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On a problem of Molluzzo concerning Steinhaus triangles in finite cyclic groups</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integers : Electronic Journal of Combinatorial Number Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 8 (1), pp.A37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00371228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2382,154 +2460,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proof, reasoning and logic at the interface between Mathematics and Computer Science : toward a framework for analyzing problem solving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Modeste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Beauvoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Durand-Guerrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolás León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eleventh Congress of the European Society for Research in Mathematics Education (CERME11)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Utrecht University, Feb 2019, Utrecht, Netherlands. pp.284-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02398483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2539,100 +2617,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphes de Steinhaus réguliers et triangles de Steinhaus dans les groupes cycliques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathématiques [math]. Université du Littoral Côte d'Opale, 2008. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00371329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2642,91 +2720,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steinhaus triangles and graphs and contributions to numerical semigroups, Tower of Hanoi problems, Ramsey theory and Kneser transversals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Combinatorics [math.CO]. Université de Montpellier, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03591071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2736,309 +2814,309 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tours de Hanoï II : le problème avec quatre piquets et plus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨Images des Mathématiques⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03645802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les tours de Hanoï I : le problème classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨Images des Mathématiques⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03645557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des triangles équilibrés I : notions élémentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03642753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des triangles équilibrés II : notions avancées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chappelon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03645392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId79"/>
+      <w:footerReference w:type="default" r:id="rId82"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3106,51 +3184,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D2E71EF6"/>
+    <w:nsid w:val="5C9A8B4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3337,51 +3415,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-chappelon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3643-2692" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133436888" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184427v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chappelon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ram&#237;rez Alfons&#237;n" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru I. Stamate" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205436v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847564v3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pedro Montejano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313960v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2021.105561" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879706v4" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00233-022-10289-z" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700438v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/r6m0-es86" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249936v4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Mart&#237;nez-Sandoval" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Montejano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1101854" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130010v3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban Larsson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Matsuura" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00182-017-0608-4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463665v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-19-3-13" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222193v3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aam.2016.07.004" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053333v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.005" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872909v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2014.12.005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837648v3" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolja Knauer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcd.21425" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981841v4" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Garc&#237;a-Marco" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2015.07.006" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949618v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aam.2014.09.007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730229v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00233-012-9458-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837647v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Pastora Revuelta Marchena" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Sanz Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37236/2374" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564817v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalom Eliahou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/integers-2012-0001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512870v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2011.10.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409604v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2010.06.005" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371233v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371232v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2009.02.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371228v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398483v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Modeste" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvoir" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Le&#243;n" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371329v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03591071v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645802v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://images.math.cnrs.fr/Les-tours-de-Hanoi-II-le-probleme-avec-quatre-piquets-et-plus.html" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645557v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://images.math.cnrs.fr/Les-tours-de-Hanoi-I-le-probleme-classique.html" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642753v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645392v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-chappelon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3643-2692" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/133436888" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539684v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chappelon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05205436v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847564v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pedro Montejano" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Luis Ram&#237;rez Alfons&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05184427v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ram&#237;rez Alfons&#237;n" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumitru I. Stamate" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10586458.2025.2604786" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313960v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2021.105561" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879706v4" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00233-022-10289-z" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700438v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60868/r6m0-es86" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01249936v4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Mart&#237;nez-Sandoval" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Montejano" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/16M1101854" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130010v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban Larsson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akihiro Matsuura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00182-017-0608-4" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01222193v3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aam.2016.07.004" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463665v3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23638/DMTCS-19-3-13" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053333v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.endm.2017.10.005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872909v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dam.2014.12.005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837648v3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kolja Knauer" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcd.21425" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00981841v4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Garc&#237;a-Marco" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2015.07.006" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949618v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aam.2014.09.007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00730229v3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00233-012-9458-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00837647v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Pastora Revuelta Marchena" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Sanz Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37236/2374" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512870v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2011.10.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564817v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalom Eliahou" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/integers-2012-0001" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00409604v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcta.2010.06.005" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371233v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371232v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.disc.2009.02.016" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00371228v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398483v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Modeste" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Beauvoir" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Durand-Guerrier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Le&#243;n" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00371329v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03591071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645802v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://images.math.cnrs.fr/Les-tours-de-Hanoi-II-le-probleme-avec-quatre-piquets-et-plus.html" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://images.math.cnrs.fr/Les-tours-de-Hanoi-I-le-probleme-classique.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642753v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03645392v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>