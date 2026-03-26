--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1004,260 +1004,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03540926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural-Driven Multi-criteria Tree Search for Paraphrase Generation</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chevelu</w:t>
+                <w:t xml:space="preserve">FlexEval, création de sites web légers pour des campagnes de tests perceptifs multimédias</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Coulombel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lolive</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning Meets Combinatorial Algorithms (LMCA) Workshop at NeurIPS 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, online, France</w:t>
+              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Nancy, France. pp.22-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03127865v1</w:t>
+                <w:t xml:space="preserve">hal-02768500v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FlexEval, création de sites web légers pour des campagnes de tests perceptifs multimédias</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Simon</w:t>
+                <w:t xml:space="preserve">Neural-Driven Multi-criteria Tree Search for Paraphrase Generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Urvoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chevelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lolive</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 4 : Démonstrations et résumés d'articles internationaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Nancy, France. pp.22-25</w:t>
+              <w:t xml:space="preserve">Learning Meets Combinatorial Algorithms (LMCA) Workshop at NeurIPS 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02768500v4</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03127865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corpus design for expressive speech: impact of the utterance length</w:t>
               </w:r>
@@ -2075,230 +2075,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01375897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining a Global Adaptive Duration Target Cost for Unit Selection Speech Synthesis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How to Compare TTS Systems: A New Subjective Evaluation Methodology Focused on Differences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chevelu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lolive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Le Maguer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Guennec</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Damien Lolive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, PLZEŇ, Czech Republic. pp.157--165</w:t>
+              <w:t xml:space="preserve">Interspeech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01188686v1</w:t>
+                <w:t xml:space="preserve">hal-01199082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Compare TTS Systems: A New Subjective Evaluation Methodology Focused on Differences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Defining a Global Adaptive Duration Target Cost for Unit Selection Speech Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chevelu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Lolive</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Guennec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interspeech</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">International Conference on Text, Speech and Dialogue (TSD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, PLZEŇ, Czech Republic. pp.157--165</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01199082v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01188686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do not build your TTS training corpus randomly</w:t>
               </w:r>
@@ -3301,51 +3301,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pro.jonathan.chevelu.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139701v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghilas Sini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Wadoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guennec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01135089v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Barbot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bo&#235;ffard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chevelu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLIa00225" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849291v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemesle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lolive" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064694v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ambre Ayats" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fournier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Mekki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_34" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697484v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540926v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fabre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Urvoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03127865v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768500v4" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fayet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blond" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Coulombel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Simon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112352v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashedur Rahman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline &#201;tienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Battistelli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.coling-main.554" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178406v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02159568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02002601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01662361v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01375897v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188686v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199082v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Maguer" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199083v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00974628v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975897v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066835v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Putois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lepage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439806v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lardilleux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gosme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649815v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boeffard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02974346v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60276-5_46" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00603750v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="pro.jonathan.chevelu.fr" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04139701v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aghilas Sini" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lily Wadoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perquin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Vidal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guennec" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01135089v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Barbot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bo&#235;ffard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chevelu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Delhay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/COLIa00225" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849291v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lemesle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lolive" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02064694v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;nol&#233; Lecorv&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ambre Ayats" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fournier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Mekki" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-24337-0_34" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03697484v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540926v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Fabre" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Urvoy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768500v4" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fayet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Blond" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Coulombel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Simon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03127865v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meysam Shamsi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/SpeechProsody.2020-195" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03112352v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashedur Rahman" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline &#201;tienne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Battistelli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;chet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2020.coling-main.554" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02178406v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02159568v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02002601v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01662361v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Alain" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01375897v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199082v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Maguer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01188686v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01199083v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00974628v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00975897v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066835v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Putois" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Lepage" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439806v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lardilleux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gosme" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04649815v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boeffard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02974346v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-60276-5_46" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00603750v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>