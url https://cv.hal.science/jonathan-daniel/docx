--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,295 +100,295 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted Photodynamic Therapy for Pancreatic Cancer: Recent Innovations from Fundamentals to &amp;lt;i&amp;gt;In Vivo&amp;lt;/i&amp;gt; and Clinical Applications (2020-2025)</w:t>
+                <w:t xml:space="preserve">Enhanced Third-Order Optical Nonlinearity in a Dipolar Carbene-Metal-Amide Material with Two-Photon Excited Delayed Fluorescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Souleymane Sarr</w:t>
+                <w:t xml:space="preserve">Ikechukwu D Nwosu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Godard</w:t>
+                <w:t xml:space="preserve">Lujo Matasović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Valzer</w:t>
+                <w:t xml:space="preserve">Tárcius N Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Czuba</w:t>
+                <w:t xml:space="preserve">Nguyen Le Phuoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Acherar</w:t>
+                <w:t xml:space="preserve">Giacomo Londi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 62 (12), pp.3662-3701. </w:t>
+              <w:t xml:space="preserve">Comunications Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D5CC05629B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42004-026-01928-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459205v1</w:t>
+                <w:t xml:space="preserve">hal-05536667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced Third-Order Optical Nonlinearity in a Dipolar Carbene-Metal-Amide Material with Two-Photon Excited Delayed Fluorescence</w:t>
+                <w:t xml:space="preserve">Targeted Photodynamic Therapy for Pancreatic Cancer: Recent Innovations from Fundamentals to &amp;lt;i&amp;gt;In Vivo&amp;lt;/i&amp;gt; and Clinical Applications (2020-2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ikechukwu D Nwosu</w:t>
+                <w:t xml:space="preserve">Souleymane Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lujo Matasović</w:t>
+                <w:t xml:space="preserve">Jérémy Godard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tárcius N Ramos</w:t>
+                <w:t xml:space="preserve">Emmanuel Valzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nguyen Le Phuoc</w:t>
+                <w:t xml:space="preserve">Elodie Czuba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giacomo Londi</w:t>
+                <w:t xml:space="preserve">Samir Acherar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comunications Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 62 (12), pp.3662-3701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42004-026-01928-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D5CC05629B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05536667v1</w:t>
+                <w:t xml:space="preserve">hal-05459205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One spiro to shift them all: tuning fluorescent organic nanoparticles emission &amp;lt;i&amp;gt;via&amp;lt;/i&amp;gt; steric design</w:t>
               </w:r>
@@ -636,2029 +636,2029 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic conditioning of porcine kidney grafts with extracellular vesicles derived from urine progenitor cells: A proof‐of‐concept study</w:t>
+                <w:t xml:space="preserve">3D Real-Time Single Particle Tracking using two-photon fluorescence from bright dye-based organic nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perrine Burdeyron</w:t>
+                <w:t xml:space="preserve">Marie-Charlotte Emperauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Kurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+                <w:t xml:space="preserve">Florian Semmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sonia Brishoual</w:t>
+                <w:t xml:space="preserve">Karen Perronet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ctm2.70095⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 17, pp.2304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05079026v1</w:t>
+                <w:t xml:space="preserve">hal-04819683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triphenylamine Sensitized 8‐Dimethylaminoquinoline: An Efficient Two‐Photon Caging Group for Intracellular Delivery</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrophilic Biocompatible Fluorescent Organic Nanoparticles as Nanocarriers for Biosourced Photosensitizers for Photodynamic Therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Brégier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Rigault</w:t>
+                <w:t xml:space="preserve">Guillaume Chemin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Nizard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Deprez</w:t>
+                <w:t xml:space="preserve">Justine Couvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202401289⟩</w:t>
+              <w:t xml:space="preserve">Nanomaterials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nano14020216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785726v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04407230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dye‐Based Fluorescent Organic Nanoparticles, New Promising Tools for Optogenetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Lesas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas C.M. Bienvenu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Kurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoé Grivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Healthcare Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.e2402132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/adhm.202402132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Real-Time Single Particle Tracking using two-photon fluorescence from bright dye-based organic nanoparticles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+                <w:t xml:space="preserve">3D real-time single particle tracking using two-photon fluorescence from bright dye-based organic nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Emperauger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Kurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Semmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Perronet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanoscale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 17, pp.2304. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/x0xx00000x⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 17 (4), pp.2304-2311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4NR03526G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04819683v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05367350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrophilic Biocompatible Fluorescent Organic Nanoparticles as Nanocarriers for Biosourced Photosensitizers for Photodynamic Therapy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Chemin</w:t>
+                <w:t xml:space="preserve">Click Synthesis of Tweezer Dyads for H‐Bond Assisted Cooperativity in Tandem Uncaging Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Klausen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Cueto Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Couvez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanomaterials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/nano14020216⟩</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202402076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04407230v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04630979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D real-time single particle tracking using two-photon fluorescence from bright dye-based organic nanoparticles</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Karen Perronet</w:t>
+                <w:t xml:space="preserve">Red-shifted two-photon-sensitive phenanthridine photocages: synthesis and characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célest Attiach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4NR03526G⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (63), pp.8260-8263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4CC02852J⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05367350v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Click Synthesis of Tweezer Dyads for H‐Bond Assisted Cooperativity in Tandem Uncaging Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Triphenylamine Sensitized 8‐Dimethylaminoquinoline: An Efficient Two‐Photon Caging Group for Intracellular Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Klausen</w:t>
+                <w:t xml:space="preserve">Philippe Nizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victor Dubois</w:t>
+                <w:t xml:space="preserve">Mireille Blanćhard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Picard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+                <w:t xml:space="preserve">Eric Deprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202402076⟩</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202401289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04630979v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red-shifted two-photon-sensitive phenanthridine photocages: synthesis and characterisation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Amit Kumar</w:t>
+                <w:t xml:space="preserve">Two‐photon Dye‐Based Fluorogenic Organic Nanoparticles as Intracellular Thiols Sensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Dal Pra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Recher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4CC02852J⟩</w:t>
+              <w:t xml:space="preserve">Small Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/smtd.202400716⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735463v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two‐photon Dye‐Based Fluorogenic Organic Nanoparticles as Intracellular Thiols Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ophélie Dal Pra</w:t>
+                <w:t xml:space="preserve">Triphenylamine Sensitized 8‐Dimethylaminoquinoline: An Efficient Two‐Photon Caging Group for Intracellular Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Nizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Recher</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Blanćhard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Tauc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Small Methods</w:t>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smtd.202400716⟩</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.202401289⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642514v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triphenylamine Sensitized 8‐Dimethylaminoquinoline: An Efficient Two‐Photon Caging Group for Intracellular Delivery</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dye-based fluorescent organic nanoparticles made from polar and polarizable chromophores for bioimaging purposes: a bottom-up approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Dal Pra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Kurek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Grazon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.202401289⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Women Chemists in France in 2024, 27 (S2), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/crchim.294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732888v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04564835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dye-based fluorescent organic nanoparticles made from polar and polarizable chromophores for bioimaging purposes: a bottom-up approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unity fluorescent carbene–gold( i )–acetylide complexes with two-photon absorption and energy-efficient blue FOLEDs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Brannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hwan-Hee Cho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amelia Harvey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Chimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/crchim.294⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12 (34), pp.13545-13554. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4TC02845G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04564835v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04735473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unity fluorescent carbene–gold( i )–acetylide complexes with two-photon absorption and energy-efficient blue FOLEDs</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hwan-Hee Cho</w:t>
+                <w:t xml:space="preserve">Red-shifted two-photon-sensitive phenanthridine photocages: synthesis and characterisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célest M Attiach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amit Kumar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Charles Smith</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4TC02845G⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (63), pp.8260 - 8263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d4cc02852j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04735473v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Red-shifted two-photon-sensitive phenanthridine photocages: synthesis and characterisation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamic conditioning of porcine kidney grafts with extracellular vesicles derived from urine progenitor cells: A proof‐of‐concept study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Burdeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryne Lepoittevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célest M Attiach</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Antoine Maruani</w:t>
+                <w:t xml:space="preserve">Sonia Brishoual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60 (63), pp.8260 - 8263. </w:t>
+              <w:t xml:space="preserve">Clinical and Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d4cc02852j⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ctm2.70095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785767v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05079026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acidic nanoparticles protect against α‐synuclein‐induced neurodegeneration through the restoration of lysosomal function</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stealth Luminescent Organic Nanoparticles Made from Quadrupolar Dyes for Two-Photon Bioimaging: Effect of End-Groups and Core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Rosendale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie‐laure Arotcarena</w:t>
+                <w:t xml:space="preserve">Frédéric Castet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Federico Soria</w:t>
+                <w:t xml:space="preserve">Paolo Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Cunha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Geoffrey Prévot</w:t>
+                <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aging Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/acel.13584⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (7), pp.2230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules27072230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03617988v1</w:t>
+                <w:t xml:space="preserve">hal-03638668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stealth Luminescent Organic Nanoparticles Made from Quadrupolar Dyes for Two-Photon Bioimaging: Effect of End-Groups and Core</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+                <w:t xml:space="preserve">Acidic nanoparticles protect against α‐synuclein‐induced neurodegeneration through the restoration of lysosomal function</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie‐laure Arotcarena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Castet</w:t>
+                <w:t xml:space="preserve">Anthony Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Pagano</w:t>
+                <w:t xml:space="preserve">Evelyne Doudnikoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
+                <w:t xml:space="preserve">Geoffrey Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 27 (7), pp.2230. </w:t>
+              <w:t xml:space="preserve">Aging Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.e13584. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules27072230⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/acel.13584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03638668v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03617988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bottom‐Up Approach to Red‐Emitting Molecular‐Based Nanoparticles with Natural Stealth Properties and their Use for Single‐Particle Tracking Deep in Brain Tissue</w:t>
               </w:r>
@@ -2683,51 +2683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Paviolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2778,103 +2778,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrabright Red to NIR Emitting Fluorescent Organic Nanoparticles Made from Quadrupolar Dyes with Giant Two-Photon Absorption (2PA) in the NIR Region. Confinement Effect on Fluorescence and 2PA and Tuning of Surface Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Rosendale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 125 (46), pp.25695-25705. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3176,51 +3176,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multimodal optical contrast agents as new tools for monitoring and tuning nanoemulsion internalisation into cancer cells. From live cell imaging to in vivo imaging of tumours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talia Bsaibess</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3304,1181 +3304,1181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft fluorescent organic nanodots as nanocarriers for porphyrins</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hydrophilic Fluorescent Nanoprodrug of Paclitaxel for Glioblastoma Chemotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Vaultier</w:t>
+                <w:t xml:space="preserve">Maeva Montaleytang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sounderya Nagarajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Clermont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Porphyrins and Phthalocyanines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1142/S108842461950158X⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (19), pp.18342-18354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.9b02588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03098738v1</w:t>
+                <w:t xml:space="preserve">hal-02416882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrophilic Fluorescent Nanoprodrug of Paclitaxel for Glioblastoma Chemotherapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft fluorescent organic nanodots as nanocarriers for porphyrins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sasaki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sounderya Nagarajan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Clermont</w:t>
+                <w:t xml:space="preserve">Sebastien Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.9b02588⟩</w:t>
+              <w:t xml:space="preserve">Journal of Porphyrins and Phthalocyanines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (11n12), pp.1463-1469. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1142/S108842461950158X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416882v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02548083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soft fluorescent organic nanodots as nanocarriers for porphyrins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sasaki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Vaultier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Porphyrins and Phthalocyanines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (11n12), pp.1463-1469. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1142/S108842461950158X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02548083v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03098738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo functionalization of biosilica from Thalassiosira weissflogii with a two-photon red emitting fluorescent tag</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Harnessing Lysosomal pH through PLGA Nanoemulsion as a Treatment of Lysosomal-Related Neurodegenerative Diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danilo Vona</w:t>
+                <w:t xml:space="preserve">Marie-Laure Thiolat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriella Leone</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+                <w:t xml:space="preserve">Jean Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/adv.2018.162⟩</w:t>
+              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (12), pp.4083-4089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.8b00697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02416874v1</w:t>
+                <w:t xml:space="preserve">inserm-02439494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harnessing Lysosomal pH through PLGA Nanoemulsion as a Treatment of Lysosomal-Related Neurodegenerative Diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffrey Prévot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Thiolat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 29 (12), pp.4083-4089. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.8b00697⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02439494v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Harnessing Lysosomal pH through PLGA Nanoemulsion as a Treatment of Lysosomal-Related Neurodegenerative Diseases</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federico Soria</w:t>
+                <w:t xml:space="preserve">In vivo functionalization of biosilica from Thalassiosira weissflogii with a two-photon red emitting fluorescent tag</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danilo Vona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Thiolat</w:t>
+                <w:t xml:space="preserve">Gabriella Leone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Lo Presti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Ragni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioconjugate Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.bioconjchem.8b00697⟩</w:t>
+              <w:t xml:space="preserve">MRS Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (29), pp.1611-1620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/adv.2018.162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02416876v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02416874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative molecular-based fluorescent nanoparticles for multicolor single particle tracking in cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nanoparticles restore lysosomal acidification defects: Implications for Parkinson and other lysosomal-related diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bourdenx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Palayret</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Laurent Cognet</w:t>
+                <w:t xml:space="preserve">Emilie Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/8/084002⟩</w:t>
+              <w:t xml:space="preserve">Autophagy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 12 (3), pp.472-483. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15548627.2015.1136769⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01390058v1</w:t>
+                <w:t xml:space="preserve">inserm-02439394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nanoparticles restore lysosomal acidification defects: Implications for Parkinson and other lysosomal-related diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Innovative molecular-based fluorescent nanoparticles for multicolor single particle tracking in cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine G Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Palayret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Bourdenx</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Daniel</w:t>
+                <w:t xml:space="preserve">Brahim Lounis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Genin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
+                <w:t xml:space="preserve">Laurent Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Autophagy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 12 (3), pp.472-483. </w:t>
+              <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49, pp.84002 - 84002. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15548627.2015.1136769⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0022-3727/49/8/084002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02439394v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticles restore lysosomal acidification defects: Implication for Parkinson and other lysosomal-related diseases.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Bourdenx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Genin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federico N Soria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Autophagy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
@@ -4533,64 +4533,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haidong Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neso Sojic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4810,51 +4810,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavie Bondu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Adamietz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Blanchard-Desce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5119,51 +5119,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiara Paviolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cognet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Photonics Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, Online Only, France. pp.05, </w:t>
@@ -5240,51 +5240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Cadroas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Daniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Pagano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiano Mastrodonato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5397,51 +5397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eleonore Kurek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Verlhac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5763,51 +5763,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459205v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Sarr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Godard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Valzer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Czuba" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC05629B" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536667v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikechukwu D Nwosu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lujo Matasovi&#263;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#225;rcius N Ramos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Le Phuoc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Londi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-026-01928-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518928v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Kurek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dal Pra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliocha Skrzypczak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc06995e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267698v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rosendale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Verlhac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202501698" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785726v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rigault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nizard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blan&#263;hard-Desce" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deprez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401289" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695782v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lesas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C.M. Bienvenu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Grivet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402132" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819683v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Emperauger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Semmer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Perronet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407230v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sasaki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Br&#233;gier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chemin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Couvez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14020216" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367350v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR03526G" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630979v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Klausen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Dubois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto Diaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402076" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735463v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lest Attiach" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maruani" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC02852J" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642514v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202400716" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732888v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tauc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.294" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735473v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brannan" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwan-Hee Cho" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Harvey" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Smith" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TC02845G" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785767v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lest M Attiach" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cc02852j" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03617988v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Arotcarena" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Soria" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cunha" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Doudnikoff" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Pr&#233;vot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.13584" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638668v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Castet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pagano" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27072230" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281914v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Flores" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Paviolo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202006644" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457942v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c07831" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964382v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca de Giorgi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laferri&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Zinghirino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faggiani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alons Lends" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc4364" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03098733v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Voci" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Polo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clermont" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000474" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091342v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Bsaibess" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9na00710e" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03098738v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaultier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S108842461950158X" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Montaleytang" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounderya Nagarajan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b02588" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548083v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Marais" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416874v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Vona" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Leone" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lo Presti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Ragni" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2018.162" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02439494v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Thiolat" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.8b00697" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416876v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390058v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G Godin" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Palayret" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lounis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cognet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/8/084002" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02439394v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bourdenx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Genin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2015.1136769" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287766v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico N Soria" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963023v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidong Li" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201600413" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01231149v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Mastrodonato" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sourdon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vabre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC04573H" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962912v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Bondu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adamietz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rodriguez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00301" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997347v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie G&#233;nin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenghong Gao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A. Varela" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201304602" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548137v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2560140" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103859v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Hage" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cadroas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Mastrodonato" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616033v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lesas" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bienvenu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264891v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536667v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ikechukwu D Nwosu" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lujo Matasovi&#263;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#225;rcius N Ramos" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Le Phuoc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Londi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-026-01928-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459205v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Sarr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Godard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Valzer" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Czuba" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Acherar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC05629B" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518928v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Kurek" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Dal Pra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliocha Skrzypczak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Massip" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Daniel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc06995e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267698v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Kurek" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rosendale" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Recher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Verlhac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202501698" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04819683v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Emperauger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Semmer" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Perronet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/x0xx00000x" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407230v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sasaki" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Br&#233;gier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chemin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Couvez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano14020216" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695782v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lesas" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C.M. Bienvenu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Grivet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adhm.202402132" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367350v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4NR03526G" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630979v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Klausen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Dubois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Cueto Diaz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202402076" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735463v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lest Attiach" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amit Kumar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blanchard-Desce" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maruani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC02852J" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785726v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Rigault" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Nizard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Blan&#263;hard-Desce" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deprez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202401289" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642514v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Grazon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smtd.202400716" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732888v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Tauc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564835v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crchim.294" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04735473v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brannan" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hwan-Hee Cho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelia Harvey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Smith" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4TC02845G" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785767v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lest M Attiach" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cc02852j" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638668v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Castet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Pagano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules27072230" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03617988v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;laure Arotcarena" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Soria" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Cunha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Doudnikoff" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Pr&#233;vot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/acel.13584" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03281914v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Flores" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Paviolo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.202006644" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03457942v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c07831" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02964382v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca de Giorgi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laferri&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Zinghirino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faggiani" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alons Lends" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abc4364" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03098733v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Voci" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Polo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clermont" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202000474" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091342v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talia Bsaibess" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Genevois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9na00710e" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416882v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Montaleytang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sounderya Nagarajan" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b02588" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548083v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Marais" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vaultier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S108842461950158X" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03098738v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02439494v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Thiolat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Verlhac" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.bioconjchem.8b00697" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416876v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416874v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Vona" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Leone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lo Presti" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Ragni" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/adv.2018.162" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02439394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bourdenx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Genin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15548627.2015.1136769" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390058v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine G Godin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Palayret" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Lounis" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cognet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/8/084002" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01287766v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico N Soria" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03963023v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haidong Li" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neso Sojic" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201600413" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01231149v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiano Mastrodonato" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sourdon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Vabre" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C5CC04573H" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962912v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Bondu" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Adamietz" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rodriguez" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00301" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00997347v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie G&#233;nin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenghong Gao" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan A. Varela" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adma.201304602" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02548137v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2560140" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103859v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Henri Hage" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cadroas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiano Mastrodonato" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04616033v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lesas" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bienvenu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264891v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>