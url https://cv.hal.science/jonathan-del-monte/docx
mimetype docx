--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -370,325 +370,325 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (40)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interoceptive sensibility: links with insomnia symptoms, anxiety, and depression in the general population</w:t>
+                <w:t xml:space="preserve">Insomnia contributes to paranoid thoughts through mechanisms involving anxiety and non-constructive rumination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Faccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+                <w:t xml:space="preserve">Damien Vistoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Cannas-Aghedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2025.152625⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-026-41689-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05251827v1</w:t>
+                <w:t xml:space="preserve">hal-05548301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suicidal risk, insomnia symptoms, and interoceptive sensitivity: Network analysis in a university student population</w:t>
+                <w:t xml:space="preserve">Interoceptive sensibility: links with insomnia symptoms, anxiety, and depression in the general population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Faccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Madiouni</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of American College Health</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, pp.1-9. </w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 142, pp.152625. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/07448481.2025.2479693⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2025.152625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05069958v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05251827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The relationship between emotional impulsivity (Urgency), aggression, and symptom dimensions in patients with borderline personality disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Sylvia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Howard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -729,4216 +729,4333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05075477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Sleep Condition Indicator and the Idiopathic Hypersomnia Severity Scale: Measurement Invariance and an Exploratory Network Approach in a French Sample of University Students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Suicidal risk, insomnia symptoms, and interoceptive sensitivity: Network analysis in a university student population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bayard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Madiouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clarisse Madiouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jsr.70042⟩</w:t>
+              <w:t xml:space="preserve">Journal of American College Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07448481.2025.2479693⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05070006v1</w:t>
+                <w:t xml:space="preserve">hal-05069958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of a French Fear of Missing Out Scale</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Sleep Condition Indicator and the Idiopathic Hypersomnia Severity Scale: Measurement Invariance and an Exploratory Network Approach in a French Sample of University Students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarisse Madiouni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
+              <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2024.12.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jsr.70042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05069674v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05070006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bad dream, nightmares and psychopathology: a systematic review</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Validation of a French Fear of Missing Out Scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Andraos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2024.1461495⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2024.12.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777959v1</w:t>
+                <w:t xml:space="preserve">hal-05069674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hcv Reinfection in Active Drug Users from Facts to Explanations and Possible Solutions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Bad dream, nightmares and psychopathology: a systematic review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Drugs Addiction &amp; Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.47363/jdat/2024(5)147⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2024.1461495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04584675v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bodily sensations and bariatric surgery: Links between interoceptive sensibility, intuitive and disordered eating behaviour in obesity and obesity surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vrutti Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Eating Disorders Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/erv.3066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interoceptive sensibility, intuitive eating, binge, and disordered eating behavior among individuals with obesity: A comparative study with the general population</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Hcv Reinfection in Active Drug Users from Facts to Explanations and Possible Solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andre-Jean Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hervet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bouchkira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Djazouli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Health Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/13591053241237900⟩</w:t>
+              <w:t xml:space="preserve">Journal of Drugs Addiction &amp; Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (2), pp.1 - 7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.47363/jdat/2024(5)147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532929v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04584675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metacognition vulnerabilities in time of crisis: Who to protect from suicidal risk?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Interoceptive sensibility, intuitive eating, binge, and disordered eating behavior among individuals with obesity: A comparative study with the general population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psiquiatria Biologica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 31 (Supplement 1), pp.100553. </w:t>
+              <w:t xml:space="preserve">Journal of Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psiq.2024.100553⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/13591053241237900⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848560v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04532929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nightmares, interoceptive sensibility and nociception: An exploratory study in a general population</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Metacognition vulnerabilities in time of crisis: Who to protect from suicidal risk?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Oltra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sleep.2023.09.035⟩</w:t>
+              <w:t xml:space="preserve">Psiquiatria Biologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (Supplement 1), pp.100553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psiq.2024.100553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390837v1</w:t>
+                <w:t xml:space="preserve">hal-04848560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metacognition and insight dynamics exploration in borderline personality disorder: Exploring the underlying dynamics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Nightmares, interoceptive sensibility and nociception: An exploratory study in a general population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychiatric Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpsychires.2023.02.023⟩</w:t>
+              <w:t xml:space="preserve">Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 112, pp.209-215. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sleep.2023.09.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061509v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychiatric and non-psychiatric population vulnerabilities in time of a crisis: the unsuspected aggression factor</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Beliefs about sleep : links with ruminations, nightmare, and anxiety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23 (1), pp.386. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12888-023-04843-4⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.198. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12888-023-04672-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04390868v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beliefs about sleep : links with ruminations, nightmare, and anxiety</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Psychiatric and non-psychiatric population vulnerabilities in time of a crisis: the unsuspected aggression factor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Oltra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Psychiatry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 23 (1), pp.198. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12888-023-04672-5⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 23 (1), pp.386. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12888-023-04843-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061540v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metacognition and insight dynamics exploration in borderline personality disorder: Exploring the underlying dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Psychiatric Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 160, pp.225-231. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jpsychires.2023.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04390859v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Just try it: Preliminary results of a six‐month therapy for borderline personality disorder</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Metacognition and insight dynamics exploration in borderline personality disorder: Exploring the underlying dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Mental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pmh.1555⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychiatric Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 160, pp.225-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpsychires.2023.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03846503v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-Constructive Ruminations, Insomnia and Nightmares : Trio of Vulnerabilities to Suicide Risk</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Just try it: Preliminary results of a six‐month therapy for borderline personality disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature and Science of Sleep</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/NSS.S339567⟩</w:t>
+              <w:t xml:space="preserve">Personality and Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1555. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pmh.1555⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04063176v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03846503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Interoceptive Attention and Appraisal in Interoceptive Regulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Non-Constructive Ruminations, Insomnia and Nightmares : Trio of Vulnerabilities to Suicide Risk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vrutti Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.714641⟩</w:t>
+              <w:t xml:space="preserve">Nature and Science of Sleep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, pp.433-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/NSS.S339567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03401318v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04063176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual priming to increase the sense of presence in virtual reality: exploratory study</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Comparing impulsivity in borderline personality, schizophrenia and obsessional‐compulsive disorders: Who is ahead?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virtual Reality</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 77 (7), pp.1732-1744. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10055-021-00515-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jclp.23129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03186713v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04849824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional Valence Recognition on Virtual, Robotic, and Human Faces: a Comparative Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">The Role of Interoceptive Attention and Appraisal in Interoceptive Regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrutti Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Technology in Behavioral Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 6 (1), pp.151 - 158. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s41347-020-00172-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2021.714641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171138v1</w:t>
+                <w:t xml:space="preserve">hal-03401318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparing impulsivity in borderline personality, schizophrenia and obsessional‐compulsive disorders: Who is ahead?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Contextual priming to increase the sense of presence in virtual reality: exploratory study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Fauvarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jclp.23129⟩</w:t>
+              <w:t xml:space="preserve">Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10055-021-00515-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04849824v1</w:t>
+                <w:t xml:space="preserve">hal-03186713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight's level in borderline personality disorder, questioning consciousness</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Emotional Valence Recognition on Virtual, Robotic, and Human Faces: a Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Affective Disorders Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jadr.2020.100045⟩</w:t>
+              <w:t xml:space="preserve">Journal of Technology in Behavioral Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 6 (1), pp.151 - 158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41347-020-00172-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03171145v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social priming influences the perception of a virtual audience: Exploratory study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12144-021-01869-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional Valence Recognition on Virtual, Robotic, and Human Faces: a Comparative Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Insight's level in borderline personality disorder, questioning consciousness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Technology in Behavioral Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s41347-020-00172-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Affective Disorders Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jadr.2020.100045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02960854v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03171145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impulsivity issues in borderline personality disorder and it's links with insight: the role of urgency</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Emotional Valence Recognition on Virtual, Robotic, and Human Faces: a Comparative Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2019.e02564⟩</w:t>
+              <w:t xml:space="preserve">Journal of Technology in Behavioral Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s41347-020-00172-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487769v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02960854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the relationships between impulsivity, aggression, and recidivism for prisoners with antisocial personality disorder</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Impulsivity issues in borderline personality disorder and it's links with insight: the role of urgency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aggression and Violent Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 49 (10), pp.101314. </w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (10), pp.e02564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.avb.2019.07.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2019.e02564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02487767v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impulsivity issues in borderline personality disorder and it's links with insight: the role of urgency</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heliyon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.heliyon.2019.e02564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03171144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive, Emotional, and Auto-Activation Dimensions of Apathy in Parkinson's Disease</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Examining the relationships between impulsivity, aggression, and recidivism for prisoners with antisocial personality disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Zabala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie C. Gély-Nargeot</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eva Aizpurua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 11, pp.230 - 230. </w:t>
+              <w:t xml:space="preserve">Aggression and Violent Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 49 (10), pp.101314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2017.00230⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.avb.2019.07.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01648507v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social priming enhances interpersonal synchronization and feeling of connectedness towards schizophrenia patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+                <w:t xml:space="preserve">Cognitive, Emotional, and Auto-Activation Dimensions of Apathy in Parkinson's Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Salesse</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marie C. Gély-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep08156⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11, pp.230 - 230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2017.00230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02128537v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01648507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social Priming Increases Nonverbal Expressive Behaviors in Schizophrenia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Social priming enhances interpersonal synchronization and feeling of connectedness towards schizophrenia patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Schmidt</w:t>
+                <w:t xml:space="preserve">Richard C Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 9 (10), pp.e109139. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5, pp.8156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0109139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/srep08156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432838v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02128537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Difficulty leading interpersonal coordination: towards an embodied signature of social anxiety disorder</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Social Priming Increases Nonverbal Expressive Behaviors in Schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Varlet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Schmidt</w:t>
+                <w:t xml:space="preserve">Richard Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 8, pp.29. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (10), pp.e109139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0109139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02432916v1</w:t>
+                <w:t xml:space="preserve">hal-02432838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’apathie dans la schizophrénie : une revue clinique et critique de la question</w:t>
+                <w:t xml:space="preserve">Difficulty leading interpersonal coordination: towards an embodied signature of social anxiety disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Yazbek</w:t>
+                <w:t xml:space="preserve">Manuel Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Raffard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Larue</w:t>
+                <w:t xml:space="preserve">R. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2013.05.002⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2014.00029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487777v1</w:t>
+                <w:t xml:space="preserve">hal-02432916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution du concept d’apathie : nécessité d’une approche multifactorielle dans la schizophrénie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Robin Salesse</w:t>
+                <w:t xml:space="preserve">L’apathie dans la schizophrénie : une revue clinique et critique de la question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yazbek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Philippe Boulenger</w:t>
+                <w:t xml:space="preserve">F. Pupier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Christine Gély-Nargeot</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludovic Marin</w:t>
+                <w:t xml:space="preserve">A. Larue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 39 (1), pp.S57-S63. </w:t>
+              <w:t xml:space="preserve">, 2014, 40 (3), pp.231-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2012.11.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2013.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02487776v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1283 – Social motor coordinations: a study with schizophrenia and social phobic patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolution du concept d’apathie : nécessité d’une approche multifactorielle dans la schizophrénie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Richard Schmidt</w:t>
+                <w:t xml:space="preserve">Jean Philippe Boulenger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Gély-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Varlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+                <w:t xml:space="preserve">Ludovic Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0924-9338(13)76346-6⟩</w:t>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39 (1), pp.S57-S63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2012.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487774v1</w:t>
+                <w:t xml:space="preserve">hal-02487776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social motor coordination in unaffected relatives of schizophrenia patients: a potential intermediate phenotype</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">1283 – Social motor coordinations: a study with schizophrenia and social phobic patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Gely-Nargeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Richard C Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (10), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0924-9338(13)76346-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2013.00137⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02432463v1</w:t>
+                <w:t xml:space="preserve">hal-02487774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A further evaluation of decision-making under risk and under ambiguity in schizophrenia</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sophie Bayard</w:t>
+                <w:t xml:space="preserve">Social motor coordination in unaffected relatives of schizophrenia patients: a potential intermediate phenotype</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Varlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nawale Mimoun</w:t>
+                <w:t xml:space="preserve">Ludovic Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard C Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 263 (3), pp.249-257. </w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7, pp.137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00406-012-0330-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2013.00137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02487778v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonverbal expressive behaviour in schizophrenia and social phobia</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A further evaluation of decision-making under risk and under ambiguity in schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Bayard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Richard Schmidt</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nawale Mimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2013.05.034⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 263 (3), pp.249-257. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00406-012-0330-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02464681v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impairments of Social Motor Coordination in Schizophrenia</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Nonverbal expressive behaviour in schizophrenia and social phobia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Salesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovic Marin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Schmidt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+                <w:t xml:space="preserve">Richard Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 210 (1), pp.29-35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2013.05.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0029772⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02433312v1</w:t>
+                <w:t xml:space="preserve">hal-02464681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impairments of Social Motor Coordination in Schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Varlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Raffard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Capdevielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (1), pp.e29772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0029772⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02433312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Insight is not associated with insensitivity to future consequences in schizophrenia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Attal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Baillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 187 (1-2), pp.307-309. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psychres.2010.11.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03062245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4948,491 +5065,491 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport thérapeutique de la réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Faccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entretien Nîmes/Alès</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Nimes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des théories cognitives dans la lutte contre la stigmatisation de la schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Devoisin-Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Trémolière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Française de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des représentations de la maladie (cognitives et émotionnelles) chez des patients bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Simeoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Française de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l’activité physique sur la production de comportements sociaux non-verbaux chez des patients atteints de schizophrénie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attal J</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l’Association Française de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5442,1195 +5559,1195 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manger trop&amp;quot; ou &amp;quot;manger à sa faim&amp;quot; : le rôle des sensations intéroceptives dans l'obésité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vrutti Joshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">51ème congrès de TCC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unpublished</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.18155.52009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04383266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On s'y croirait !&amp;quot; une psychothérapie réussie en réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, Paris, France. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02082584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentiment de présence et succès thérapeutique en réalité virtuelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Faccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Francophone de Praitques en TCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">2ème Colloque Francophone TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Genève, Suisse. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082591v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentiment de présence et succès thérapeutique en réalité virtuelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Effet de l’amorçage sémantique sur les substrats cognitifs et émotionnels du trouble anxieux généralisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Faccini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Colloque Francophone TCC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, Genève, Suisse. 2018</w:t>
+              <w:t xml:space="preserve">, 2018, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02160684v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de l’amorçage sémantique sur les substrats cognitifs et émotionnels du trouble anxieux généralisé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sentiment de présence et succès thérapeutique en réalité virtuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Cerda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Faccini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Charbonnnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Colloque Francophone TCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">Congrès Francophone de Praitques en TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02160686v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensions d'impulsivité et de conscience de la maladie dans le trouble borderline : Etude préliminaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvia Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème congrès de l’encéphale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution des représentations de la maladie chez les proches de patients atteints d’un trouble bipolaire suite à leur participation à des séances de psychoéducation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claude Lagouanelle-Simeoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français de Psychiatrie Lyon 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Lyon, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01659381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations du trouble bipolaire chez des personnes avec ou sans trouble psychique</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Activités physiques et symptômes négatifs : Etude préliminaire dans la schizophrénie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Attal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 45ème congrès annuel de TCC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Paris, France. 2017</w:t>
+              <w:t xml:space="preserve">15ème Congrès de l’Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01670284v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activités physiques et symptômes négatifs : Etude préliminaire dans la schizophrénie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les représentations du trouble bipolaire chez des personnes avec ou sans trouble psychique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscillia Averous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Claude Lagouanelle-Simeoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Graziani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème Congrès de l’Encéphale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, paris, France</w:t>
+              <w:t xml:space="preserve"> 45ème congrès annuel de TCC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02160688v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude exploratoire : l'impact d’un programme de psychoéducation sur les représentations de la maladie dans les troubles bipolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscillia Averous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Claude Lagouanelle-Simeoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">44ème congrès annuel de TCC </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, Paris, France. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01659359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6640,406 +6757,406 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The desire to drink : is it dangeous in the hospital ? Application of exposure technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giuffrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Cannas Aghedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Best Pratices : Music in creative detoxification and rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clinical case : Application of Beck’s addiction or motivation model to prevent relapse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Cannas-Aghedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giuffrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Best Pratices : Music in creative detoxification and rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The quality of motivation is a criteron for fitting the treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Del-Monte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabio Cannas Aghedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Giuffrida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierluigi Graziani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Best Pratices : music in creative detoxification and rehabilitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId159"/>
+      <w:footerReference w:type="default" r:id="rId162"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7107,51 +7224,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B1565F0C"/>
+    <w:nsid w:val="AB21B51D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7255,51 +7372,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="CF2C935E"/>
+    <w:nsid w:val="2FB3D84E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7403,51 +7520,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="118527DD"/>
+    <w:nsid w:val="9F389C5E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7640,51 +7757,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251827v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faccini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vrutti Joshi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Del-Monte" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2025.152625" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069958v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bayard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Madiouni" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07448481.2025.2479693" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075477v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sylvia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40479-025-00292-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070006v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70042" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069674v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Andraos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Graziani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2024.12.003" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777959v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2024.1461495" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584675v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre-Jean Remy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hervet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouchkira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djazouli" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47363/jdat/2024(5)147" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426841v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.3066" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532929v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053241237900" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848560v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oltra" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psiq.2024.100553" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390837v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2023.09.035" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061509v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2023.02.023" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390868v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04843-4" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061540v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04672-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390859v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846503v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmh.1555" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063176v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSS.S339567" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401318v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.714641" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186713v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cerda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fauvarque" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-021-00515-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171138v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41347-020-00172-5" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849824v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23129" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171145v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jadr.2020.100045" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236226v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01869-3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960854v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487769v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2019.e02564" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487767v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Zabala" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Aizpurua" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.avb.2019.07.009" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBXRBHT4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171144v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648507v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C. G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2017.00230" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128537v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raffard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Salesse" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Schmidt" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08156" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432838v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capdevielle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schmidt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109139" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432916v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Varlet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schmidt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00029" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487777v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yazbek" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pupier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larue" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2013.05.002" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487776v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Boulenger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2012.11.005" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487774v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gely-Nargeot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-9338(13)76346-6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432463v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00137" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487778v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawale Mimoun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-012-0330-y" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-H2J5D9DW-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02464681v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2013.05.034" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RFG3Q1H-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02433312v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029772" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062245v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Attal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Baillard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2010.11.020" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZMR3LJD6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160670v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160671v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Devoisin-Lagarde" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160678v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Averous" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Simeoni" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160675v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attal J" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383266v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aftcc.org/event/51eme-congres-de-tcc-2023-12-08-2023-12-09-7/register#scrollTop=0" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18155.52009" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082584v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082591v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Charbonnnier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160684v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160686v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160687v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659381v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Lagouanelle-Simeoni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670284v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160688v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Attal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659359v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160656v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giuffrida" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cannas Aghedu" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160654v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cannas-Aghedu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160655v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548301v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Faccini" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vistoli" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cannas-Aghedu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Del-Monte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-41689-8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05251827v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vrutti Joshi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2025.152625" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05075477v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sylvia" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Howard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40479-025-00292-5" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069958v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bayard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Madiouni" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07448481.2025.2479693" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070006v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.70042" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069674v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Andraos" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Graziani" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2024.12.003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777959v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2024.1461495" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426841v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/erv.3066" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584675v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre-Jean Remy" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hervet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bouchkira" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djazouli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47363/jdat/2024(5)147" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532929v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053241237900" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848560v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Oltra" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psiq.2024.100553" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390837v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2023.09.035" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061540v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04672-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390868v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-023-04843-4" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061509v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2023.02.023" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390859v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03846503v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmh.1555" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063176v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/NSS.S339567" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849824v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.23129" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03401318v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.714641" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186713v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cerda" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fauvarque" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-021-00515-4" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171138v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41347-020-00172-5" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03236226v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01869-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171145v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jadr.2020.100045" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960854v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487769v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2019.e02564" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03171144v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487767v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Zabala" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Aizpurua" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.avb.2019.07.009" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SBXRBHT4-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01648507v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C. G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2017.00230" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02128537v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Raffard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Salesse" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Marin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard C Schmidt" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep08156" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432838v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Capdevielle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Schmidt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0109139" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432916v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Varlet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Schmidt" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00029" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487777v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yazbek" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raffard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pupier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Larue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2013.05.002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487776v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Boulenger" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2012.11.005" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487774v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Gely-Nargeot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-9338(13)76346-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02432463v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2013.00137" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02487778v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawale Mimoun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-012-0330-y" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-H2J5D9DW-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02464681v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2013.05.034" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RFG3Q1H-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02433312v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029772" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062245v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Raffard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Attal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Baillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2010.11.020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZMR3LJD6-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160670v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160671v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Devoisin-Lagarde" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Tr&#233;moli&#232;re" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160678v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscillia Averous" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Simeoni" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attal J" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383266v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aftcc.org/event/51eme-congres-de-tcc-2023-12-08-2023-12-09-7/register#scrollTop=0" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.18155.52009" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082584v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160684v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160686v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082591v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Charbonnnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659381v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Claude Lagouanelle-Simeoni" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160688v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Attal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670284v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659359v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160656v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Giuffrida" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Cannas Aghedu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160654v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160655v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>