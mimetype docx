--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jonathan Gaudin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Phytopathologiste généraliste</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jonathan-gaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation et diplômes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : MASTER professionnel en biologie et chimie végétales, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : LICENCE en biologie des organismes, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : DEUG en sciences de la vie, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Baccalauréat général S, Lycée de l’Edit à Roussillon (38)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cursus professionnel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRAE PACA – Ingénieur d’études en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">phytopathologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 - 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UMR SAVE (Santé et Agroécologie du vignoble), INRA de Bordeaux – Ingénieur d’études en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">phytopathologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Syngenta, Aigues-Vives (30) - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">responsable du laboratoire de micro cultures : résistance aux herbicides et efficacité des traitements de semences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 - 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRA d’Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">assistant ingénieur en virologie végétale : amélioration d’outils de diagnostic et études épidémiologiques de maladies virales sur courgette</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR GAFL (Génétique et d’Amélioration des Fruits et Légumes), INRA Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">assistant ingénieur : résistance à Bremia lactucae chez la laitue</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : CIHEF, Manosque (04) - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ingénieur d’études : dépérissement de la lavande et du lavandin en</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Provence</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 - 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : BIOTEK Agriculture, Nîmes - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">technicien expérimentateur de produits phytosanitaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRA d’Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">stagiaire de Master en virologie végétale</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales thématiques et compétences développées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diagnostic des maladies au champ et au laboratoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Epidémiologie des maladies des plantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etiologie des maladies émergentes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evaluation de méthodes de protection durables des cultures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agrégation et transfert des connaissances en santé des plantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">What do you want to do ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">New mailCopy</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening of Stevia rebaudiana (Bertoni) susceptibility to Septoria steviae through leaf disk inoculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diako Rasouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Laurencon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant health progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.136-145. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHP-04-24-0039-RS⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04988247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outbreak of cucumber mosaic virus subgroup IB in pepper from the Espelette area (Basque Country, southwestern France) and first report of five taxa as natural hosts of CMV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Piry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 109 (5), pp.983-987. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-07-24-1553-SC⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil co-construit pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 772, pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular and biological characterization of novel and known Sequiviridae members infecting lettuce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iason Tsarmpopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 113 (8), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-03-23-0095-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un OAD pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A crowdsourcing approach to track the expansion of the brown marmorated stinkbug Halyomorpha halys (Stål, 1855) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.e66335. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.9.e66335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of lettuce necrotic leaf curl virus infecting cultivated lettuce in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), 1 p. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-11-20-2348-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen science and niche modeling to track and forecast the expansion of the brown marmorated stinkbug Halyomorpha halys (Stål, 1855)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dusoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.11421. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-90378-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Sclerotium stem rot caused by Sclerotium rolfsii on Stevia rebaudiana in southwestern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robledo-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 104 (2), pp.584-584. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-04-19-0696-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of &amp;lt;em&amp;gt;Septoria&amp;lt;/em&amp;gt; sp. infecting &amp;lt;em&amp;gt;Stevia rebaudiana&amp;lt;/em&amp;gt; in France and screening of &amp;lt;em&amp;gt;Stevia rebaudiana&amp;lt;/em&amp;gt; genotypes for host resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 103 (7), pp.1544-1550. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-10-18-1747-RE⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaProtect - Protection durable des végétaux contre les bioagresseurs invasifs dans les vergers et les vignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alerte au dépérissement hivernal de la mâche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cerceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Lorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mervel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bosseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 714 (mai), pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of lettuce chordovirus 1 isolated from cultivated lettuce in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163 (9), pp.2543-2545. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-018-3858-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavender decline in France is associated with chronic infection by lavender-specific strain of “Candidatus Phytoplasma solani”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sémétey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84 (24), pp.e01507-18. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01507-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii dans le vignoble bordelais, état de la situation depuis sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.40-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cochenilles dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1156, pp.45-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des stratégies de lutte contre le dépérissement de la lavande et du lavandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Foissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bouverat-Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25, pp.179-192. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjpt-e315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spicy dissemination of cucumber mosaic virus in Espelette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loup Rimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Conilh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres de Virologie Végétale (RVV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion du CMV à Espelette : bilan de missions pimentées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loup Rimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Conilh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle du réseau E3GP3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potato virus Y adaptation to various resistance QTL combinations in pepper and impact on host tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Jayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International symposium of plant virus epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Consejo Superior de Investigaciones Científicas, Madrid, spain, Jun 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outside the wild: Risks and mechanisms of host jumps of endive necrotic mosaic potyvirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres de virologie végétale (RVV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; INRAE, Sep 2021, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potato virus Y adaptation to various resistance QTL combinations in pepper and impact on host tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Jayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres de virologie végétale (RVV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; Inrae, Sep 2021, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du paysage et du cépage sur Drosophila suzukii dans 2 cas d‘études : vignobles bordelais et alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque intermédiaire InvaProtect, Les bioagresseurs invasifs des vergers et vignes du Rhin supérieur : situation actuelle et possibilités de lutte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Sainte-Croix-en-Plaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPHYLE, une plateforme expérimentale et analytique au service de l’étiologie des maladies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meylheuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres de virologie végétale (RVV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05147700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-adaptation of endive necrotic mosaic potyvirus to different species of the Asteraceae is due to VPg mutations with pleiotropic effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Moury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Rencontres de virologie végétale (RVV 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system based on literature review and farmers’ experience to promote an efficient use of microbial biocontrol agents against diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International congress of plant pathology (ICPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Lyon, France. , pp.142, Book of abstracts ICPP 2023. One healh for all plants, crops and trees. Lyon, 20-25 August, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05202387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'un dépérissement inhabituel sur aubergine dans le Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robledo-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres de Phytopathologie - Mycologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Aussois, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DeciControl: a participative tool to gather & share data regarding biocontrol efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Scientific Conference – Towards Pesticide Free Agriculture “What research to meet the pesticides reduction objectives embedded in the European Green Deal?”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification by Next Generation Sequencing (NGS) of three novel viral agents infecting lettuce and belonging to the Betaflexiviridae and Secoviridae families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais-Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iason Tsarmpopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Rencontres de Virologie Végétale (RVV 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Aussois, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie et dynamique de populations de Drosophila suzukii dans deux régions viticoles françaises et potentiel de vection de la pourriture acide en fonction de sa plante hôte d’origine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drosophila suzukii, CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Balandran, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel higher order viral taxon in the Kerguelen Islands viral metagenome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Batailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Rencontres de Virologie Végétale (RVV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Aussois, France. 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytoplasma titer in diseased lavender is not correlated to lavender tolerance to stolbur phytoplasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sémétey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Foissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eveillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Meeting of the international phytoplasmologist working group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neustadt an der Weinstrasse, Germany. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universita di Bologna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bulletin of Insectology 64 (Supplement) 2011 - Second IPWG Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les citoyens, sentinelles de la surveillance phytosanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Papaïx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartrois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Lannou; Jean-Yves Rasplus; Samuel Soubeyrand; Mathieu Gautier; Jean-Pierre Rossi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crises sanitaires en agriculture. Les espèces invasives sous surveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-163, 2023, 978-2-7592-3482-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03962125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les virus des cucurbitacées. Etude de la fréquence des principaux virus des cucurbitacées en France. Analyse de la résistance à deux d'entre eux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] France. Université Claude Bernard Lyon 1 (UCBL), Villeurbanne, FRA. 2006, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jonathan Gaudin </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Phytopathologiste généraliste</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jonathan-gaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Formation et diplômes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : MASTER professionnel en biologie et chimie végétales, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : LICENCE en biologie des organismes, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : DEUG en sciences de la vie, Université Claude Bernard, LYON 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2000</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Baccalauréat général S, Lycée de l’Edit à Roussillon (38)</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cursus professionnel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRAE PACA – Ingénieur d’études en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">phytopathologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 - 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UMR SAVE (Santé et Agroécologie du vignoble), INRA de Bordeaux – Ingénieur d’études en </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">phytopathologie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : Syngenta, Aigues-Vives (30) - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">responsable du laboratoire de micro cultures : résistance aux herbicides et efficacité des traitements de semences</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 - 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRA d’Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">assistant ingénieur en virologie végétale : amélioration d’outils de diagnostic et études épidémiologiques de maladies virales sur courgette</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR GAFL (Génétique et d’Amélioration des Fruits et Légumes), INRA Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">assistant ingénieur : résistance à Bremia lactucae chez la laitue</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2009 - 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : CIHEF, Manosque (04) - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ingénieur d’études : dépérissement de la lavande et du lavandin en</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> Provence</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2008 - 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : BIOTEK Agriculture, Nîmes - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">technicien expérimentateur de produits phytosanitaire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : UR PV (Pathologie Végétale), INRA d’Avignon - </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">stagiaire de Master en virologie végétale</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Principales thématiques et compétences développées</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Diagnostic des maladies au champ et au laboratoire</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Epidémiologie des maladies des plantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Etiologie des maladies émergentes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Evaluation de méthodes de protection durables des cultures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agrégation et transfert des connaissances en santé des plantes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">What do you want to do ?</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">New mailCopy</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Screening of Stevia rebaudiana (Bertoni) susceptibility to Septoria steviae through leaf disk inoculation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diako Rasouli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solene Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Laurencon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant health progress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 26, pp.136-145. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHP-04-24-0039-RS⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04988247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outbreak of cucumber mosaic virus subgroup IB in pepper from the Espelette area (Basque Country, southwestern France) and first report of five taxa as natural hosts of CMV</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Piry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 109 (5), pp.983-987. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-07-24-1553-SC⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil co-construit pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 772, pp.31-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04524822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building integrated plant health surveillance: a proactive research agenda for anticipating and mitigating disease and pest emergence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Soubeyrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Estoup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Cruaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Malembic-Maher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Meynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CABI Agriculture and Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.72. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s43170-024-00273-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04672656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular and biological characterization of novel and known Sequiviridae members infecting lettuce</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iason Tsarmpopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 113 (8), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-03-23-0095-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04083420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un OAD pour faciliter l’utilisation du biocontrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 755, pp.43-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03713773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A crowdsourcing approach to track the expansion of the brown marmorated stinkbug Halyomorpha halys (Stål, 1855) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biodiversity Data Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.e66335. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3897/BDJ.9.e66335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03247520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of lettuce necrotic leaf curl virus infecting cultivated lettuce in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), 1 p. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-11-20-2348-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Citizen science and niche modeling to track and forecast the expansion of the brown marmorated stinkbug Halyomorpha halys (Stål, 1855)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Dusoulier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, pp.11421. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-90378-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First Report of Sclerotium stem rot caused by Sclerotium rolfsii on Stevia rebaudiana in southwestern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robledo-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 104 (2), pp.584-584. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-04-19-0696-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of &amp;lt;em&amp;gt;Septoria&amp;lt;/em&amp;gt; sp. infecting &amp;lt;em&amp;gt;Stevia rebaudiana&amp;lt;/em&amp;gt; in France and screening of &amp;lt;em&amp;gt;Stevia rebaudiana&amp;lt;/em&amp;gt; genotypes for host resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Hastoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Le Bihan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Cosson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 103 (7), pp.1544-1550. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-10-18-1747-RE⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of lettuce chordovirus 1 isolated from cultivated lettuce in France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163 (9), pp.2543-2545. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-018-3858-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02624335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alerte au dépérissement hivernal de la mâche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cerceau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marylou Lorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Mervel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bosseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytoma </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 714 (mai), pp.36-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622778v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">InvaProtect - Protection durable des végétaux contre les bioagresseurs invasifs dans les vergers et les vignes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.43</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lavender decline in France is associated with chronic infection by lavender-specific strain of “Candidatus Phytoplasma solani”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sémétey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Danet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied and Environmental Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 84 (24), pp.e01507-18. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/AEM.01507-18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Drosophila suzukii dans le vignoble bordelais, état de la situation depuis sa découverte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1155, pp.40-42</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cochenilles dans le vignoble bordelais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Union Girondine des Vins de Bordeaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1156, pp.45-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02618111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration des stratégies de lutte contre le dépérissement de la lavande et du lavandin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Chaisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Foissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Verdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Bouverat-Bernier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25, pp.179-192. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/tjpt-e315⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02651108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The spicy dissemination of cucumber mosaic virus in Espelette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loup Rimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Conilh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres de Virologie Végétale (RVV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gestion du CMV à Espelette : bilan de missions pimentées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loup Rimbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Berthier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lola Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Conilh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle du réseau E3GP3</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05140696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potato virus Y adaptation to various resistance QTL combinations in pepper and impact on host tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Jayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. International symposium of plant virus epidemiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Consejo Superior de Investigaciones Científicas, Madrid, spain, Jun 2022, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03689572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potato virus Y adaptation to various resistance QTL combinations in pepper and impact on host tolerance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaud Jayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres de virologie végétale (RVV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; Inrae, Sep 2021, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Outside the wild: Risks and mechanisms of host jumps of endive necrotic mosaic potyvirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Desbiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres de virologie végétale (RVV 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cirad; INRAE, Sep 2021, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03368388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet du paysage et du cépage sur Drosophila suzukii dans 2 cas d‘études : vignobles bordelais et alsacien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Delbac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Rusch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque intermédiaire InvaProtect, Les bioagresseurs invasifs des vergers et vignes du Rhin supérieur : situation actuelle et possibilités de lutte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Sainte-Croix-en-Plaine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02947503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPHYLE, une plateforme expérimentale et analytique au service de l’étiologie des maladies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Bornard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Meylheuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres de virologie végétale (RVV 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2025, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05147700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-adaptation of endive necrotic mosaic potyvirus to different species of the Asteraceae is due to VPg mutations with pleiotropic effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Moury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Szadkowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Wipf-Scheibel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Billaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Rencontres de virologie végétale (RVV 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2023, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04195740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A decision support system based on literature review and farmers’ experience to promote an efficient use of microbial biocontrol agents against diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. International congress of plant pathology (ICPP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2023, Lyon, France. , pp.142, Book of abstracts ICPP 2023. One healh for all plants, crops and trees. Lyon, 20-25 August, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05202387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation d'un dépérissement inhabituel sur aubergine dans le Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Robledo-Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Ruet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christel Leyronas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres de Phytopathologie - Mycologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Aussois, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03784167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DeciControl: a participative tool to gather & share data regarding biocontrol efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Pressecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Armand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bourgeay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Scientific Conference – Towards Pesticide Free Agriculture “What research to meet the pesticides reduction objectives embedded in the European Green Deal?”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification by Next Generation Sequencing (NGS) of three novel viral agents infecting lettuce and belonging to the Betaflexiviridae and Secoviridae families</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais-Colombel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iason Tsarmpopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Rencontres de Virologie Végétale (RVV 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2017, Aussois, France. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écologie et dynamique de populations de Drosophila suzukii dans deux régions viticoles françaises et potentiel de vection de la pourriture acide en fonction de sa plante hôte d’origine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Binet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Hommay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Reinbold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicole Bochet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Herrbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Drosophila suzukii, CTIFL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Balandran, France. , 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02327589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel higher order viral taxon in the Kerguelen Islands viral metagenome ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Batailler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Rencontres de Virologie Végétale (RVV)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2015, Aussois, France. 1 p., 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02794749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytoplasma titer in diseased lavender is not correlated to lavender tolerance to stolbur phytoplasma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sémétey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Foissac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eveillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Meeting of the international phytoplasmologist working group</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Neustadt an der Weinstrasse, Germany. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universita di Bologna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Bulletin of Insectology 64 (Supplement) 2011 - Second IPWG Meeting</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les citoyens, sentinelles de la surveillance phytosanitaire ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐Claude Streito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Papaïx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marguerite Chartrois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Botella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Pierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christian Lannou; Jean-Yves Rasplus; Samuel Soubeyrand; Mathieu Gautier; Jean-Pierre Rossi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crises sanitaires en agriculture. Les espèces invasives sous surveillance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.151-163, 2023, 978-2-7592-3482-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03962125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les virus des cucurbitacées. Etude de la fréquence des principaux virus des cucurbitacées en France. Analyse de la résistance à deux d'entre eux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Stage] France. Université Claude Bernard Lyon 1 (UCBL), Villeurbanne, FRA. 2006, 68 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02818484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B7C5217F"/>
+    <w:nsid w:val="35B0657C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-gaudin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988247v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Le Bihan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diako Rasouli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Boutet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laurencon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHP-04-24-0039-RS" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830432v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wipf-Scheibel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Szadkowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Desbiez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-24-1553-SC" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524822v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pressecq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duval" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083420v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iason Tsarmpopoulos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Theil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-23-0095-R" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713773v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03247520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.9.e66335" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101398v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-20-2348-PDN" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261593v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dusoulier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90378-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623266v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Robledo-Garcia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cosson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hastoy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-04-19-0696-PDN" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618960v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hastoy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-10-18-1747-RE" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627319v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delbac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Binet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Hommay" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622778v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerceau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Lorne" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mervel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bosseur" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624335v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-018-3858-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;m&#233;tey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01507-18" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618648v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651108v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaisse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foissac" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol&#232;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bouverat-Bernier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjpt-e315" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140676v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Rimbaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berthier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Chateau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Conilh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140696v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689572v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Jayet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Billaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368388v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368394v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947503v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147700v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bornard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195740v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202387v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784167v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ruet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737437v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605237v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais-Colombel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bochet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794749v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Batailler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749505v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eveillard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bulletinofinsectology.org/pdfarticles/vol64-2011-S179-S180gaudin.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03962125v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartrois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818484v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-gaudin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988247v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Le Bihan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diako Rasouli" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Boutet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Laurencon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHP-04-24-0039-RS" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04830432v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wipf-Scheibel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Szadkowski" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Desbiez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-07-24-1553-SC" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524822v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pressecq" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Duval" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Armand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bourgeay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04672656v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Soubeyrand" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Estoup" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Cruaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malembic-Maher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s43170-024-00273-8" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04083420v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iason Tsarmpopoulos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Theil" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-03-23-0095-R" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03713773v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03247520v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartois" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Pierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/BDJ.9.e66335" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101398v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-20-2348-PDN" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261593v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dusoulier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-90378-1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623266v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Robledo-Garcia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cosson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hastoy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-04-19-0696-PDN" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618960v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hastoy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Rolin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-10-18-1747-RE" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-018-3858-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622778v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerceau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Lorne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Mervel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bosseur" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627319v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delbac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Binet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Rusch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Hommay" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626071v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;m&#233;tey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Danet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salar" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.01507-18" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618648v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618111v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thiery" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02651108v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chaisse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Foissac" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Verdin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nicol&#232;" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bouverat-Bernier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/tjpt-e315" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140676v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loup Rimbaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Berthier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lola Chateau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Conilh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05140696v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689572v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Jayet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Billaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368394v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03368388v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02947503v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147700v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bornard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Leyronas" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195740v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moury" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05202387v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03784167v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ruet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03737437v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605237v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais-Colombel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Reinbold" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bochet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herrbach" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794749v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Batailler" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749505v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eveillard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bulletinofinsectology.org/pdfarticles/vol64-2011-S179-S180gaudin.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03962125v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Papa&#239;x" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartrois" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Botella" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Pierre" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818484v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>