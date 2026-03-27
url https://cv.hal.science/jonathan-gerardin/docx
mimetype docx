--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -187,1903 +187,1903 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
+                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Verhaegh</w:t>
+                <w:t xml:space="preserve">B. Kool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Harrison</w:t>
+                <w:t xml:space="preserve">K. Verhaegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Moulton</w:t>
+                <w:t xml:space="preserve">G. Derks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruce Lipschultz</w:t>
+                <w:t xml:space="preserve">T. Wijkamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Lonigro</w:t>
+                <w:t xml:space="preserve">J. Koenders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (1), pp.215. </w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282872v1</w:t>
+                <w:t xml:space="preserve">hal-05282776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstration of Super-X divertor exhaust control for transient heat load management in compact fusion reactors</w:t>
+                <w:t xml:space="preserve">Plasma heat load in the toroidal gaps of the ITER-like plasma facing units in WEST tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Kool</w:t>
+                <w:t xml:space="preserve">Q. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Verhaegh</w:t>
+                <w:t xml:space="preserve">M.H. Aumeunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Derks</w:t>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Wijkamp</w:t>
+                <w:t xml:space="preserve">R. Dejarnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Koenders</w:t>
+                <w:t xml:space="preserve">L. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42, pp.101899. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41560-025-01824-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2025.101899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282776v1</w:t>
+                <w:t xml:space="preserve">cea-04976181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma heat load in the toroidal gaps of the ITER-like plasma facing units in WEST tokamak</w:t>
+                <w:t xml:space="preserve">Divertor shaping with neutral baffling as a solution to the tokamak power exhaust challenge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q. Tichit</w:t>
+                <w:t xml:space="preserve">Kevin Verhaegh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.H. Aumeunier</w:t>
+                <w:t xml:space="preserve">James Harrison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">David Moulton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Dejarnac</w:t>
+                <w:t xml:space="preserve">Bruce Lipschultz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Dubus</w:t>
+                <w:t xml:space="preserve">Nicola Lonigro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 42, pp.101899. </w:t>
+              <w:t xml:space="preserve">Communications Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (1), pp.215. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2025.101899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42005-025-02121-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04976181v1</w:t>
+                <w:t xml:space="preserve">hal-05282872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface temperature measurement from infrared synthetic diagnostic in preparation for ITER operations</w:t>
+                <w:t xml:space="preserve">COMPASS Upgrade: a high-field tokamak for ITER- and DEMO-relevant research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-H. Aumeunier</w:t>
+                <w:t xml:space="preserve">M. Komm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Juven</w:t>
+                <w:t xml:space="preserve">F. Jaulmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gerardin</w:t>
+                <w:t xml:space="preserve">O. Grover</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C-M B Cisse</w:t>
+                <w:t xml:space="preserve">M. Peterka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Pamela</w:t>
+                <w:t xml:space="preserve">J. Seidl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (8), 086044 (8 p.). </w:t>
+              <w:t xml:space="preserve">, 2024, 64 (7), pp.076028. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad5a1f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad4569⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04828900v1</w:t>
+                <w:t xml:space="preserve">cea-04829019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COMPASS Upgrade: a high-field tokamak for ITER- and DEMO-relevant research</w:t>
+                <w:t xml:space="preserve">WEST full tungsten operation with an ITER grade divertor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Komm</w:t>
+                <w:t xml:space="preserve">J. Bucalossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Jaulmes</w:t>
+                <w:t xml:space="preserve">A. Ekedahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Grover</w:t>
+                <w:t xml:space="preserve">J. Achard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Peterka</w:t>
+                <w:t xml:space="preserve">K. Afonin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Seidl</w:t>
+                <w:t xml:space="preserve">O. Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (7), pp.076028. </w:t>
+              <w:t xml:space="preserve">, 2024, 64 (11), pp.112022. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad4569⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad64e5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04829019v1</w:t>
+                <w:t xml:space="preserve">hal-04948518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and statistical analysis of the high-Z tungsten-based UFOs observed during the first deuterium high fluence campaign of the WEST tokamak</w:t>
+                <w:t xml:space="preserve">Evolution and cleaning of the deposit layers on the lower divertor of WEST fully equipped with ITER grade components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gaspar</w:t>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Anquetin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">C. Desgranges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Courtois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41, pp.101745. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101745⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 41, pp.101783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101783⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04765312v1</w:t>
+                <w:t xml:space="preserve">cea-04816503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WEST full tungsten operation with an ITER grade divertor</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of the EUROfusion Tokamak Exploitation programme in support of ITER and DEMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Joffrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bucalossi</w:t>
+                <w:t xml:space="preserve">M. Wischmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ekedahl</w:t>
+                <w:t xml:space="preserve">M. Baruzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Achard</w:t>
+                <w:t xml:space="preserve">A. Hakola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Afonin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">O. Agullo</w:t>
+                <w:t xml:space="preserve">A. Kappatou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (11), pp.112022. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad64e5⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 64 (11), pp.112019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad2be4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948518v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04850452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution and cleaning of the deposit layers on the lower divertor of WEST fully equipped with ITER grade components</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Thermal and statistical analysis of the high-Z tungsten-based UFOs observed during the first deuterium high fluence campaign of the WEST tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Diez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41, pp.101783. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101783⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 41, pp.101745. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101745⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04816503v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04765312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the EUROfusion Tokamak Exploitation programme in support of ITER and DEMO</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Joffrin</w:t>
+                <w:t xml:space="preserve">Calorimetry measurement for energy balance and energy distribution in WEST for L-mode plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Wischmeier</w:t>
+                <w:t xml:space="preserve">J. Daumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Baruzzo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Kappatou</w:t>
+                <w:t xml:space="preserve">N. Fedorczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 64 (11), pp.112019. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad2be4⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 64 (3), pp.036018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad202c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04850452v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04783119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calorimetry measurement for energy balance and energy distribution in WEST for L-mode plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a double decay length ($\lambda^t_q$) heat flux deposition shape with embedded thermal measurement and neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jl Gardarein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gaspar</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">J. Gerardin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Fedorczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad202c⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41 (4), pp.101788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04783119v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04816458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a double decay length ($\lambda^t_q$) heat flux deposition shape with embedded thermal measurement and neural network</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Y. Corre</w:t>
+                <w:t xml:space="preserve">Experimental characterization of leading edge cracking on bulk tungsten divertor components during 2017–2019 WEST operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Diez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Demiane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Reilhac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Dorow-Gerspach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jl Gardarein</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Gerardin</w:t>
+                <w:t xml:space="preserve">M. Lemetais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 41 (4), pp.101788. </w:t>
+              <w:t xml:space="preserve">, 2024, 41, pp.101746. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101788⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04816458v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04765326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of leading edge cracking on bulk tungsten divertor components during 2017–2019 WEST operation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Surface temperature measurement from infrared synthetic diagnostic in preparation for ITER operations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Demiane</w:t>
+                <w:t xml:space="preserve">M.-H. Aumeunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Reilhac</w:t>
+                <w:t xml:space="preserve">A. Juven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dorow-Gerspach</w:t>
+                <w:t xml:space="preserve">C-M B Cisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lemetais</w:t>
+                <w:t xml:space="preserve">S. Pamela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41, pp.101746. </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (8), 086044 (8 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2024.101746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ad5a1f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04765326v1</w:t>
+                <w:t xml:space="preserve">cea-04828900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing of ITER-grade plasma facing units in the WEST tokamak: Progress in understanding heat loading and damage mechanisms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Studies on EU-DEMO 3D coils requirements and conceptual design for error field correction and plasma control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M-H. Aumeunier</w:t>
+                <w:t xml:space="preserve">Francesco Maviglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Durif</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Gaspar</w:t>
+                <w:t xml:space="preserve">Leonardo Pigatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Krieger</w:t>
+                <w:t xml:space="preserve">Fabio Villone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartmut Zohm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101546⟩</w:t>
+              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 196 (3), pp.114010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2023.114010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04396244v1</w:t>
+                <w:t xml:space="preserve">cea-04829030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Studies on EU-DEMO 3D coils requirements and conceptual design for error field correction and plasma control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Leonardo Pigatto</w:t>
+                <w:t xml:space="preserve">Testing of ITER-grade plasma facing units in the WEST tokamak: Progress in understanding heat loading and damage mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabio Villone</w:t>
+                <w:t xml:space="preserve">M-H. Aumeunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hartmut Zohm</w:t>
+                <w:t xml:space="preserve">A. Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Albert</w:t>
+                <w:t xml:space="preserve">K. Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 196 (3), pp.114010. </w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37, pp.101546. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fusengdes.2023.114010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2023.101546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04829030v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04396244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conceptual design of Fiber Bragg Grating temperature sensors for heat load measurements in COMPASS-U plasma-facing components</w:t>
               </w:r>
@@ -2121,51 +2121,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Balner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Bogár</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 193, pp.113608. </w:t>
@@ -2203,103 +2203,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Front face shaping of the inner wall tiles in the COMPASS Upgrade tokamak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Balner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Dejarnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Imrisek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Jaulmes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 194, pp.113731. </w:t>
@@ -2337,103 +2337,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Infrared detection of tungsten cracking on actively cooled ITER-like component during high power experiment in WEST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Tichit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 37, pp.101537. </w:t>
@@ -2471,51 +2471,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated design strategy for EU-DEMO first wall protection from plasma transients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Maviglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bachmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2599,325 +2599,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04765269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current quench and vessel currents characterisation at the COMPASS tokamak</w:t>
+                <w:t xml:space="preserve">Embedded-probes diagnostics for the COMPASS upgrade tokamak: a concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ekaterina Matveeva</w:t>
+                <w:t xml:space="preserve">M. Dimitrova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Havlicek</w:t>
+                <w:t xml:space="preserve">A. Podolnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Balner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F J Artola</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ales Havranek</w:t>
+                <w:t xml:space="preserve">M. Mitov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6587/ac9928⟩</w:t>
+              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (11), pp.P11018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/11/p11018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04829045v1</w:t>
+                <w:t xml:space="preserve">cea-04829058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Embedded-probes diagnostics for the COMPASS upgrade tokamak: a concept</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Current quench and vessel currents characterisation at the COMPASS tokamak</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Matveeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Havlicek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dimitrova</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J. Gerardin</w:t>
+                <w:t xml:space="preserve">F J Artola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Podolnik</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Balner</w:t>
+                <w:t xml:space="preserve">V Yanovskiy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Mitov</w:t>
+                <w:t xml:space="preserve">Ales Havranek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Instrumentation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17 (11), pp.P11018. </w:t>
+              <w:t xml:space="preserve">Plasma Physics and Controlled Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (12), pp.125010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1748-0221/17/11/p11018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6587/ac9928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04829058v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04829045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated design strategy for EU-DEMO first wall protection from plasma transients Fusion Engineering and Design 177 (2022) 113067</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Maviglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Bachmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3001,295 +3001,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04765260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustained W-melting experiments on actively cooled ITER-like Plasma Facing Unit in WEST</w:t>
+                <w:t xml:space="preserve">Overview of the COMPASS results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Corre</w:t>
+                <w:t xml:space="preserve">Martin Hron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Grosjean</w:t>
+                <w:t xml:space="preserve">Jiri Adamek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James P. Gunn</w:t>
+                <w:t xml:space="preserve">Jordan Cavalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karl Krieger</w:t>
+                <w:t xml:space="preserve">Renaud Dejarnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Ratynskaia</w:t>
+                <w:t xml:space="preserve">Ondřej Ficker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica Scripta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 96 (12), pp.124057. </w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac326a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac301f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03583706v1</w:t>
+                <w:t xml:space="preserve">hal-03441665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the COMPASS results</w:t>
+                <w:t xml:space="preserve">Sustained W-melting experiments on actively cooled ITER-like Plasma Facing Unit in WEST</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Hron</w:t>
+                <w:t xml:space="preserve">Yann Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiri Adamek</w:t>
+                <w:t xml:space="preserve">Alex Grosjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Cavalier</w:t>
+                <w:t xml:space="preserve">James P. Gunn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Dejarnac</w:t>
+                <w:t xml:space="preserve">Karl Krieger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ondřej Ficker</w:t>
+                <w:t xml:space="preserve">Svetlana Ratynskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Physica Scripta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (12), pp.124057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac301f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1402-4896/ac326a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441665v1</w:t>
+                <w:t xml:space="preserve">hal-03583706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inverse Radiation Problem with Infrared Images to Monitor Plasma-Facing Components Temperature in Metallic Fusion Devices</w:t>
               </w:r>
@@ -3400,103 +3400,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First heat flux estimation in the lower divertor of WEST with embedded thermal measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gaspar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Gardarein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fusion Engineering and Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 146 part A, pp.757-760. </w:t>
@@ -3534,51 +3534,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified heat load modeling for design of DEMO discrete limiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Firdaouss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4193,51 +4193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P1 approximation, MDA and IDA for the simulation of radiative transfer in a 3D geometry for an absorbing scattering medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gerardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Seiler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4728,764 +4728,764 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01795338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation on reduced thermal models for simulating infrared images in fusion devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Gerardin</w:t>
+                <w:t xml:space="preserve">Lab-scale study of radiative fluxes received from a fire front</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M-H Aumeunier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Firdaouss</w:t>
+                <w:t xml:space="preserve">Alexis Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J-L Gardarein</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Trevisan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubir Acem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th European Thermal-Sciences Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Krakow, Poland. </w:t>
+              <w:t xml:space="preserve">Eurotherm Conference 105: Computational Thermal Radiation in Participating Media V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Albi, France. pp.012008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/745/3/032019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/676/1/012008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01794917v1</w:t>
+                <w:t xml:space="preserve">hal-01445548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lab-scale study of radiative fluxes received from a fire front</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesures de conductivités thermiques et de coefficients de transfert de matière dans les mousses pour des applications catalytiques fluide/solide et gaz/liquide/solide.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pitault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Zanota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurotherm Conference 105: Computational Thermal Radiation in Participating Media V</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journée « Mousses » SFT-FIC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01445548v1</w:t>
+                <w:t xml:space="preserve">hal-01905355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de conductivités thermiques et de coefficients de transfert de matière dans les mousses pour des applications catalytiques fluide/solide et gaz/liquide/solide.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Réacteurs catalytiques structurés : Caractérisation des milieux poreux tel que les mousses métalliques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Zanota</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Pitault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Gerardin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bornette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Regis Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée « Mousses » SFT-FIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">13èmes Journéess d'études des Milieux Poreux 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Anglet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01905355v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réacteurs catalytiques structurés : Caractérisation des milieux poreux tel que les mousses métalliques.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigation on reduced thermal models for simulating infrared images in fusion devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gerardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M-H Aumeunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Firdaouss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J-L Gardarein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Rigollet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes Journéess d'études des Milieux Poreux 2016</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">7th European Thermal-Sciences Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Krakow, Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/745/3/032019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01394512v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01794917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative transfer through a PMMA sample. Part 1: spectroscopic study and optical indices</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evaluation du transfert radiatif dans un cœur de Réacteur à Eau Pressurisée (REP) lors de la phase de re-noyage d’un Accident de Perte de Réfrigérant Primaire (APRP)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Boulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ruyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Symposium on Radiative Transfer - RAD 13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01443446v1</w:t>
+                <w:t xml:space="preserve">hal-01446766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du transfert radiatif dans un cœur de Réacteur à Eau Pressurisée (REP) lors de la phase de re-noyage d’un Accident de Perte de Réfrigérant Primaire (APRP)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiative transfer through a PMMA sample. Part 2: combined transfer during the thermal degradation of a slab</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoubir Acem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Gérardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Parent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Boulet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Seiler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique SFT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française Thermique, May 2013, Gérardmer, France</w:t>
+              <w:t xml:space="preserve">7th International Symposium on Radiative Transfer - RAD 13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01446766v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01443447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiative transfer through a PMMA sample. Part 2: combined transfer during the thermal degradation of a slab</w:t>
+                <w:t xml:space="preserve">Radiative transfer through a PMMA sample. Part 1: spectroscopic study and optical indices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubir Acem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Gérardin</w:t>
@@ -5538,51 +5538,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Symposium on Radiative Transfer - RAD 13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Kusadasi, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01443447v1</w:t>
+                <w:t xml:space="preserve">hal-01443446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6172,51 +6172,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EF16AE88"/>
+    <w:nsid w:val="F377FD19"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6403,51 +6403,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-gerardin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-0476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169168506" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04976181v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Tichit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Aumeunier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dejarnac" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubus" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2025.101899" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828900v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juven" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-M B Cisse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pamela" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad5a1f" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829019v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Komm" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jaulmes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grover" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peterka" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seidl" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad4569" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765312v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Courtois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101745" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948518v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bucalossi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ekedahl" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Afonin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agullo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad64e5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816503v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgranges" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101783" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850452v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wischmeier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baruzzo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kappatou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad2be4" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04783119v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daumas" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorczak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad202c" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816458v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Gardarein" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101788" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765326v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demiane" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reilhac" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorow-Gerspach" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemetais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101746" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396244v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Aumeunier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durif" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krieger" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101546" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829030v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maviglia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pigatto" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villone" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Zohm" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Albert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.114010" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816672v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caloud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomesova" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bog&#225;r" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113608" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829035v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imrisek" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113731" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101537" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765269v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bachmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Federici" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Franke" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Siccinio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2022.113067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829045v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Matveeva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Havlicek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Artola" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Yanovskiy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Havranek" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ac9928" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829058v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dimitrova" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podolnik" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mitov" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/11/p11018" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765260v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2022.113125" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03583706v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Corre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Grosjean" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Gunn" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Krieger" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ratynskaia" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac326a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03441665v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Adamek" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cavalier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dejarnac" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Ficker" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac301f" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189069v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Talatizi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Aumeunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rigollet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le Bohec" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G&#233;rardin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050673v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firdaouss" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gardarein" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.01.074" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190872v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maviglia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Arter" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barrett" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.01.002" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417338v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pizzo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lallemand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kacem" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kaiss" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gerardin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.07.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-086PFJBJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE13-61" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425192v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Acem" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Parent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2014.03.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ4WLHZ7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431061v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.007" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F030GTF6-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907264v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trovalet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2011.10.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMK7N7FR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996685v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Zanota" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bornette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Edouard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151214v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Philippe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795338v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Firdaouss" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Gardarein" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794917v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H Aumeunier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Gardarein" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/745/3/032019" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445548v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Marchand" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trevisan" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/676/1/012008" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905355v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394512v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Philippe" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443446v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446766v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443447v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905354v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brossard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueth" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornette" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02455655v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hillairet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoxi Chen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Aumeunier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0145" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-gerardin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4546-0476" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/169168506" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282776v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kool" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Verhaegh" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Derks" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wijkamp" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Koenders" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-025-01824-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04976181v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Tichit" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Aumeunier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Corre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Dejarnac" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dubus" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2025.101899" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282872v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Verhaegh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Harrison" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Moulton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Lipschultz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Lonigro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-025-02121-1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829019v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Komm" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jaulmes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Grover" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Peterka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Seidl" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad4569" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bucalossi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ekedahl" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Achard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Afonin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Agullo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad64e5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816503v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gerardin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Desgranges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Diez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101783" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04850452v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Joffrin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wischmeier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Baruzzo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hakola" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kappatou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad2be4" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765312v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gaspar" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Anquetin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Courtois" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101745" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04783119v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Daumas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fedorczak" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad202c" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jl Gardarein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101788" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765326v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Demiane" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Reilhac" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dorow-Gerspach" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemetais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2024.101746" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04828900v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-H. Aumeunier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Juven" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C-M B Cisse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pamela" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad5a1f" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829030v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Maviglia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Pigatto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Villone" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartmut Zohm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Albert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.114010" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396244v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H. Aumeunier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Durif" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Krieger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101546" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04816672v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caloud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tomesova" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Balner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bog&#225;r" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113608" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829035v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Imrisek" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2023.113731" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04396240v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2023.101537" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765269v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bachmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianfranco Federici" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Franke" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Siccinio" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2022.113067" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829058v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dimitrova" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Podolnik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Mitov" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-0221/17/11/p11018" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04829045v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Matveeva" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Havlicek" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F J Artola" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Yanovskiy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ales Havranek" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6587/ac9928" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765260v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2022.113125" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03441665v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Hron" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiri Adamek" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cavalier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Dejarnac" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ond&#345;ej Ficker" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac301f" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03583706v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Corre" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Grosjean" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James P. Gunn" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Krieger" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ratynskaia" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ac326a" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189069v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Talatizi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Aumeunier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Rigollet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Le Bohec" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan G&#233;rardin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02050673v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Firdaouss" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Gardarein" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fusengdes.2019.01.074" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190872v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maviglia" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Arter" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Barrett" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.01.002" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01417338v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pizzo" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lallemand" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kacem" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Kaiss" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gerardin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2014.07.004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-086PFJBJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01432137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ruyer" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Boulet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13182/NSE13-61" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01425192v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubir Acem" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Parent" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Collin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2014.03.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ4WLHZ7-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01431061v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Seiler" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2012.07.007" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F030GTF6-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02907264v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ruyer" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Trovalet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2011.10.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XMK7N7FR-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996685v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Zanota" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bornette" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pitault" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Edouard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151214v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Philippe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01795338v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Firdaouss" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Gardarein" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01445548v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Marchand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trevisan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/676/1/012008" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905355v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394512v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Philippe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01794917v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-H Aumeunier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-L Gardarein" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/745/3/032019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01446766v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Seiler" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443447v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01443446v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905354v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Brossard" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gueth" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Lachambre" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900917v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornette" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02455655v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hillairet" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoxi Chen" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Aumeunier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01749342v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LORR0145" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>