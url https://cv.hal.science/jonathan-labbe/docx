--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -208,51 +208,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05470650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -337,1486 +337,1499 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les start-up à impact en quête de légitimité afin d'attirer des financements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les stratégies des banques françaises face aux fintechs à travers l’acquisition, la collaboration et l’innovation conjointe : banques S.A versus coopératives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Noël Ory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Catherine Deffains-Crapsky</w:t>
+                <w:t xml:space="preserve">Valérie Lelièvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum innovation 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">24ème Conférence Internationale de Gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AAIG; UQAM Montréal, Jun 2025, Montréal (Québec), Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05319571v1</w:t>
+                <w:t xml:space="preserve">hal-05549922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Splendour and Misery of Nature: Comparing two ecosystems of innovation in bioeconomy and genetics in relation to public good</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elen Riot</w:t>
+                <w:t xml:space="preserve">Les start-up à impact en quête de légitimité afin d'attirer des financements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deffains-Crapsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférences King’s College London: Innovation, Ecosystems and Organizational Change for Sustainability (IEOCS).</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Forum innovation 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RRI (Réseau de Recherche sur l'Innovation), Oct 2025, Paris, France. pp.85-85, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/inno.hs1.2025.0085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04693795v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05319571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Levelling Up, Place-based Investing, and Behavioural Economics: Can Theory help to move the UK from Rhetoric to Practical Action?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard j. Fairchild</w:t>
+                <w:t xml:space="preserve">Impact startups seeking legitimacy to get funded</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Deffains-Crapsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Conference on the Restructuring of the Global Economy (ROGE 2024) at the University of Oxford's Said Business School, co-hosted by the Centre for Business &amp; Economic Research (CBER)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Levelling Up; Place-based Investing; Behavioural Economics; Stakeholder Theory;, Aug 2024, Oxford (UK), France</w:t>
+              <w:t xml:space="preserve">ISBE Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISBE (Institute for Small Business and Entrepreneurship), Nov 2024, Sheffield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04696208v1</w:t>
+                <w:t xml:space="preserve">hal-04785915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« This is the way » : Business Angels et Capital-investissement une trajectoire de financement en faveur l'innovation durable ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème colloque Conférences de l’Association Internationale de Management Public (AIRMAP).</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04696210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact startups seeking legitimacy to get funded</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdel Malik Ola</w:t>
+                <w:t xml:space="preserve">Levelling Up, Place-based Investing, and Behavioural Economics: Can Theory help to move the UK from Rhetoric to Practical Action?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard j. Fairchild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBE Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISBE (Institute for Small Business and Entrepreneurship), Nov 2024, Sheffield, United Kingdom</w:t>
+              <w:t xml:space="preserve">The 13th International Conference on the Restructuring of the Global Economy (ROGE 2024) at the University of Oxford's Said Business School, co-hosted by the Centre for Business &amp; Economic Research (CBER)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Levelling Up; Place-based Investing; Behavioural Economics; Stakeholder Theory;, Aug 2024, Oxford (UK), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04785915v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04696208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Splendour and Misery of Nature: Comparing two ecosystems of innovation in bioeconomy and genetics in relation to public good</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elen Riot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Group for Organizational Studies: EGOS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t>
+              <w:t xml:space="preserve">Conférences King’s College London: Innovation, Ecosystems and Organizational Change for Sustainability (IEOCS).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04186559v1</w:t>
+                <w:t xml:space="preserve">hal-04693795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Converging Trajectories: Exploring the Nexus between Innovation Financing and Corporate Financial Performance in Mixed Syndication.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Splendour and Misery of Nature: Comparing two ecosystems of innovation in bioeconomy and genetics in relation to public good</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elen Riot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elen Riot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBE 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Birmingham (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">Financing SME sustainable innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISBE, Jun 2023, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04293694v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovation financing and corporate financial performance - a similar path for public and private venture capital</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Splendour and Misery of Nature: Comparing two ecosystems of innovation in bioeconomy and genetics in relation to public good</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elen Riot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème colloque de l’AIRMAP (Association International de Recherche en Management Public)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">European Group for Organizational Studies: EGOS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04148785v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Splendour and Misery of Nature: Comparing two ecosystems of innovation in bioeconomy and genetics in relation to public good</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Converging Trajectories: Exploring the Nexus between Innovation Financing and Corporate Financial Performance in Mixed Syndication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard j. Fairchild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elen Riot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Financing SME sustainable innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISBE, Jun 2023, Angers, France</w:t>
+              <w:t xml:space="preserve">ISBE 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Birmingham (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186241v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04293694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation financing and corporate financial performance - a similar path for public and private venture capital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The EBCA 5 Conference 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Bath (UK), France</w:t>
+              <w:t xml:space="preserve">12ème colloque de l’AIRMAP (Association International de Recherche en Management Public)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04186293v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04148785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of The Relationship Between Public and Private Venture Capitalists in France: A Qualitative Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Labbe</w:t>
+                <w:t xml:space="preserve">Innovation financing and corporate financial performance - a similar path for public and private venture capital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd International Conference on Digital, Innovation, Entrepreneurship &amp; Financing.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">The EBCA 5 Conference 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bath (UK), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03381477v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04186293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre valeurs profondes et pratiques quotidiennes : Regards d'entrepreneurs rêvant de construire l'avenir</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of The Relationship Between Public and Private Venture Capitalists in France: A Qualitative Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline André</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Aramis Marin</w:t>
+                <w:t xml:space="preserve">Jonathan Labbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de recherche RIPCO (Revue Internationale de Psychosociologie et de Gestion des Comportements) - Comportements organisationnels positifs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">3rd International Conference on Digital, Innovation, Entrepreneurship &amp; Financing.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03505231v1</w:t>
+                <w:t xml:space="preserve">hal-03381477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des relations entre capital-investisseurs publics et privés en France : une approche qualitative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Entre valeurs profondes et pratiques quotidiennes : Regards d'entrepreneurs rêvant de construire l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elen Riot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Carbonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aramis Marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque AIRMAP, L’entrepreneuriat : quels défis du management public ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Journée de recherche RIPCO (Revue Internationale de Psychosociologie et de Gestion des Comportements) - Comportements organisationnels positifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000096v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03505231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">English private equity financing and merger in Luxembourg: study of the cultural forces on the corporate governance of an SME in the Luxembourg financial sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th EIBA Annual Conference, International Business in the Pandemic and Post-Pandemic Era</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capital-risque, start-ups et innovation : la recette du financement par syndication</w:t>
+                <w:t xml:space="preserve">Étude des relations entre capital-investisseurs publics et privés en France : une approche qualitative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème conférence internationale de gouvernance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Conférences de l’ Association Internationale de Gouvernance, Nov 2020, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">9ème colloque AIRMAP, L’entrepreneuriat : quels défis du management public ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000103v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ressources financières du capital-investissement en France : un « passe partout » stratégique vers l’innovation des entreprises ?</w:t>
+                <w:t xml:space="preserve">Capital-risque, start-ups et innovation : la recette du financement par syndication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque AIRMAP, Territoires intelligents et Management public durable</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">19ème conférence internationale de gouvernance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Conférences de l’ Association Internationale de Gouvernance, Nov 2020, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000101v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les relations entre investisseurs : un premier pas vers l'innovation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les ressources financières du capital-investissement en France : un « passe partout » stratégique vers l’innovation des entreprises ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès RRI, VIII forum de l'innovation, Les nouveaux modes d’organisation des processus d’innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Nîmes, France</w:t>
+              <w:t xml:space="preserve">8ème colloque AIRMAP, Territoires intelligents et Management public durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000116v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations entre investisseurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1840,413 +1853,495 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03556014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le financement des Capital-Investisseurs et Business Angels et l'effet sur l'innovation des entreprises</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Les relations entre investisseurs : un premier pas vers l'innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Financement et la gouvernance des entreprises innovantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">Congrès RRI, VIII forum de l'innovation, Les nouveaux modes d’organisation des processus d’innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556272v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capital-investissement : Universalité du financement et universalité des effets sur l’innovation des entreprises ? Une approche conceptuelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le financement des Capital-Investisseurs et Business Angels et l'effet sur l'innovation des entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Koffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème colloque AIRMAP, Un management universel ? Finance et Management public</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Nice, France</w:t>
+              <w:t xml:space="preserve">Financement et la gouvernance des entreprises innovantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000109v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Financement par Capital-Investissement et Business Angels en Europe</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capital-investissement : Universalité du financement et universalité des effets sur l’innovation des entreprises ? Une approche conceptuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">École d’été Réseau sur la Recherche et l’Innovation, L’innovation agile : Quels défis pour les individus, les organisations et les territoires ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Nancy, France</w:t>
+              <w:t xml:space="preserve">6ème colloque AIRMAP, Un management universel ? Finance et Management public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03556009v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capital-Investissement et Business Angels : Un effet sur l’innovation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Financement par Capital-Investissement et Business Angels en Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence sur le Financement et gouvernance des entreprises innovantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">École d’été Réseau sur la Recherche et l’Innovation, L’innovation agile : Quels défis pour les individus, les organisations et les territoires ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03000127v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capital-Investissement et Business Angels : Un effet sur l’innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Koffel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence sur le Financement et gouvernance des entreprises innovantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03000127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between private and public investors: lever or hindrance to innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th Edition of the ACDD International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2256,576 +2351,576 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques de Gouvernance dans l'Écosystème des Start-ups Innovantes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cas n° 7. Le co-investissement entre capital-investisseurs publics et privés : le cas d'une entreprise innovante financée par syndication mixte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gouvernance des organisations : Retour sur les apports de Gérard Charreaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Provence., pp.121-129, 2025, Collection Travail &amp; gouvernance, 979-10-320-0542-2</w:t>
+              <w:t xml:space="preserve">Finance Entrepreneuriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, (pp. 137 - 156, 2025, Collection Études de cas, ISBN 978-2-340-10512-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04913018v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05219941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cas n° 7. Le co-investissement entre capital-investisseurs publics et privés : le cas d'une entreprise innovante financée par syndication mixte</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dynamiques de Gouvernance dans l'Écosystème des Start-ups Innovantes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Malik Ola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Koffel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kirsten Burkhardt-Bourgeois; Évelyne Poincelot. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Finance Entrepreneuriale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ellipses, (pp. 137 - 156, 2025, Collection Études de cas, ISBN 978-2-340-10512-6</w:t>
+              <w:t xml:space="preserve">Gouvernance des organisations : Retour sur les apports de Gérard Charreaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence., pp.121-129, 2025, Collection Travail &amp; gouvernance, 979-10-320-0542-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05219941v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04913018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre choix et contraintes : décryptage de l’empouvoirement financier chez les femmes entrepreneures en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Typhaine Lebègue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale PME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 38 (1), pp.73-93. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1117705ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05062928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“I have someone who takes care of me.” social and economic capital of entrepreneurs with disabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Billion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Renouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Doussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Entrepreneurial Behaviour and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-18. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJEBR-01-2025-0060⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05451197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nouveaux gardiens pour la galaxie verte ? Analyse des pratiques de collaboration entre business angels / investisseurs providentiels et entrepreneurs dans l’étude de cas d’une cleantech</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel Malik Ola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vivien Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie et Sciences de l'Entreprise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, Numéro spécial : Construire la résilience climatique des entreprises, 2024/2 (220), pp.75 - 98. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/vse.220.0075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04701441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“It's easier to make money.” The homeless youth of Châtelet-les-Halles, an extreme case of disadvantaged entrepreneurs within the informal economy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Billion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2844,161 +2939,161 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/14657503231199346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04201017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée des financements par capital-investissement ou Business Angel : Un effet sur l'innovation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 19 (1), pp.113-132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/entre1.191.0113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03161525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3008,100 +3103,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les relations entre capital-investisseurs publics et privés et leurs effets sur l’innovation des entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gestion et management. Université de Lorraine, 2022. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2022LORR0173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04012839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3111,104 +3206,104 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse comparée des financements par Capital-Investissement ou Business Angels : Un effet sur l’innovation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3218,193 +3313,193 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">English Private Equity financing and merger in Luxembourg: study of the cultural forces on the corporate governance of an SME in the Luxembourg financial sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th EIBA Annual Conference, International Business in the Pandemic and Post-Pandemic Era</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2020, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03043138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Financement par Capital-Investissement et Business Angels en Europe : Une analyse comparée des enjeux en termes d’innovations des entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Koffel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecole d’été Réseau sur la Recherche et l’Innovation, L’innovation agile : Quels défis pour les individus, les organisations et les territoires ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3414,105 +3509,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relevé de décisions de la simulation du conseil des ministres franco-allemand : les principales propositions à intégrer dans la Déclaration de Nancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Labbé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018, pp.47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03198390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3659,51 +3754,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05470650v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Billion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Renouf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doussard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Labb&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05523211v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lelievre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Ory" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319571v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marie-Jeanne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deffains-Crapsky" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Malik Ola" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0085" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693795v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elen Riot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696208v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard j. Fairchild" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696210v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04785915v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186559v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293694v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148785v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186241v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186293v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381477v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Labbe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505231v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andr&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aramis Marin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000096v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000142v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Robert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000103v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000101v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000116v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koffel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556014v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556272v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556009v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000127v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000105v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913018v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05219941v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062928v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Leb&#232;gue" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1117705ar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05451197v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Renouf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJEBR-01-2025-0060" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701441v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefebvre" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.220.0075" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201017v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14657503231199346" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161525v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.191.0113" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-04012839v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LORR0173" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000133v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043138v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000111v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198390v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05470650v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Billion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Renouf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Doussard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Labb&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05523211v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lelievre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Ory" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05549922v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leli&#232;vre" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319571v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marie-Jeanne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deffains-Crapsky" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Malik Ola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0085" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04785915v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696210v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696208v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard j. Fairchild" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693795v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elen Riot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186241v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186559v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293694v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148785v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186293v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381477v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Labbe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03505231v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Andr&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carbonnel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aramis Marin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000142v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Robert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000096v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000103v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000101v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556014v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koffel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000116v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556272v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000109v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556009v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000127v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000105v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05219941v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04913018v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Typhaine Leb&#232;gue" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1117705ar" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05451197v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Renouf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJEBR-01-2025-0060" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701441v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivien Lefebvre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vse.220.0075" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201017v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14657503231199346" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161525v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.191.0113" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-04012839v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022LORR0173" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000133v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03043138v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000111v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03198390v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>