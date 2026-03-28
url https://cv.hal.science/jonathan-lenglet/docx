--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1493 +234,1571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05190147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping territorial vulnerability to wildfires: A participative multi-criteria analysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La mise en ressource comme révélateur des processus de transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121014⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (2), pp.26179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15c8k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04081509v1</w:t>
+                <w:t xml:space="preserve">hal-05565869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Circularities and proximities within resource valuation systems: insights from territory-based initiatives in the forestry sector</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping territorial vulnerability to wildfires: A participative multi-criteria analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Noirault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Pimont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Dupuy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Planning Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09654313.2020.1846686⟩</w:t>
+              <w:t xml:space="preserve">Forest Ecology and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 539, pp.121014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foreco.2023.121014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03005758v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04081509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valuation de la ressource territoriale et formes de circularité : la labellisation dans la filière forêt-bois française (Alpes, Jura, Vosges)</w:t>
+                <w:t xml:space="preserve">Circularities and proximities within resource valuation systems: insights from territory-based initiatives in the forestry sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 72 (4), pp.339-360. </w:t>
+              <w:t xml:space="preserve">European Planning Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.1-24. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5333⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09654313.2020.1846686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03206201v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03005758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorialisation et écologisation dans la filière forêt-bois française : une rencontre fortuite ?</w:t>
+                <w:t xml:space="preserve">Valuation de la ressource territoriale et formes de circularité : la labellisation dans la filière forêt-bois française (Alpes, Jura, Vosges)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Caurla</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.16645⟩</w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 72 (4), pp.339-360. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5333⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974093v1</w:t>
+                <w:t xml:space="preserve">hal-03206201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La crise des scolytes (Ips typographus) ravageurs de l’Épicéa commun (Picea abies) vue de l’intérieur Retours sur une enquête qualitative auprès d’acteurs du nord-est de la France et sa zone transfrontalière (Allemagne, Belgique) réalisée fin 2019 – début 2020</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Territorialisation et écologisation dans la filière forêt-bois française : une rencontre fortuite ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Lenglet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caurla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5337⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.16645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03273208v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02974093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives d'émergence d'une filière forêt-chimie des extractibles Points de vue des acteurs du Nord-Est de la France et du Sud-Ouest de l'Allemagne</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Loréa Tapie-Petit</w:t>
+                <w:t xml:space="preserve">La crise des scolytes (Ips typographus) ravageurs de l’Épicéa commun (Picea abies) vue de l’intérieur Retours sur une enquête qualitative auprès d’acteurs du nord-est de la France et sa zone transfrontalière (Allemagne, Belgique) réalisée fin 2019 – début 2020</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Sénécal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Brice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Sauban</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Duvauchelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 72 (1), pp.71-84. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5304⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 72 (5), pp.425-441. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02978675v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03273208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réorganisation institutionnelle et recomposition territoriale de la filière forêt-bois française : exemples du Grand-Est et de la Franche-Comté</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perspectives d'émergence d'une filière forêt-chimie des extractibles Points de vue des acteurs du Nord-Est de la France et du Sud-Ouest de l'Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bonin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Arnould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristide Robic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Loréa Tapie-Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales de géographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 721 (3), pp.254-278. </w:t>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 72 (1), pp.71-84. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ag.721.0254⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20870/revforfr.2020.5304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01825588v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02978675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Material flow analysis of the forest-wood supply chain: A consequential approach for log export policies in France</w:t>
+                <w:t xml:space="preserve">Réorganisation institutionnelle et recomposition territoriale de la filière forêt-bois française : exemples du Grand-Est et de la Franche-Comté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Caurla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.07.177⟩</w:t>
+              <w:t xml:space="preserve">Annales de géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 721 (3), pp.254-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ag.721.0254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01612454v1</w:t>
+                <w:t xml:space="preserve">hal-01825588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biotechnical portfolio management of mixed-species forests</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Material flow analysis of the forest-wood supply chain: A consequential approach for log export policies in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caurla</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bioeconomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10818-017-9247-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 165, pp.1296-1305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2017.07.177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01530808v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01612454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une composition optimale de la forêt française : une application de la théorie de la sélection de portefeuille aux critères biotechniques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Brunette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Niedzwiedz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 359, pp.27-49. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/economierurale.5188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01607097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse comparative des enjeux de la filière Chêne auprès d’acteurs de la première transformation et de gestionnaires forestiers dans le nord-est de la France et le sud-ouest de l’Allemagne</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marin Chaumet</w:t>
+                <w:t xml:space="preserve">Biotechnical portfolio management of mixed-species forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Brunette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anjy Andrianantenaina</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Niedzwiedz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue forestière française</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4267/2042/61863⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bioeconomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Online first, pp.1-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10818-017-9247-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01590434v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01530808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation et représentation des flux de bois dans la filière</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse comparative des enjeux de la filière Chêne auprès d’acteurs de la première transformation et de gestionnaires forestiers dans le nord-est de la France et le sud-ouest de l’Allemagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holger Wernsdörfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Chaumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Remy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anjy Andrianantenaina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue forestière française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, Ateliers REGEFOR 2015, 68 (2), pp.193--196. </w:t>
+              <w:t xml:space="preserve">, 2016, 68 (2), pp.143-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/61870⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4267/2042/61863⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631008v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Évaluation et représentation des flux de bois dans la filière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Lenglet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Courtonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caurla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue forestière française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Ateliers REGEFOR 2015, 68 (2), pp.193--196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/61870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Biotic and abiotic constraints on the decomposition of Fagus sylvatica leaf litter along an altitudinal gradient in contrasting land-use types</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Gavazov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Mills</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Spiegelberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Buttler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (8), pp.1326-1337. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10021-014-9798-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02601072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1730,603 +1808,603 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a circular forest bioeconomy: the road travelled and the challenges of territorial implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Rivière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Beaussier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERSA 60th Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Online, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The new forest commons: Commons re-development and their transformative potential from a territorial perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Serna Rodas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Ricchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ERSA 60th Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Online, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La bioéconomie peut-elle être un moteur de transition pour les territoires forestiers ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque de la Chaire BioForTer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valuation de la ressource territoriale et formes de circularité : la labellisation dans la filière forêt-bois française (Alpes, Jura, Vosges)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56e Colloque de l'ASRDLF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Iasi, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circularities and proximities within resource valuation systems: insights from territory-based initiatives in the forestry sector</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59th ERSA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03325874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portfolio Management of Mixed-Species Forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Brunette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud A. Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Niedzwiedz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress of Environmental and Resource Economists (WCERE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01628375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2336,161 +2414,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portfolio management of mixed-species forests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Brunette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Dragicevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Lenglet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Niedzwiedz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[University works] auto-saisine. 2014, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01589694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId79"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2637,51 +2715,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190147v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ricchetti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Arnould" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Serna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04081509v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rivi&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noirault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121014" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005758v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Peyrache-Gadeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2020.1846686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03206201v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5333" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974093v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caurla" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16645" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03273208v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brice" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sauban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duvauchelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Morin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5337" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02978675v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duval" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Robic" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lor&#233;a Tapie-Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5304" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825588v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.721.0254" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612454v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.07.177" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530808v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Brunette" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dragicevic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Niedzwiedz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10818-017-9247-x" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607097v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5188" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Wernsd&#246;rfer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Chaumet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Remy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjy Andrianantenaina" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/61863" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/61870" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601072v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gavazov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mills" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttler" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-014-9798-9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325866v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beaussier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325870v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Serna Rodas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ricchetti" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325873v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325876v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325874v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628375v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Dragicevic" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589694v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190147v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lardon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenglet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Ricchetti" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Arnould" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Serna" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2025035" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05565869v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15c8k" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04081509v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rivi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noirault" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pimont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupuy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121014" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005758v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Peyrache-Gadeau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09654313.2020.1846686" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03206201v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5333" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974093v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caurla" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16645" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03273208v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel S&#233;n&#233;cal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Brice" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Sauban" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Duvauchelle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Morin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5337" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02978675v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duval" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Robic" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lor&#233;a Tapie-Petit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/revforfr.2020.5304" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825588v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ag.721.0254" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612454v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Courtonne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2017.07.177" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607097v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Brunette" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dragicevic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Niedzwiedz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5188" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530808v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10818-017-9247-x" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01590434v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holger Wernsd&#246;rfer" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Chaumet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Remy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anjy Andrianantenaina" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/61863" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631008v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/61870" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601072v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gavazov" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mills" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Spiegelberger" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Buttler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10021-014-9798-9" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325866v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Beaussier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325870v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Serna Rodas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ricchetti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325873v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325876v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03325874v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628375v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud A. Dragicevic" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589694v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>