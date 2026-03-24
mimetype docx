--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1979,217 +1979,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02716122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutational and structural analysis of the nitrate reductase heme domain of Nicotiana plumbaginifolia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian C. Meyer</w:t>
+                <w:t xml:space="preserve">The protein structure code : what is its present status ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, 266 (30), pp.20561-20566</w:t>
+              <w:t xml:space="preserve">Computer Applications in the Biosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 7 (2), pp.133-142</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02711989v1</w:t>
+                <w:t xml:space="preserve">hal-02711985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The protein structure code : what is its present status ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Garnier</w:t>
+                <w:t xml:space="preserve">Mutational and structural analysis of the nitrate reductase heme domain of Nicotiana plumbaginifolia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian C. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Applications in the Biosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1991, 7 (2), pp.133-142</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 266 (30), pp.20561-20566</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02711985v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02711989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards understanding the glycoprotein hormone receptors</w:t>
               </w:r>
@@ -2419,315 +2419,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02703628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-building of Fnr and FixK DNA-binding domains suggests a basis for specific DNA recognition</w:t>
+                <w:t xml:space="preserve">The cDNA-derived amino acid sequence of chick heat shock protein Mr 90,000 (HSP 90) reveals A “DNA like” structure: Potential site of interaction with steroid receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacqueline Cherfils</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Levin</w:t>
+                <w:t xml:space="preserve">Nadine Binart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Batut</w:t>
+                <w:t xml:space="preserve">Béatrice Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Kahn</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bruno Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David A. Rowlands</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bigogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jmr.300020303⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 159 (1), pp.140-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0006-291x(89)92415-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02726620v1</w:t>
+                <w:t xml:space="preserve">hal-02727412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cDNA-derived amino acid sequence of chick heat shock protein Mr 90,000 (HSP 90) reveals A “DNA like” structure: Potential site of interaction with steroid receptors</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Model-building of Fnr and FixK DNA-binding domains suggests a basis for specific DNA recognition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Dumas</w:t>
+                <w:t xml:space="preserve">Jacqueline Cherfils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gibrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David A. Rowlands</w:t>
+                <w:t xml:space="preserve">Jacques Batut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Bigogne</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniel Kahn</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1989, 159 (1), pp.140-147. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1989, 2 (3), pp.114-121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0006-291x(89)92415-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jmr.300020303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02727412v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02726620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A highly charged sequence of chick hsp90: a good candidate for interaction with steroid receptors</w:t>
               </w:r>
@@ -2834,64 +2834,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A highly charged sequence of chick HSP90 - a good candidate for interaction with steroid-receptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Binart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Chambraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3095,505 +3095,505 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02726317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements in a secondary structure prediction method based on a search for local sequence homologies and its use as a model building tool</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Secondary structure prediction : combination of three different methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Biou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Gibrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Robson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1988, 955, pp.283-295</w:t>
+              <w:t xml:space="preserve">Protein Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 2 (3), pp.185-191</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02716861v1</w:t>
+                <w:t xml:space="preserve">hal-02720080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary structure prediction : combination of three different methods</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvements in a secondary structure prediction method based on a search for local sequence homo|ogies and its use as a model budding tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Garnier</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 955 (3), pp.283-295. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/0167-4838(88)90206-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02720080v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02727697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary structure prediction - Combination of 3 different methods</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Improvements in a secondary structure prediction method based on a search for local sequence homologies and its use as a model building tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean Garnier</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Engineering, Design and Selection</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 955, pp.283-295</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02728025v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02716861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvements in a secondary structure prediction method based on a search for local sequence homo|ogies and its use as a model budding tool</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Secondary structure prediction - Combination of 3 different methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Biou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Gibrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Robson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BBA - Biochimica et Biophysica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1988, 955 (3), pp.283-295. </w:t>
+              <w:t xml:space="preserve">Protein Engineering, Design and Selection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1988, 2 (3), pp.185-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0167-4838(88)90206-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/protein/2.3.185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02727697v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02728025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary structure determination as a starting point for tertiary modelization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Francois Gibrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3927,90 +3927,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular analysis of the nitrate reductase apoenzyme gene in some nitrate reductase deficient mutants of Nicotiana plumbaginifolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Symposium on Nitrate Assimilation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, Bombannes, France. pp.abstract 146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4035,51 +4035,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular analysis of the nitrate reductase apoenzyme gene in some nitrate-deficient mutants of Nicotiana plumbaginifolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian C. Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4087,51 +4087,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Pouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Levin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 1990, Bombannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4156,51 +4156,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Higher plant nitrate reductase, a flavohemomolybdenoenzyme : genetics, molecular gene structure and protein domains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4595,51 +4595,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemistry, molecular genetics and regulation of nitrate reductase in Nicotiana plumaginifolia, tobacco and tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cherel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4889,51 +4889,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bouton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Cabello" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.09.026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sebastien Annicotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075111" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Annicotte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schlernitzauer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pessemesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-186841" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Carazo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Seyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.24085" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V6GVZ10P-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645801v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Douillard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galbes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Begue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rossano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1681.2012.05677.x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F1V8T083-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746541v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schlernitzauer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamroeun Sar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-195933" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662612v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Descamps" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Arzouk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bacou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann F&#233;don" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-008-0574-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22560595FF3520D0BED7A4D418144A964754626C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joulia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barenton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ghir.2008.03.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72PZGH4R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Boubaker Boubaker El Andalousi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andr&#233; Daussin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Micallef" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/000000004773301771" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680667v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi A. Boubaker El Andalousi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dainat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Reyne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1013129209062" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z07J5K46-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698586v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Jousset" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boureux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tran Quang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Oury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/16.1.69" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/10.7.771" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714950v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bosselut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Adjadj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghysdael" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/21.22.5184" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716122v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascarella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Argos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/6.8.849" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAB17F18F9A1101E62D2013FEA21EAFABAA6DC0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711989v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Meyer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouz&#233;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711985v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712029v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salesse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques R&#233;my" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jallal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(91)90083-D" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SPP46C6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703628v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garnier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gibrat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726620v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cherfils" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Batut" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmr.300020303" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C48495D0CBEA3F9CDD6A4B0646E898E14167B0A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727412v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Binart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chambraud" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dumas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Rowlands" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bigogne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0006-291x(89)92415-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBCFH5KC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728787v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Binart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chambraud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Baulieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727048v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Emile Baulieu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4731(89)90110-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VH3DZ41-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726317v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Rowlands" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bigogne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716861v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720080v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Robson" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728025v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Biou" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/2.3.185" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E760FFD2D875E4D72F8863C4E9AF04BDED7C64C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727697v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-4838(88)90206-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L152J1FZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fishleigh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Robson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728674v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(86)80917-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775188v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pascarella" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Argos" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197416v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Meyer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pouteau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777210v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roussel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197362v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cherel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-De Deng" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gabard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762493v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754123v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848842v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deng" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gabard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837572v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Pessemesse" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lepourry" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Bouton" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Cabello" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2014.09.026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189724v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bertrand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Blanchet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sebastien Annicotte" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Coudray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0075111" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193048v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blanchet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Annicotte" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schlernitzauer" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pessemesse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-186841" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747594v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel Carazo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Seyer" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.24085" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V6GVZ10P-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645801v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Douillard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Galbes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Begue" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Rossano" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1440-1681.2012.05677.x" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F1V8T083-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746541v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Schlernitzauer" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chamroeun Sar" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-195933" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662612v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Descamps" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Arzouk" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bacou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Bernardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann F&#233;don" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00441-008-0574-z" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22560595FF3520D0BED7A4D418144A964754626C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664253v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Navarro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Joulia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barenton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ghir.2008.03.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72PZGH4R-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683387v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Boubaker Boubaker El Andalousi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Andr&#233; Daussin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Micallef" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3727/000000004773301771" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680667v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi A. Boubaker El Andalousi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Dainat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Reyne" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bacou" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1013129209062" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-Z07J5K46-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698586v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Jousset" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boureux" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Tran Quang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Oury" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/16.1.69" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698585v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/10.7.771" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714950v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bosselut" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Adjadj" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ghysdael" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/21.22.5184" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716122v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Pascarella" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Argos" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Garnier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/6.8.849" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/AAB17F18F9A1101E62D2013FEA21EAFABAA6DC0D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711985v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711989v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Meyer" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Roussel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rouz&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712029v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Salesse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques R&#233;my" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jallal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(91)90083-D" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5SPP46C6-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02703628v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Garnier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Gibrat" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Biou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727412v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Binart" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Chambraud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dumas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David A. Rowlands" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bigogne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0006-291x(89)92415-7" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZBCFH5KC-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726620v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Cherfils" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Batut" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Kahn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmr.300020303" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C48495D0CBEA3F9CDD6A4B0646E898E14167B0A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728787v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Binart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chambraud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.E. Baulieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727048v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne-Emile Baulieu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0022-4731(89)90110-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9VH3DZ41-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02726317v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dumas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D.A. Rowlands" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bigogne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02720080v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Robson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727697v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0167-4838(88)90206-3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L152J1FZ-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716861v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728025v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Biou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Gibrat" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/2.3.185" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E760FFD2D875E4D72F8863C4E9AF04BDED7C64C8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725764v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Fishleigh" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Robson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728674v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(86)80917-6" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775188v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Pascarella" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Argos" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197416v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Meyer" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pouteau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02777210v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Roussel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04197362v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cherel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming-De Deng" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Gabard" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02762493v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754123v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02848842v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Daniel Vedele" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deng" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gabard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>