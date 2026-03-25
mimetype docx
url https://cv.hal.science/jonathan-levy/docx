--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1165,348 +1165,348 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03772495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des personnes atteintes d'une lésion médullaire dans le Système national des données de santé.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nouvelle épidémiologie des personnes vivant avec une lésion médullaire en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Duchaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Espagnacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Regaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Denys</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIIe Congrès Adelf-Emois 2022</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+              <w:t xml:space="preserve">37e Congrès de la Société Française de Médecine physique et de Réadaptation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04991140v1</w:t>
+                <w:t xml:space="preserve">hal-04991095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelle épidémiologie des personnes vivant avec une lésion médullaire en France</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification des personnes atteintes d'une lésion médullaire dans le Système national des données de santé.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Duchaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maude Espagnacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Regaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Djamel Bensmail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Denys</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">37e Congrès de la Société Française de Médecine physique et de Réadaptation</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">VIIIe Congrès Adelf-Emois 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Dijon, France. Revue d'épidémiologie et de santé publique, 70, pp.S36-S37, 2022, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04991095v1</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2022.01.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04991140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1661,51 +1661,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05525627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lesieur-Sebellin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Wigby" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schaefer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouronc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2025-110631" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475257v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ojardias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Zerah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Karam" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Forestier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000548679" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Compagnat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan L&#233;vy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Constant Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2025.101951" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029248v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent T. Carpentier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gen&#234;t" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Weiss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Elie Salem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joussain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2024.101924" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846257v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Duchaine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Espagnacq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Regaert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Bensmail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denys" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202773" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425193v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Facchinetti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lyna Achour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24713" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379108v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Leit&#227;o" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Santini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cogne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Essid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Athanasiadou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03772495v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UPASQ009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991140v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2022.01.012" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991095v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05525627v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lesieur-Sebellin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Wigby" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Schaefer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gouronc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chatron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jmg-2025-110631" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05475257v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Ojardias" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Levy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Zerah" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Karam" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Forestier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000548679" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006604v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Compagnat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan L&#233;vy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bonan" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Constant Boyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2025.101951" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029248v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent T. Carpentier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gen&#234;t" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Weiss" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Elie Salem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Joussain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2024.101924" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04846257v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Duchaine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Espagnacq" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Regaert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Bensmail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denys" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202773" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04425193v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Facchinetti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lyna Achour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bouvier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.24713" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379108v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Leit&#227;o" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Santini" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cogne" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Essid" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Athanasiadou" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03772495v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022UPASQ009" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991095v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04991140v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2022.01.012" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>