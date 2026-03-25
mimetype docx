--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:103.22580645161px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jonathan MIRAULT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Recherche en Expérimentation & Analyse de Données</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jonathan-mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1327-7861</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Test FR</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flanking letter effects are orthographic effects and not visual effects: evidence from same-different matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2026.2623637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlational analysis of distinct contributions and overlaps between visual, visual attention, and perceptual spans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Meary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Loichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Bosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-026-38243-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05530328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects in the auditory modality also occur with a slow speech rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 72 (3), pp.150-157. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does predictability modulate the sentence superiority effect? Perhaps – but not as one might predict!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), pp.20. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-025-02818-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école et les capacités d’autorégulation des élèves de primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ballester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Schön</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue musicale OICRM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Enseignement de la musique en contexte scolaire, 12 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical and sublexical contributions to transposed-phoneme priming effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 87 (5), pp.1367-1373. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-025-03074-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phrase frequency does not modulate transposed-word effects in the visual and auditory modalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51 (9), pp.1497-1506. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Transposed‐Phoneme Effects Observed When Listening to Sentences?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (10), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.70128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rime priming effects in spoken word recognition Are they really due to the rime?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental psychology.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (6), pp.336-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On relative word length and transposed-word effects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (9), pp.934-941. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0001229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency effects in the auditory grammatical decision task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris New</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (3), pp.341-350. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2023.2290096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04347070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of vertically aligned flankers during sentence reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of experimental psychology. Human learning and memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04385939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When phonological neighbors cooperate during spoken sentence processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.1390-1398. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218231196823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activation of ASL signs during sentence reading for deaf readers: evidence from eye-tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Emmorey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilingualism: Language and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.208-216. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1366728924000336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05041684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of atypical text presentation on transposed-word effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Vandendaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (8), pp.2859-2868. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02760-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When facilitation becomes inhibition: effects of modality and lexicality on transposed-phoneme priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (2), pp.147-156. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2022.2102197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of consonant-vowel status on transposed-phoneme priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Fléchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (3), pp.1053-1064. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02215-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel word reading revealed by fixation-related brain potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Yeaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 162, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cortex.2023.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of alternating letter case on processing sequences of written words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Fournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 76 (10), pp.2346-2355. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218231156604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on integration of orthographic information across multiple stimuli: effects of contiguity, eccentricity, and attentional span</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Theeuwes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (6), pp.2065-2082. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02758-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthographic relatedness and transposed-word effects in the grammatical decision task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leflaëc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 84 (3), pp.1043 - 1051. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-021-02421-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transposed-word effect on word-in-sequence identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (6), pp.2284-2292. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02132-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast priming of grammatical decisions: repetition and transposed-word priming effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.211082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential versus simultaneous presentation of memoranda in verbal working memory: (How) does it matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ordonez Magro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Majerus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 50 (8), pp.1756-1771. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-022-01284-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects in speeded grammatical decisions to sequences of spoken words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.22035. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-26584-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03903126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects when reading serially</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Vandendaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0277116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transposed-word effect on word-in-sequence identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (6), pp.2284-2292. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02132-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of non-adjacent letter repetition in the same-different matching task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (10), pp.1292-1302. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2022.2061022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport de la réalité virtuelle pour les recherches sur la lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 122 (4), pp.687-702. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.224.0687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of letter case on processing sequences of written words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Fournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03813898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the locus of transposed-phoneme effects using cross-modal priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 226, pp.103578. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2022.103578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of semantics to the sentence superiority effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-99565-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Order among chaos: Cross-linguistic differences and developmental trajectories in pseudoword reading aloud using pronunciation Entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta de Simone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Beyersmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Mulatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xenia Schmalz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0251629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do you want /ʃoloka/ on a /bistɔk/? On the scope of transposed-phoneme effects with non-adjacent phonemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28, pp.1668-1678. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-021-01926-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On non-adjacent letter repetition and orthographic processing: Lexical decisions to nonwords created by repeating or inserting letters in words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Kerr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-020-01837-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ERP investigation of transposed-word effects in same-different matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 153, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.107753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How resilient is reading to letter rotations? A parafoveal preview investigation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernández-López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0000999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Syntax in the Brain: Electrophysiological Evidence from the Rapid Parallel Visual Presentation Paradigm (RPVP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.99-112. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0000811.supp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm for analyzing cloze test results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metip.2021.100064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As time goes by: space-time compatibility effects in word recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Grasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer T Coull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Montant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Virtual Reality to Assess Reading Fluency in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feduc.2021.693355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Word Reading in the “Real” World: Effects of Transposed-Letters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/joc.160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transposed-word effect revisited: the role of syntax in word position coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (5), pp.668 - 673. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2021.1880608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using virtual reality to study reading: An eye-tracking investigation of transposed-word effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Guerre-Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.100029. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metip.2020.100029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal‐on‐foveal repetition effects in sentence reading: A co‐registered eye‐tracking and electroencephalogram study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Yeaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/psyp.13553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the time it takes to judge grammaticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 73 (9), pp.1460-1465. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747021820913296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading without spaces revisited: The role of word identification and sentence-level constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 195, pp.22-29. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2019.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading without spaces: The role of precise letter order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 81 (3), pp.846-860. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-018-01648-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cursive Eye-Writing With Smooth-Pursuit Eye-Movement Is Possible in Subjects With Amyotrophic Lateral Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Lenglet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Veyrat-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Funkiewiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Mar Amador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.538. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2019.00538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel graded attention in reading: A pupillometric study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiaan Mathôt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">You That Read Wrong Again! A Transposed-Word Effect in Grammaticality Judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0956797618806296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing by sketching and writing: case study of French design preservice teachers preparing a competitive recruitment exam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the structuring of an instruction on the exploration and comprehension of a text : a dual oculometric and behavioural approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modern & innovative space for educational research: the &amp;quot;Jacques Ginestié&amp;quot; experimental platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does word predictability influence the sentence superiority effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd meeting of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oculomotor strategies for rapid identification of large visual stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Montagnini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Madelain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Naples, Florida, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Evaluation of Executive Functions and Reading Predictors in Italian and French: Insights from a Sample of 7-8-Year-Olds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Brem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Pasqualotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Altarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bochud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-First Annual Meeting of the Society for the Scientific Study of Reading</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'attention et l'inattention en classe : approche synchrone multimodale comportementale et physiologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal-on-foveal repetition effects in sentence reading: a co-registered eye-tracking and eeg study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P J Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st ESCOP Conference (The european society for cognitive psychology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain. , pp.217, 2019, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal-on-foveal repetition effects in sentence reading: a co-registered eye-tracking and eeg study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montreal, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-Word Effects in Grammaticality Judgements: An Eye-Tracking Study in a Virtual Reality Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Guerre-Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECEM (the European conference on eye movements)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des mouvements oculaires : lecture et paradigme du monde visuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Kalénine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anahita Basirat; Lucie Macchi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes en psycholinguistique et neurolinguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Supérieur, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer, expérimenter et évaluer des dispositifs pédagogiques innovants : l'exemple du Créativlab d'Ampiric et la question du passage à l'échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANRT, 2023, 978-2-9591124-1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Social Interaction on Abstract Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Goriachun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristof Strijkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId193"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:103.22580645161px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Jonathan MIRAULT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Ingénieur Recherche en Expérimentation & Analyse de Données</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">jonathan-mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-1327-7861</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Test FR</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (51)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flanking letter effects are orthographic effects and not visual effects: evidence from same-different matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2026.2623637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05492814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlational analysis of distinct contributions and overlaps between visual, visual attention, and perceptual spans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Frey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Meary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Murielle Loichot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Bosse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-026-38243-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05530328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does predictability modulate the sentence superiority effect? Perhaps – but not as one might predict!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 33 (1), pp.20. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-025-02818-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05444814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects in the auditory modality also occur with a slow speech rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 72 (3), pp.150-157. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical and sublexical contributions to transposed-phoneme priming effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 87 (5), pp.1367-1373. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-025-03074-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phrase frequency does not modulate transposed-word effects in the visual and auditory modalities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 51 (9), pp.1497-1506. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001436⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’orchestre à l’école et les capacités d’autorégulation des élèves de primaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ballester</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Terrien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Schön</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue musicale OICRM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Enseignement de la musique en contexte scolaire, 12 (1)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05068130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are Transposed‐Phoneme Effects Observed When Listening to Sentences?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 49 (10), </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cogs.70128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05332883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency effects in the auditory grammatical decision task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Boris New</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 39 (3), pp.341-350. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2023.2290096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04347070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On relative word length and transposed-word effects.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 50 (9), pp.934-941. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0001229⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05038340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of vertically aligned flankers during sentence reading</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of experimental psychology. Human learning and memory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04385939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rime priming effects in spoken word recognition Are they really due to the rime?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental psychology.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (6), pp.336-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When phonological neighbors cooperate during spoken sentence processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 77, pp.1390-1398. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218231196823⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04183893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Activation of ASL signs during sentence reading for deaf readers: evidence from eye-tracking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Saunders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Emmorey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bilingualism: Language and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (1), pp.208-216. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1366728924000336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05041684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of atypical text presentation on transposed-word effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Vandendaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (8), pp.2859-2868. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02760-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When facilitation becomes inhibition: effects of modality and lexicality on transposed-phoneme priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38 (2), pp.147-156. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2022.2102197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04538095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of consonant-vowel status on transposed-phoneme priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Fléchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (3), pp.1053-1064. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02215-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03836457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel word reading revealed by fixation-related brain potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Yeaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cortex</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 162, pp.1 - 11. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cortex.2023.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of alternating letter case on processing sequences of written words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Fournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 76 (10), pp.2346-2355. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218231156604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520678v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on integration of orthographic information across multiple stimuli: effects of contiguity, eccentricity, and attentional span</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Theeuwes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 85 (6), pp.2065-2082. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-023-02758-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04520695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects in speeded grammatical decisions to sequences of spoken words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.22035. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-26584-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03903126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-word effects when reading serially</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Vandendaele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0277116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequential versus simultaneous presentation of memoranda in verbal working memory: (How) does it matter?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Ordonez Magro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Majerus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 50 (8), pp.1756-1771. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-022-01284-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03950065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transposed-word effect on word-in-sequence identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (6), pp.2284-2292. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02132-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orthographic relatedness and transposed-word effects in the grammatical decision task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Leflaëc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 84 (3), pp.1043 - 1051. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-021-02421-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast priming of grammatical decisions: repetition and transposed-word priming effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9 (1), </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.211082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A transposed-word effect on word-in-sequence identification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 29 (6), pp.2284-2292. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-022-02132-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03942957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of non-adjacent letter repetition in the same-different matching task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 37 (10), pp.1292-1302. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2022.2061022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04582830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’apport de la réalité virtuelle pour les recherches sur la lecture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Vol. 122 (4), pp.687-702. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/anpsy1.224.0687⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03853342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of letter case on processing sequences of written words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colas Fournet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001179⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03813898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the locus of transposed-phoneme effects using cross-modal priming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 226, pp.103578. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2022.103578⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03619856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Order among chaos: Cross-linguistic differences and developmental trajectories in pseudoword reading aloud using pronunciation Entropy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabetta de Simone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Beyersmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Mulatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xenia Schmalz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 16, </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0251629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do you want /ʃoloka/ on a /bistɔk/? On the scope of transposed-phoneme effects with non-adjacent phonemes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 28, pp.1668-1678. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-021-01926-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03225295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An ERP investigation of transposed-word effects in same-different matching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Felipe Pegado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 153, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropsychologia.2021.107753⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On non-adjacent letter repetition and orthographic processing: Lexical decisions to nonwords created by repeating or inserting letters in words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilia Kerr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-020-01837-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03099210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The contribution of semantics to the sentence superiority effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-99565-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fast Syntax in the Brain: Electrophysiological Evidence from the Rapid Parallel Visual Presentation Paradigm (RPVP)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 47 (1), pp.99-112. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0000811.supp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03169781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An algorithm for analyzing cloze test results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metip.2021.100064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How resilient is reading to letter rotations? A parafoveal preview investigation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Fernández-López</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Perea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0000999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03396272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As time goes by: space-time compatibility effects in word recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Grasso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer T Coull</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Montant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology: Learning, Memory, and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xlm0001007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03193618v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Virtual Reality to Assess Reading Fluency in Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Albrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Lassault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes C Ziegler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6, </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feduc.2021.693355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03257346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Word Reading in the “Real” World: Effects of Transposed-Letters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/joc.160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The transposed-word effect revisited: the role of syntax in word position coding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yun Wen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language, Cognition and Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (5), pp.668 - 673. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/23273798.2021.1880608⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using virtual reality to study reading: An eye-tracking investigation of transposed-word effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Guerre-Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.100029. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.metip.2020.100029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal‐on‐foveal repetition effects in sentence reading: A co‐registered eye‐tracking and electroencephalogram study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremy Yeaton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/psyp.13553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02862178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the time it takes to judge grammaticality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 73 (9), pp.1460-1465. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747021820913296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03379736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading without spaces revisited: The role of word identification and sentence-level constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 195, pp.22-29. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2019.03.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reading without spaces: The role of precise letter order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 81 (3), pp.846-860. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-018-01648-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02138871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cursive Eye-Writing With Smooth-Pursuit Eye-Movement Is Possible in Subjects With Amyotrophic Lateral Sclerosis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée Lenglet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Veyrat-Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Funkiewiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria del Mar Amador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.538. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2019.00538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parallel graded attention in reading: A pupillometric study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastiaan Mathôt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">You That Read Wrong Again! A Transposed-Word Effect in Grammaticality Judgments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joshua Snell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0956797618806296⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01908942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the structuring of an instruction on the exploration and comprehension of a text : a dual oculometric and behavioural approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Delserieys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Designing by sketching and writing: case study of French design preservice teachers preparing a competitive recruitment exam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Moineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote AMPIRIC, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04233865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modern & innovative space for educational research: the &amp;quot;Jacques Ginestié&amp;quot; experimental platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does word predictability influence the sentence superiority effect?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Massol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22nd meeting of the European Society for Cognitive Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oculomotor strategies for rapid identification of large visual stimuli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Montagnini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Madelain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vision Sciences Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Naples, Florida, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00907230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multilingual Evaluation of Executive Functions and Reading Predictors in Italian and French: Insights from a Sample of 7-8-Year-Olds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silvia Brem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjolaine Cohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Pasqualotto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Irene Altarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Bochud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-First Annual Meeting of the Society for the Scientific Study of Reading</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684073v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'attention et l'inattention en classe : approche synchrone multimodale comportementale et physiologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique de SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Marseille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal-on-foveal repetition effects in sentence reading: a co-registered eye-tracking and eeg study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P J Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21st ESCOP Conference (The european society for cognitive psychology)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Tenerife, Spain. , pp.217, 2019, Book of abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parafoveal-on-foveal repetition effects in sentence reading: a co-registered eye-tracking and eeg study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Broqua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Holcomb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60th Annual Meeting of the Psychonomic Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Montreal, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03808709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transposed-Word Effects in Grammaticality Judgements: An Eye-Tracking Study in a Virtual Reality Environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Guerre-Genton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Dufau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Grainger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECEM (the European conference on eye movements)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Alicante, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03807540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déconstruire la pensée linéaire par le dessin dans les épreuves de concours de recrutement des enseignants en design</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émeline Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Cerisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éric Tortochot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Patrice Laisney; Pascale Brandt-Pomares. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuration de la recherche en éducation. L’héritage scientifique de Jacques Ginestié</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de Provence, pp.183-201, 2026, Apprendre Enseigner, 9791032005941</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude des mouvements oculaires : lecture et paradigme du monde visuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Kalénine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Anahita Basirat; Lucie Macchi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes en psycholinguistique et neurolinguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck Supérieur, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05410759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer, expérimenter et évaluer des dispositifs pédagogiques innovants : l'exemple du Créativlab d'Ampiric et la question du passage à l'échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANRT, 2023, 978-2-9591124-1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Impact of Social Interaction on Abstract Concepts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daria Goriachun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Ziegler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristof Strijkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3A977A8F"/>
+    <w:nsid w:val="7CF0DC37"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-mirault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1327-7861" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492814v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Massol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2026.2623637" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530328v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Frey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Loichot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-38243-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332774v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000650" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444814v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-025-02818-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068130v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ballester" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terrien" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Sch&#246;n" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056677v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-025-03074-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844084v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001436" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332883v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.70128" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355165v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038340v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Wen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001229" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347070v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris New" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2023.2290096" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04385939v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001329" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183893v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231196823" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041684v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Saunders" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Emmorey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1366728924000336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520686v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Vandendaele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Pegado" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02760-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538095v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2102197" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836457v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fl&#233;chard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-022-02215-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04102357v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Snell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Yeaton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2023.02.004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520678v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Fournet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Perea" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231156604" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520695v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Theeuwes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02758-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814198v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lefla&#235;c" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02421-y" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814162v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-022-02132-x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563389v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Declerck" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211082" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950065v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ordonez Magro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Majerus" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-022-01284-4" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903126v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26584-2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940706v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277116" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942957v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582830v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2061022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853342v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.224.0687" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813898v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001179" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619856v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2022.103578" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396287v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-99565-6" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04296474v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta de Simone" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Beyersmann" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Mulatti" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Schmalz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251629" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225295v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01926-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03099210v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Kerr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-020-01837-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03226383v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.107753" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396272v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fern&#225;ndez-L&#243;pez" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000999" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169781v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000811.supp" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940613v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metip.2021.100064" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193618v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Grasso" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer T Coull" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001007" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03257346v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Albrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassault" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2021.693355" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940604v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/joc.160" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833413v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2021.1880608" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862183v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerre-Genton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metip.2020.100029" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862178v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Broqua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Holcomb" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.13553" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379736v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820913296" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02138873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2019.03.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02138871v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-018-01648-6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02172322v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Lenglet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veyrat-Masson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Funkiewiez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Amador" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2019.00538" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01908948v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Math&#244;t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01908942v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797618806296" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233865v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moineau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Cerisier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315459v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04245682v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Favier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771148v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907230v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Montagnini" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mirault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Madelain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04684073v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Brem" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Cohen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Pasqualotto" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Altarelli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bochud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03391873v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807537v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Broqua" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P J Holcomb" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808709v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807540v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410759v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Kal&#233;nine" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360207v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533724v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Goriachun" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof Strijkers" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-mirault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1327-7861" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05492814v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Massol" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Grainger" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2026.2623637" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05530328v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Frey" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meary" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Loichot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Bosse" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-026-38243-x" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444814v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dufau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-025-02818-y" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332774v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dufour" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000650" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056677v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-025-03074-x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844084v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001436" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05068130v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ballester" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terrien" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Sch&#246;n" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05332883v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cogs.70128" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347070v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris New" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2023.2290096" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038340v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Wen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0001229" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04385939v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001329" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355165v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183893v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231196823" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041684v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Saunders" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Emmorey" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1366728924000336" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520686v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Vandendaele" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Pegado" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02760-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538095v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2102197" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836457v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fl&#233;chard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-022-02215-9" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04102357v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Snell" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Yeaton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cortex.2023.02.004" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520678v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colas Fournet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Perea" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218231156604" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04520695v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Theeuwes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-023-02758-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903126v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-26584-2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940706v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0277116" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03950065v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Ordonez Magro" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Majerus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-022-01284-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814162v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-022-02132-x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814198v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Lefla&#235;c" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-021-02421-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563389v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Declerck" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.211082" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942957v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04582830v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2022.2061022" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03853342v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/anpsy1.224.0687" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813898v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001179" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619856v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2022.103578" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04296474v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta de Simone" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Beyersmann" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Mulatti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xenia Schmalz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0251629" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225295v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-021-01926-9" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03226383v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropsychologia.2021.107753" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03099210v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Kerr" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-020-01837-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396287v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-99565-6" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03169781v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000811.supp" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940613v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metip.2021.100064" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03396272v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Fern&#225;ndez-L&#243;pez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0000999" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03193618v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Grasso" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Ziegler" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer T Coull" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Montant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xlm0001007" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03257346v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Albrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Lassault" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2021.693355" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940604v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/joc.160" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03833413v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23273798.2021.1880608" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862183v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Guerre-Genton" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.metip.2020.100029" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02862178v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Broqua" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Holcomb" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/psyp.13553" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379736v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820913296" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02138873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2019.03.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02138871v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-018-01648-6" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02172322v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Lenglet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Veyrat-Masson" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Funkiewiez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria del Mar Amador" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2019.00538" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01908948v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastiaan Math&#244;t" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01908942v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0956797618806296" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315459v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Delserieys" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04233865v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Moineau" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Cerisier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Roy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tortochot" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04245682v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Favier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771148v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907230v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Montagnini" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mirault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Madelain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04684073v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Brem" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Cohen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Pasqualotto" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Altarelli" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bochud" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03391873v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807537v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Broqua" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P J Holcomb" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03808709v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03807540v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558562v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Roy" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Tortochot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410759v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Kal&#233;nine" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360207v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533724v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daria Goriachun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Ziegler" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristof Strijkers" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>