--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1509,1588 +1509,1588 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03541607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parametric optimisation based on TDS experiments for rapid and efficient identification of hydrogen transport materials properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+                <w:t xml:space="preserve">Numerical simulation of the transient hydrogen trapping process using an analytical approximation of the McNabb and Foster equation. Part 2: domain of validity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Benannoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100984⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2021.06.138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03140867v1</w:t>
+                <w:t xml:space="preserve">hal-03296868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of interface conditions on hydrogen transport studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling tritium adsorption and desorption from tungsten dust particles with a surface kinetic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gregory de Temmerman</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Marascu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 61 (3), pp.036038. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 61 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac0f37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/abd95f⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03188511v1</w:t>
+                <w:t xml:space="preserve">hal-03290700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of hydrogen isotopes trapping, diffusion and permeation in divertor monoblocks under ITER-like conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E.A. Hodille</w:t>
+                <w:t xml:space="preserve">Permeation and trapping of hydrogen in Eurofer97</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Montupet-Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Corso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Pecovnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2abc⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.101062. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.101062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03400941v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03355595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of transient trapping on hydrogen transport near a blunting crack tip</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Modelling of hydrogen isotopes trapping, diffusion and permeation in divertor monoblocks under ITER-like conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E.A. Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pecovnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.12.155⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (12), pp.126003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2abc⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03140869v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03400941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical Abundance and Stability of carbon nanostructures by Combined Condensation-Annealing Molecular Dynamics simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amal Allouch</w:t>
+                <w:t xml:space="preserve">Parametric optimisation based on TDS experiments for rapid and efficient identification of hydrogen transport materials properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mahamadou J Seydou</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory de Temmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comptc.2021.113252⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.100984. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.100984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03223432v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03140867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discharge dynamics, plasma kinetics and gas flow effect in argon-acetylene discharges</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+                <w:t xml:space="preserve">Influence of interface conditions on hydrogen transport studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Brault</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory de Temmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac2a17⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (3), pp.036038. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/abd95f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03357911v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03188511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of hydrogen trapping on WCLL breeding blanket performances</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effect of transient trapping on hydrogen transport near a blunting crack tip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (11), pp.10995-11003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2020.12.155⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac28b0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03579878v1</w:t>
+                <w:t xml:space="preserve">hal-03140869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of exposure conditions on helium transport and bubble growth in tungsten</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Etienne Hodille</w:t>
+                <w:t xml:space="preserve">Statistical Abundance and Stability of carbon nanostructures by Combined Condensation-Annealing Molecular Dynamics simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Michau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahamadou J Seydou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-93542-9⟩</w:t>
+              <w:t xml:space="preserve">Computational and Theoretical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1201, pp.113252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comptc.2021.113252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03293417v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03223432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fuel retention in WEST and ITER divertors based on FESTIM monoblock simulations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Hodille</w:t>
+                <w:t xml:space="preserve">Discharge dynamics, plasma kinetics and gas flow effect in argon-acetylene discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Tetard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Michau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Fusion</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 61 (12), pp.126001. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 30, pp.105015. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2bbd⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac2a17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579873v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03357911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of the transient hydrogen trapping process using an analytical approximation of the McNabb and Foster equation. Part 2: domain of validity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+                <w:t xml:space="preserve">Influence of hydrogen trapping on WCLL breeding blanket performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiane Benannoune</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etienne Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2021.06.138⟩</w:t>
+              <w:t xml:space="preserve">Nuclear Fusion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 61 (11), pp.116076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac28b0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03296868v1</w:t>
+                <w:t xml:space="preserve">hal-03579878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling tritium adsorption and desorption from tungsten dust particles with a surface kinetic model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M Payet</w:t>
+                <w:t xml:space="preserve">Fuel retention in WEST and ITER divertors based on FESTIM monoblock simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Marascu</w:t>
+                <w:t xml:space="preserve">Hao Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Peillon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">J Mougenot</w:t>
+                <w:t xml:space="preserve">Julien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Fusion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 61 (8), </w:t>
+              <w:t xml:space="preserve">, 2021, 61 (12), pp.126001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac0f37⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1741-4326/ac2bbd⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03290700v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation and trapping of hydrogen in Eurofer97</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Montupet-Leblond</w:t>
+                <w:t xml:space="preserve">Influence of exposure conditions on helium transport and bubble growth in tungsten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Corso</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">E. Bernard</w:t>
+                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29, pp.101062. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.nme.2021.101062⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-93542-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03355595v1</w:t>
+                <w:t xml:space="preserve">hal-03293417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric study of hydrogenic inventory in the ITER divertor based on machine learning</w:t>
               </w:r>
@@ -3115,51 +3115,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory de Temmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3210,103 +3210,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional finite-element simulations of the diffusion and trapping of hydrogen in plasma-facing components including thermal expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benannoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Gaspérini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory de Temmerman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Scripta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, T171, pp.014011. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3656,51 +3656,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Materials and Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3864,90 +3864,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of the transient hydrogen trapping process using an analytical approximation of the McNabb and Foster equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benannoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Gaspérini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 43 (18), pp.9083-9093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4656,976 +4656,976 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite element simulation of hydrogen transport coupled with various thermomechanical loadings</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrogen retention in fusion components submitted to thermal loadings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Wauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hydrogen and Materials Integrity Workshop 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">EUROCORR 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Brussels, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04406236v1</w:t>
+                <w:t xml:space="preserve">hal-04420771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-physics modelling of nuclear fusion device sub-components: The tritium breeding blanket</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+                <w:t xml:space="preserve">Finite element simulation of hydrogen transport coupled with various thermomechanical loadings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEniCS 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Pula, Italy</w:t>
+              <w:t xml:space="preserve">Hydrogen and Materials Integrity Workshop 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401037v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04406236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysics tritium transport modelling in WCLL breeding blankets: Influence of MHD effects and neutron damage</w:t>
+                <w:t xml:space="preserve">Multi-physics modelling of nuclear fusion device sub-components: The tritium breeding blanket</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Dark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Symposium on Fusion Nuclear Technology (ISFNT-15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Las Palmas de Gran Canaria, Spain</w:t>
+              <w:t xml:space="preserve">FEniCS 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Pula, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04400771v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation par éléments finis des couplages entre hydrogène et amas de lacunes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Salim BEN AYED</w:t>
+                <w:t xml:space="preserve">Multiphysics tritium transport modelling in WCLL breeding blankets: Influence of MHD effects and neutron damage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs 2023 du CEFRACOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15th International Symposium on Fusion Nuclear Technology (ISFNT-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Las Palmas de Gran Canaria, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402637v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integral Approach To Plasma-Wall Interaction Modelling For EU-DEMO</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation par éléments finis des couplages entre hydrogène et amas de lacunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihao Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Matveev</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S. Ratynskaia</w:t>
+                <w:t xml:space="preserve">Salim BEN AYED</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th IAEA Fusion Energy Conference (FEC 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Londres, United Kingdom</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs 2023 du CEFRACOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04407291v1</w:t>
+                <w:t xml:space="preserve">hal-04402637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Tritium Inventory And Permeation In Materials For Fusion Reactors: A Coupled Experimental And Modelling Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Integral Approach To Plasma-Wall Interaction Modelling For EU-DEMO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Matveev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juri Romazanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Bernard</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M. Payet</w:t>
+                <w:t xml:space="preserve">Sebastijan Brezinsek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ratynskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th IAEA Fusion Energy Conference (FEC 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04407331v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04407291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of the role of dislocations in macroscopic hydrogen transport modelling</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Understanding Tritium Inventory And Permeation In Materials For Fusion Reactors: A Coupled Experimental And Modelling Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Montupet-Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Models and Data for Plasma-Material Interaction in Fusion Devices (MoD-PMI 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAEA and Jülich Forschungszentrum, May 2023, Aachen, Germany</w:t>
+              <w:t xml:space="preserve">29th IAEA Fusion Energy Conference (FEC 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04275262v1</w:t>
+                <w:t xml:space="preserve">hal-04407331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen retention in fusion components submitted to thermal loadings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S. Bian</w:t>
+                <w:t xml:space="preserve">Integration of the role of dislocations in macroscopic hydrogen transport modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROCORR 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Brussels, Belgium</w:t>
+              <w:t xml:space="preserve">6th International Workshop on Models and Data for Plasma-Material Interaction in Fusion Devices (MoD-PMI 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAEA and Jülich Forschungszentrum, May 2023, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04420771v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04275262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of vacancy mobility and clustering in ITER divertor monoblocks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Bian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ben Ayed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6058,277 +6058,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03748724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamic simulations of carbon-atom mediated molecular growth of carbon clusters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Maurel</w:t>
+                <w:t xml:space="preserve">Diffusion d’atomes assistée par les champs thermomécaniques dans les composants des tokamaks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihao Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Atomic and Molecular Data and Their Applications (ICAMDATA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Mola di Bary, Italy</w:t>
+              <w:t xml:space="preserve">Conférence internationale MATÉRIAUX 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887302v1</w:t>
+                <w:t xml:space="preserve">hal-03886319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion d’atomes assistée par les champs thermomécaniques dans les composants des tokamaks</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Grisolia</w:t>
+                <w:t xml:space="preserve">Molecular dynamic simulations of carbon-atom mediated molecular growth of carbon clusters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Allouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Michau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence internationale MATÉRIAUX 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Atomic and Molecular Data and Their Applications (ICAMDATA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Mola di Bary, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886319v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite Element Implementation of hydrogen transport and trapping models in metallic structure under complex thermomechanical loadings</w:t>
               </w:r>
@@ -6340,51 +6340,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Gaspérini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Summer School on Hydrogen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Besancon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6403,247 +6403,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03887039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport d'hydrogène assisté par les champs thermomécaniques</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling hydrogen dragging by mobile dislocations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5ème colloque de prospective de la FR-FCM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fédération de Recherche de Fusion par Confinement Magnétique (FRFCM), May 2022, Montauban, France</w:t>
+              <w:t xml:space="preserve">International Conference on Metals and Hydrogen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03887213v1</w:t>
+                <w:t xml:space="preserve">hal-03886801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling hydrogen dragging by mobile dislocations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Transport d'hydrogène assisté par les champs thermomécaniques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Coatmeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Hautem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihao Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metals and Hydrogen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, ghent, Belgium</w:t>
+              <w:t xml:space="preserve">5ème colloque de prospective de la FR-FCM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération de Recherche de Fusion par Confinement Magnétique (FRFCM), May 2022, Montauban, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886801v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03887213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exemple de couplage diffusion-thermomécanique dans le domaine de la fusion nucléaire : du positionnement du problème à la résolution numérique</w:t>
               </w:r>
@@ -6692,902 +6692,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03887172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FESTIM, a modelling code for hydrogen transport in materials for nuclear fusion applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling hydrogen transport in breeding blankets: influence of trapping effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEniCS 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">2nd Fusion HPC Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Online Event, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03186587v1</w:t>
+                <w:t xml:space="preserve">hal-03579616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude par dynamique moléculaire de la réactivité des espèces neutres principales d’un plasma Ar/CH4</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Michau</w:t>
+                <w:t xml:space="preserve">Modelling of hydrogen trapping, diffusion and permeation in tokamak materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Pecovnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées 2021 du GdR EMILI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">28th IAEA Fusion Energy Conference (FEC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, on line, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367799v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of hydrogen trapping, diffusion and permeation in tokamak materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Elodie Bernard</w:t>
+                <w:t xml:space="preserve">Etude par dynamique moléculaire de la réactivité des espèces neutres principales d’un plasma Ar/CH4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Christopher Otakandza Kandjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mikikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Tétard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Michau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th IAEA Fusion Energy Conference (FEC 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, on line, Austria</w:t>
+              <w:t xml:space="preserve">Journées 2021 du GdR EMILI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03279579v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling hydrogen transport in ITER divertor</w:t>
+                <w:t xml:space="preserve">FESTIM, a modelling code for hydrogen transport in materials for nuclear fusion applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Denis</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Dark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th European Vacuum Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2021, Marseille, France</w:t>
+              <w:t xml:space="preserve">FEniCS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579697v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03186587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge gas and discharge parameters influence on kinetic and nucleation in RF Ar/C2H2 plasmas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Brault</w:t>
+                <w:t xml:space="preserve">Modelling hydrogen transport in ITER divertor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hao Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLATHINIUM 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
+              <w:t xml:space="preserve">16th European Vacuum Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2021, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03344016v1</w:t>
+                <w:t xml:space="preserve">hal-03579697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulations of initial stage of hydrocarbon plasma dust nucleation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Glenn Christopher Otakandza Kandjani</w:t>
+                <w:t xml:space="preserve">Charge gas and discharge parameters influence on kinetic and nucleation in RF Ar/C2H2 plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Tetard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Michau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Brault</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gautier Tetard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Nonideal Plasmas 17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">PLATHINIUM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03301564v1</w:t>
+                <w:t xml:space="preserve">hal-03344016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling WCLL breeder blankets</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christian Grisolia</w:t>
+                <w:t xml:space="preserve">Molecular dynamics simulations of initial stage of hydrocarbon plasma dust nucleation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Christopher Otakandza Kandjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mikikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik von Wahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Tetard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Workshop on Hydrogen Isotopes in Fusion Reactor Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Korea Institute of Fusion Energy, May 2021, Daejeon (Online event), South Korea</w:t>
+              <w:t xml:space="preserve">Physics of Nonideal Plasmas 17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03264207v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03301564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of microstructure on the diffusion property of polycrystals</w:t>
               </w:r>
@@ -7692,527 +7692,527 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03374141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of exposure conditions on helium transport and bubble growth in tungsten</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling WCLL breeder blankets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th International Workshop on Hydrogen Isotopes in Fusion Reactor Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Korea Institute of Fusion Energy, May 2021, Daejeon (online event), South Korea</w:t>
+              <w:t xml:space="preserve">, Korea Institute of Fusion Energy, May 2021, Daejeon (Online event), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03264211v1</w:t>
+                <w:t xml:space="preserve">hal-03264207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling hydrogen transport in breeding blankets: influence of trapping effects</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of exposure conditions on helium transport and bubble growth in tungsten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mykola Ialovega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Fusion HPC Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Online Event, Spain</w:t>
+              <w:t xml:space="preserve">15th International Workshop on Hydrogen Isotopes in Fusion Reactor Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Korea Institute of Fusion Energy, May 2021, Daejeon (online event), South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03579616v1</w:t>
+                <w:t xml:space="preserve">hal-03264211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of interfaces on permeation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeation and trapping in Eurofer97: a wide-angle approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th meeting of ITPA TG SOL and divertor physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ITPA Topical Group Divertor and SOL Physics, Oct 2020, Garching, Germany</w:t>
+              <w:t xml:space="preserve">29th meeting of ITPA TG SOL and divertor physics, ITPA Topical Group Divertor and SOL Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Garching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02967915v1</w:t>
+                <w:t xml:space="preserve">hal-02982923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation and trapping in Eurofer97: a wide-angle approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Influence of interfaces on permeation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Floriane Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Elodie Bernard</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29th meeting of ITPA TG SOL and divertor physics, ITPA Topical Group Divertor and SOL Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Garching, Germany</w:t>
+              <w:t xml:space="preserve">29th meeting of ITPA TG SOL and divertor physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ITPA Topical Group Divertor and SOL Physics, Oct 2020, Garching, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02982923v1</w:t>
+                <w:t xml:space="preserve">hal-02967915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of 3D vs. 1D diffusion trapping modelling</w:t>
               </w:r>
@@ -8224,51 +8224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leila Sellami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benannoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8323,51 +8323,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the stable forms of carbon clusters produced in low pressure sputtering discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8694,64 +8694,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of the tritium retention in ITER tungsten divertor target using macroscopic rate equations simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Markelj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9607,627 +9607,627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03885876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the plasma gas in TIG configuration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude expérimentale du mouvement hudrodynamique d’un bain métallique dans une configuration d’arc transféré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stadler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Masquère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Gonzalez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Freton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICPIG 2013 : 31st International Conference on Phenomena in Ionized Gases31st Granada, Spain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Granada, Spain</w:t>
+              <w:t xml:space="preserve">CAE XII : Colloque sur les Arcs Electriques,Toulouse France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03885810v1</w:t>
+                <w:t xml:space="preserve">hal-03885844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude théorique de l’interaction arc matériau : vapeurs métalliques et mouvement du bain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the plasma gas in TIG configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Freton</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Masquère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CAE XII : Colloque sur les Arcs Electriques,Toulouse France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
+              <w:t xml:space="preserve">ICPIG 2013 : 31st International Conference on Phenomena in Ionized Gases31st Granada, Spain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Granada, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03885842v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discussion sur différentes formulations des équations de l’énergie dans les modèles plasmas thermiques à deux températures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude théorique de l’interaction arc matériau : vapeurs métalliques et mouvement du bain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Freton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Stadler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Masquère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAE XII : Colloque sur les Arcs Electriques,Toulouse France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03885840v1</w:t>
+                <w:t xml:space="preserve">hal-03885842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation d’un arc électrique glissant sur une configuration à deux électrodes</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Discussion sur différentes formulations des équations de l’énergie dans les modèles plasmas thermiques à deux températures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Freton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Gonzalez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Choquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAE XII : Colloque sur les Arcs Electriques,Toulouse France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03886121v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03885840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude expérimentale du mouvement hudrodynamique d’un bain métallique dans une configuration d’arc transféré</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Simulation d’un arc électrique glissant sur une configuration à deux électrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Valdivia-Barrientos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ibanez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pacheco-Pacheco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAE XII : Colloque sur les Arcs Electriques,Toulouse France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03885844v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03886121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude expérimentale du mouvement hydrodynamique d’un bain métallique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Masquère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Stadler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Freton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10412,807 +10412,807 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen isotopes concentration profiles: Numerical assessments considering realistic trap sites distributions in tungsten divertor monoblock</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modelling neutronic damage effects on tritium transport in tungten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alan Durif</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+                <w:t xml:space="preserve">Thomas Schwartz-Selinger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Fusion Reactor Materials (ICFRM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Granada, Spain. </w:t>
+              <w:t xml:space="preserve">30th Symposium on Fusion Engineering (SOFE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Oxford, United Kingdom. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04407217v1</w:t>
+                <w:t xml:space="preserve">hal-04407354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D effects on hydrogen transport in divertor monoblocks: influence of thickness and recombination on poloidal side</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">2D Tritium retention prediction in the ITER/DEMO actively cooled divertor in the presence of neutron induced defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Bonn, Germany. </w:t>
+              <w:t xml:space="preserve">15th International Symposium on Fusion Nuclear Technology (ISFNT-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Las Palmas de Gran Canaria, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04406129v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04275184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling vacancy clusters in tungsten for the ITER divertor monoblocks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Salim BEN AYED</w:t>
+                <w:t xml:space="preserve">Hydrogen isotopes concentration profiles: Numerical assessments considering realistic trap sites distributions in tungsten divertor monoblock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alan Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Bergeaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Dark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Bonn, Germany. </w:t>
+              <w:t xml:space="preserve">21st International Conference on Fusion Reactor Materials (ICFRM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Granada, Spain. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04406178v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04407217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibration de résultats de thermodésorption : conversion pression/flux et impacts de la rampe de température</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">David Tingaud</w:t>
+                <w:t xml:space="preserve">3D effects on hydrogen transport in divertor monoblocks: influence of thickness and recombination on poloidal side</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Chochoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs 2023 du CEFRACOR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Toulouse, France. </w:t>
+              <w:t xml:space="preserve">19th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Bonn, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402689v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04406129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling neutronic damage effects on tritium transport in tungten</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schwartz-Selinger</w:t>
+                <w:t xml:space="preserve">Modelling vacancy clusters in tungsten for the ITER divertor monoblocks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihao Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim BEN AYED</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th Symposium on Fusion Engineering (SOFE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Oxford, United Kingdom. </w:t>
+              <w:t xml:space="preserve">19th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Bonn, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04407354v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04406178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Tritium retention prediction in the ITER/DEMO actively cooled divertor in the presence of neutron induced defects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
+                <w:t xml:space="preserve">Calibration de résultats de thermodésorption : conversion pression/flux et impacts de la rampe de température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrine Damak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Zlotea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Villeroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Tingaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Symposium on Fusion Nuclear Technology (ISFNT-15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Las Palmas de Gran Canaria, Spain. </w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs 2023 du CEFRACOR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Toulouse, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04275184v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DFT simulations for predicting tungsten potential energy surfaces for W-Wn and W+-Wn pair interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Allouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11302,64 +11302,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling H-He interactions in W</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mykola Ialovega</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11658,648 +11658,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03886243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensional, multi-material and multiphysics modelling of Hydrogen transport in ITER</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Permeation and trapping in fusion-relevant materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Vartanian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on Plasma Surface Interactions in Controlled Fusion Devices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Jeju Island, South Korea</w:t>
+              <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Virtual Conference, Germany. , pp.ID303</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03120261v1</w:t>
+                <w:t xml:space="preserve">hal-03579944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular dynamics simulation of the heterogeneous and homogeneous phase of an Ar/CH4 plasma</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Armelle Michau</w:t>
+                <w:t xml:space="preserve">Complex multi-dimensional modelling of hydrogen transport in ITER and WEST plasma facing components</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory de Temmerman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PISACMS 2021 : Paris International School on Advanced Computational Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Virtual Conference, Germany. , pp.ID168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03431248v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex multi-dimensional modelling of hydrogen transport in ITER and WEST plasma facing components</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling tritium adsorption and desorption from tungsten dust with a surface kinetic model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Marascu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Peillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2021, Virtual Conference, Germany. , pp.ID168</w:t>
+              <w:t xml:space="preserve">, May 2021, Virtual Conference, France. , pp.ID166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579941v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling tritium adsorption and desorption from tungsten dust with a surface kinetic model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multidimensional, multi-material and multiphysics modelling of Hydrogen transport in ITER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne A Hodille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Grisolia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Virtual Conference, France. , pp.ID166</w:t>
+              <w:t xml:space="preserve">24th International Conference on Plasma Surface Interactions in Controlled Fusion Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Jeju Island, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579938v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03120261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeation and trapping in fusion-relevant materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+                <w:t xml:space="preserve">Molecular dynamics simulation of the heterogeneous and homogeneous phase of an Ar/CH4 plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Glenn Christopher Otakandza Kandjani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Brault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mikikian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Tetard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Michau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Virtual Conference, Germany. , pp.ID303</w:t>
+              <w:t xml:space="preserve">PISACMS 2021 : Paris International School on Advanced Computational Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03579944v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03431248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Dynamics simulations of CH4 plasma deposition on stainless steel surfaces: Calculation of the sticking coefficients</w:t>
               </w:r>
@@ -12404,355 +12404,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03086629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen permeation and trapping through Eurofer97</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elodie Bernard</w:t>
+                <w:t xml:space="preserve">Multidimensionnal simulations of the diffusion and trapping of hydrogen in divertor including thermal expansion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shihao Bian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Gaspérini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory de Temmerman</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Symposium on Fusion Technology (SOFT2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Virtual edition, Croatia</w:t>
+              <w:t xml:space="preserve">, Sep 2020, Virtual Edition, Croatia. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973754v1</w:t>
+                <w:t xml:space="preserve">hal-02967940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidimensionnal simulations of the diffusion and trapping of hydrogen in divertor including thermal expansion</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Mougenot</w:t>
+                <w:t xml:space="preserve">Hydrogen permeation and trapping through Eurofer97</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Leblond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Delaporte-Mathurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne A Hodille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st Symposium on Fusion Technology (SOFT2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2020, Virtual Edition, Croatia. </w:t>
+              <w:t xml:space="preserve">, Sep 2020, Virtual edition, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02967940v1</w:t>
+                <w:t xml:space="preserve">hal-02973754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multidimensional Finite Element Simulations of the diffusion and trapping of hydrogen in plasma-facing components including thermal expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Benannoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Charles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Mougenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Gaspérini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory de Temmerman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Conference on Plasma-Facing Materials and Components for Fusion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Eindhoven, Netherlands. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12867,51 +12867,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BBBFDD2"/>
+    <w:nsid w:val="6D88496C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13098,51 +13098,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-mougenot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7397-0102" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17795258X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526655v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pappalardo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Frikha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Swinburne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cartry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae44a6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445831v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Hodille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dark" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Charles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.153245" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765538v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dark" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schwarz-Selinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad56a0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765528v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Matveev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baumann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Romazanov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brezinsek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ratynskaia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad73e7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253758v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allouch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mougenot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prasanna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0166116" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765603v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chochoy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad1019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627846v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gasperini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.02.099" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihao Bian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wauters" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.12.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761586v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montupet-Leblond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Hodille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Payet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6e74" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Tetard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Michau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminathan Prasanna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.202100204" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140867v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory de Temmerman" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100984" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188511v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abd95f" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400941v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pecovnik" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2abc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140869v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gasp&#233;rini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.12.155" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223432v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Allouch" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou J Seydou" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2021.113252" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357911v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2a17" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579878v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hodille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac28b0" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293417v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Ialovega" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93542-9" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579873v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yang" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denis" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2bbd" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296868v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benannoune" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.06.138" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290700v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Payet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marascu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Peillon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac0f37" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355595v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corso" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101062" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972436v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74844-w" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966860v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab4335" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02121395v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quiros" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bisson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Redolfi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.100675" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02191260v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touchard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassouni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bonnin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2018.11.020" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968007v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.100709" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02183119v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benannoune" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasp&#233;rini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Temmerman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.01.023" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915162v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.03.179" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01528028v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ghiorghiu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Addab" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zalo&#382;nik" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6d24" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690696v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coenen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schwarz-Selinger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schmid" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kirschner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa796e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690705v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hodille" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Markelj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Becquart" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa8787" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795882v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gonzalez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Freton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Stadler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Masqu&#232;re" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2014.2329132" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795880v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cressault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/49/495203" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406236v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401037v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400771v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402637v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim BEN AYED" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407291v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Matveev" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Baumann" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Romazanov" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastijan Brezinsek" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407331v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bernard" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275262v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420771v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bian" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886850v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Ayed" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579742v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863256v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Christopher Otakandza Kandjani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mikikian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748724v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887302v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maurel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886319v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887039v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887213v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coatmeur" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hautem" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886801v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887172v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186587v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367799v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G T&#233;tard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Michau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03279579v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pecovnik" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579697v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344016v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301564v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Wahl" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264207v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamaa Bouhattate" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264211v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579616v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02967915v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982923v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02193869v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Sellami" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02191309v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02190750v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Charles" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasperini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426148v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E A Hodille" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Markelj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737442v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Becquart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02183766v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588245v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bisson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Addab" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341682v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Haddab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230431v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cartry" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885878v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885880v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885876v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra'I Maeva Yamatay" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885810v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885842v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stadler" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885840v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Choquet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886121v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valdivia-Barrientos" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ibanez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Silva" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pacheco" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pacheco-Pacheco" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885844v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885805v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885873v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407217v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Durif" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bergeaud" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406129v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406178v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402689v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Damak" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zlotea" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Villeroy" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tingaud" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407354v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schwartz-Selinger" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275184v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887266v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886289v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blondel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886786v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886243v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120261v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431248v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579941v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579938v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Payet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marascu" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579944v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086629v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973754v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967940v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193787v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jonathan-mougenot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7397-0102" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/17795258X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526655v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pappalardo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Frikha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougenot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Swinburne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Cartry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ae44a6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05445831v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne A Hodille" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dark" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grisolia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Charles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2025.153245" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765538v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Dark" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delaporte-Mathurin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schwarz-Selinger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mougenot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad56a0" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765528v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Matveev" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Baumann" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Romazanov" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brezinsek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ratynskaia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad73e7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253758v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Allouch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mougenot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Michau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Prasanna" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0166116" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04765603v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chochoy" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Charles" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ad1019" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627846v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gasperini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2022.02.099" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shihao Bian" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Wauters" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prostr.2022.12.021" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761586v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Montupet-Leblond" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.A. Hodille" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Payet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac6e74" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541607v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Tetard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Michau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminathan Prasanna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ppap.202100204" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03296868v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Benannoune" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Gasp&#233;rini" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2021.06.138" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03290700v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Payet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Marascu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Peillon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac0f37" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355595v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Corso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.101062" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400941v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Denis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pecovnik" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2abc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140867v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory de Temmerman" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2021.100984" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188511v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/abd95f" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140869v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2020.12.155" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03223432v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Allouch" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahamadou J Seydou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comptc.2021.113252" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357911v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2a17" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579878v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Hodille" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Grisolia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac28b0" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579873v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hao Yang" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Denis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/ac2bbd" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03293417v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mykola Ialovega" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-93542-9" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972436v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-74844-w" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966860v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/ab4335" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02121395v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quiros" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bisson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Redolfi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.100675" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02191260v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Touchard" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rond" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Hassouni" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bonnin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2018.11.020" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968007v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.100709" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02183119v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benannoune" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasp&#233;rini" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Temmerman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nme.2019.01.023" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915162v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2018.03.179" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01528028v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Ghiorghiu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Addab" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Zalo&#382;nik" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Minissale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa6d24" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690696v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coenen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schwarz-Selinger" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Schmid" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kirschner" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-4326/aa796e" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01690705v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Hodille" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bernard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Markelj" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Becquart" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1402-4896/aa8787" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795882v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Gonzalez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Freton" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Stadler" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Masqu&#232;re" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPS.2014.2329132" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03795880v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Cressault" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/46/49/495203" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04420771v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bian" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406236v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401037v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400771v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402637v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim BEN AYED" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407291v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Matveev" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Baumann" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juri Romazanov" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastijan Brezinsek" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407331v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Bernard" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275262v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886850v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ben Ayed" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579742v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863256v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Christopher Otakandza Kandjani" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mikikian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03748724v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886319v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887302v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Maurel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887039v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886801v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887213v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coatmeur" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Hautem" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887172v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579616v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03279579v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pecovnik" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367799v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G T&#233;tard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Michau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03186587v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Leblond" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579697v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344016v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03301564v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik von Wahl" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374141v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamaa Bouhattate" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Feaugas" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264207v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03264211v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02982923v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02967915v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02193869v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Sellami" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02191309v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02190750v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Charles" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gasperini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426148v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E A Hodille" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Markelj" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Martin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737442v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. S. Becquart" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sorbonne-paris-nord.hal.science/hal-02183766v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588245v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bisson" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Addab" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01341682v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Haddab" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230431v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Barthe" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gallais" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cartry" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885878v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885880v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885876v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra'I Maeva Yamatay" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885844v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Stadler" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885810v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885842v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885840v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Choquet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886121v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Valdivia-Barrientos" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ibanez" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Silva" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Pacheco" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pacheco-Pacheco" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885805v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03885873v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407354v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schwartz-Selinger" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275184v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407217v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Durif" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Bergeaud" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406129v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406178v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402689v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Damak" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Zlotea" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Villeroy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Tingaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887266v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886289v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Blondel" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886786v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886243v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579944v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Vartanian" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579941v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579938v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Payet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Marascu" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Peillon" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120261v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03431248v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086629v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967940v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973754v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193787v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>