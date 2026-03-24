--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -250,429 +250,429 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hyper-Cryptic radiation of a tropical montane plant lineage</w:t>
+                <w:t xml:space="preserve">Mechanisms, detection and impacts of species redistributions under climate change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Olivares</w:t>
+                <w:t xml:space="preserve">Jake Lawlor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sergio Tusso</w:t>
+                <w:t xml:space="preserve">Lise Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María José Sanín</w:t>
+                <w:t xml:space="preserve">Gaêl Grenouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marylaure de la Harpe</w:t>
+                <w:t xml:space="preserve">Jonathan Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oriane Loiseau</w:t>
+                <w:t xml:space="preserve">J. Alex Baecher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 190, pp.107954. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ympev.2023.107954⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s43017-024-00527-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04727851v1</w:t>
+                <w:t xml:space="preserve">hal-04554209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bringing traits back into the equation: A roadmap to understand species redistribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Comte</w:t>
+                <w:t xml:space="preserve">Romain Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Bertrand</w:t>
+                <w:t xml:space="preserve">Sarah Diamond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Diamond</w:t>
+                <w:t xml:space="preserve">Lesley Lancaster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malin Pinsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 30 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/gcb.17271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04546169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms, detection and impacts of species redistributions under climate change</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hyper-Cryptic radiation of a tropical montane plant lineage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Olivares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jake Lawlor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lise Comte</w:t>
+                <w:t xml:space="preserve">Sergio Tusso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaêl Grenouillet</w:t>
+                <w:t xml:space="preserve">María José Sanín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Lenoir</w:t>
+                <w:t xml:space="preserve">Marylaure de la Harpe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Alex Baecher</w:t>
+                <w:t xml:space="preserve">Oriane Loiseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Molecular Phylogenetics and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 190, pp.107954. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s43017-024-00527-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ympev.2023.107954⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04554209v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04727851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Limited ecological opportunity influences the tempo of morphological evolution in birds</w:t>
               </w:r>
@@ -1577,529 +1577,529 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03822949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distance to native climatic niche margins explains establishment success of alien mammals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jonathan M Jeschke</w:t>
+                <w:t xml:space="preserve">Tempo and mode of morphological evolution are decoupled from latitude in birds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan P Drury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph A Tobias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sheard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-22693-0⟩</w:t>
+              <w:t xml:space="preserve">PLoS Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (8), pp.e3001270. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03274931v1</w:t>
+                <w:t xml:space="preserve">hal-03347737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempo and mode of morphological evolution are decoupled from latitude in birds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Catherine Sheard</w:t>
+                <w:t xml:space="preserve">Distance to native climatic niche margins explains establishment success of alien mammals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Broennimann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blaise Petitpierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela González-Suárez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan M Jeschke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 19 (8), pp.e3001270. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pbio.3001270⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-22693-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03347737v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03274931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability to Fishing and Life History Traits Correlate with the Load of Deleterious Mutations in Teleosts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the Effect of Asymmetrical Trait Inheritance on Models of Trait Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Duchen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael L Alfaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Romiguier</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Salamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniele Silvestro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msaa067⟩</w:t>
+              <w:t xml:space="preserve">Systematic Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 70 (2), pp.376 - 388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sysbio/syaa055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03024742v1</w:t>
+                <w:t xml:space="preserve">hal-03182827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Effect of Asymmetrical Trait Inheritance on Models of Trait Evolution</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vulnerability to Fishing and Life History Traits Correlate with the Load of Deleterious Mutations in Teleosts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Salamin</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dolph Schluter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniele Silvestro</w:t>
+                <w:t xml:space="preserve">Jonathan Romiguier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systematic Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 70 (2), pp.376 - 388. </w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 37 (8), pp.2192-2196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/sysbio/syaa055⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msaa067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182827v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03024742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Response to Technical Comment 'A cautionary note for users of linear diversification dependencies</w:t>
               </w:r>
@@ -2317,222 +2317,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03182954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The contribution of temperature and continental fragmentation to amphibian diversification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Assessing the causes of diversification slowdowns: temperature‐dependent and diversity‐dependent models receive equivalent support</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Condamine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien L. Condamine</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morlon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jbi.13592⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (11), pp.1900-1912. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.13382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03040576v1</w:t>
+                <w:t xml:space="preserve">hal-02323724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the causes of diversification slowdowns: temperature‐dependent and diversity‐dependent models receive equivalent support</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The contribution of temperature and continental fragmentation to amphibian diversification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Morlon</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien L. Condamine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 22 (11), pp.1900-1912. </w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 46 (8), pp.1857-1873. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.13382⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02323724v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A process-based model supports an association between dispersal and the prevalence of species traits in tropical reef fish assemblages</w:t>
               </w:r>
@@ -2652,51 +2652,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogenomics of palearctic Formica species suggests a single origin of temporary parasitism and gives insights to the evolutionary pathway toward slave-making behaviour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Romiguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3046,51 +3046,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersal is a major driver of the latitudinal diversity gradient of Carnivora</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien L. Condamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Champak Beeravolu Reddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3188,51 +3188,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faster Speciation and Reduced Extinction in the Tropics Contribute to the Mammalian Latitudinal Diversity Gradient</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien L. Condamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Jiguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3707,51 +3707,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Rolland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Christensen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;l Assassa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Booker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H. Devlin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727851v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Olivares" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Tusso" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; San&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylaure de la Harpe" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Loiseau" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2023.107954" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04546169v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bertrand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Diamond" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Lancaster" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malin Pinsky" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17271" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04554209v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Lawlor" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Grenouillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenoir" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alex Baecher" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-024-00527-z" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406014v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan P Drury" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clavel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph A Tobias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sheard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.12.055" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Stankowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asher D Cutter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Satokangas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A Lerch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolinnean/kzae001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190499v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francisco Henao-Diaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Doebeli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Germain" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke J Harmon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-023-02116-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas A Triantis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Whittaker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P Hume" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13556" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796775v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-Anto&#241;anzas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mitchell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Sim&#245;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Condamine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguil&#233;e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081185" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798008v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G Freeman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Montgomery" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolph Schluter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.1514" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822949v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Pennell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breanna Sipley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-011921-023644" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274931v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Broennimann" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Petitpierre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevalier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Gonz&#225;lez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Jeschke" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22693-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347737v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001270" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024742v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Romiguier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa067" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182827v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Duchen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L Alfaro" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salamin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Silvestro" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syaa055" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520611v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13513" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182954v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Roesti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel N Anstett" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Lee-Yaw" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15335-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040576v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L. Condamine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13592" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323724v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13382" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434140v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Francesca Azzurra Donati" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriano Parravicini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leprieur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Hagen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gaboriau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04537" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397984v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morandin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Keller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1159-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323593v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian H&#246;hna" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Sperling" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Sanmartin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syy009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01480250v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12876" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638668v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champak Beeravolu Reddy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12354" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F78D033E4E070DC64FADA8D2F33BBB28563B01AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342093v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jiguet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001775" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035562v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knud Andreas J&#248;nsson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.0473" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796971v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/obo/9780199941728-0144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05425316v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Rolland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris Christensen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya&#235;l Assassa" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Booker" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert H. Devlin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04554209v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jake Lawlor" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#234;l Grenouillet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Lenoir" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alex Baecher" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-024-00527-z" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04546169v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bertrand" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Diamond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lesley Lancaster" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malin Pinsky" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.17271" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727851v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Olivares" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Tusso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Jos&#233; San&#237;n" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylaure de la Harpe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Loiseau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ympev.2023.107954" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04406014v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan P Drury" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clavel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph A Tobias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sheard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2023.12.055" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04565336v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Stankowski" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asher D Cutter" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Satokangas" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian A Lerch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/evolinnean/kzae001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190499v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Francisco Henao-Diaz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Doebeli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Germain" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke J Harmon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-023-02116-7" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kostas A Triantis" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Whittaker" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian P Hume" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.13556" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796775v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel L&#243;pez-Anto&#241;anzas" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mitchell" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Sim&#245;es" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Condamine" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Aguil&#233;e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11081185" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798008v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin G Freeman" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Montgomery" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolph Schluter" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2021.1514" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822949v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Pennell" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Breanna Sipley" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1146/annurev-ecolsys-011921-023644" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03347737v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3001270" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03274931v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Broennimann" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Petitpierre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chevalier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Gonz&#225;lez-Su&#225;rez" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan M Jeschke" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-22693-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182827v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Duchen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael L Alfaro" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Salamin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Silvestro" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syaa055" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024742v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Romiguier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msaa067" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520611v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morlon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13513" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182954v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Roesti" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel N Anstett" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie A Lee-Yaw" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15335-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323724v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.13382" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040576v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien L. Condamine" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13592" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434140v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Francesca Azzurra Donati" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeriano Parravicini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Leprieur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oskar Hagen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Gaboriau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ecog.04537" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397984v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Morandin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Keller" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12862-018-1159-4" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323593v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian H&#246;hna" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Sperling" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Sanmartin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sysbio/syy009" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01480250v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Robert" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Fontaine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Veron" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Monnet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Legrand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cobi.12876" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02638668v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champak Beeravolu Reddy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jiguet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/geb.12354" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F78D033E4E070DC64FADA8D2F33BBB28563B01AE/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342093v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jiguet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.1001775" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035562v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Knud Andreas J&#248;nsson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2014.0473" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796971v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/obo/9780199941728-0144" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>