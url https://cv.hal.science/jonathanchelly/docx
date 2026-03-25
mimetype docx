--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (29)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -508,3385 +508,3531 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05436372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pneumocystis pneumonia in intensive care: clinical spectrum, prophylaxis patterns, antibiotic treatment delay impact, and role of corticosteroids. A French multicentre prospective cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics of French intensive care units and patients: an ancillary analysis of the GAME-OVER study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Atchade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toufik Kamel</w:t>
+                <w:t xml:space="preserve">Pierre-Julien Cungi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralf Janssen-Langenstein</w:t>
+                <w:t xml:space="preserve">Claire Dahyot-Fizelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Quelven</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Xavier Valette</w:t>
+                <w:t xml:space="preserve">Magali Cesana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00134-024-07489-2⟩</w:t>
+              <w:t xml:space="preserve">BMC Anesthesiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (1), pp.27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12871-025-03473-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04671908v1</w:t>
+                <w:t xml:space="preserve">inserm-05500011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management of hematological patients requiring emergency chemotherapy in the intensive care unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lafarge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Lafarge</w:t>
+                <w:t xml:space="preserve">Dara Chean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dara Chean</w:t>
+                <w:t xml:space="preserve">Raphaël Clere-Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Clere-Jehl</w:t>
+                <w:t xml:space="preserve">Elie Azoulay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djamel Mokart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intensive Care Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 50 (6), pp.849-860. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00134-024-07454-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early intravenous high-dose vitamin C in postcardiac arrest shock (VICEPAC): study protocol for a randomised, single-blind, open-label, multicentre, controlled trial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghada Sboui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noemie Peres</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ghada Sboui</w:t>
+                <w:t xml:space="preserve">Julien Maizel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Beuzelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Open</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (9), pp.e087303. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/bmjopen-2024-087303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04711191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limitation of life-sustaining therapies in critically ill patients with COVID-19: a descriptive epidemiological investigation from the COVID-ICU study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pneumocystis pneumonia in intensive care: clinical spectrum, prophylaxis patterns, antibiotic treatment delay impact, and role of corticosteroids. A French multicentre prospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Kamel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhael Giabicani</w:t>
+                <w:t xml:space="preserve">Ralf Janssen-Langenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Le Terrier</w:t>
+                <w:t xml:space="preserve">Quentin Quelven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Poncet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Rigaud</w:t>
+                <w:t xml:space="preserve">Xavier Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-023-04349-1⟩</w:t>
+              <w:t xml:space="preserve">Intensive Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 50 (8), pp.1228-1239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00134-024-07489-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04399172v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04671908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prospective comparison of prognostic scores for prediction of outcome after out-of-hospital cardiac arrest: results of the AfterROSC1 multicentric study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Limitation of life-sustaining therapies in critically ill patients with COVID-19: a descriptive epidemiological investigation from the COVID-ICU study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikhael Giabicani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Terrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Baptiste Lascarrou</w:t>
+                <w:t xml:space="preserve">Antoine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wulfran Bougouin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Bertrand Guidet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Bourenne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cedric Daubin</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Rigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-023-01195-w⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (1), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-023-04349-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04247479v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04399172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrocardiographic Changes at the Early Stage of Status Epilepticus: First Insights from the ICTAL Registry∗</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prospective comparison of prognostic scores for prediction of outcome after out-of-hospital cardiac arrest: results of the AfterROSC1 multicentric study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Baptiste Lascarrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Chinardet</w:t>
+                <w:t xml:space="preserve">Wulfran Bougouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floriane Gilles</w:t>
+                <w:t xml:space="preserve">Jeremy Bourenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Cochet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre Quenot</w:t>
+                <w:t xml:space="preserve">Cedric Daubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000005768⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (1), pp.100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-023-01195-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04069261v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04247479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outcomes in Patients With COVID-19 With Acute Encephalopathy and Coma: An International Prospective Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Legriel</w:t>
+                <w:t xml:space="preserve">R. Badenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Badenes</w:t>
+                <w:t xml:space="preserve">Nicolas Engrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Engrand</w:t>
+                <w:t xml:space="preserve">Rocio Mendoza-Trujillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 100 (22), pp.E2247-E2258. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1212/WNL.0000000000207263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04193737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes in Patients With COVID-19 With Acute Encephalopathy and Coma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrocardiographic Changes at the Early Stage of Status Epilepticus: First Insights from the ICTAL Registry∗</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chinardet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Legriel</w:t>
+                <w:t xml:space="preserve">Floriane Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Badenes</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pauline Soulier</w:t>
+                <w:t xml:space="preserve">Hélène Cochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Quenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 51 (3), pp.388-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000005768⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000207263⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05500322v1</w:t>
+                <w:t xml:space="preserve">hal-04069261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management and outcomes of critically ill adult patients with convulsive status epilepticus and preadmission functional impairments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Vieille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Jacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sybille Merceron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Huriaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 141, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.yebeh.2023.109083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoeconomic variations in epidemiology, ventilation management, and outcomes in invasively ventilated intensive care unit patients without acute respiratory distress syndrome: a pooled analysis of four observational studies</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Outcomes in Patients With COVID-19 With Acute Encephalopathy and Coma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ary Serpa Neto</w:t>
+                <w:t xml:space="preserve">Stephane Legriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luciano Azevedo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tài Pham</w:t>
+                <w:t xml:space="preserve">Rafael Badenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Engrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocio Mendoza-Trujillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Soulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet global health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2214-109X(21)00485-X⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 100 (22), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000207263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04002917v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multicentre observational status-epilepticus registry: Protocol for ICTAL</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pauline Soulier</w:t>
+                <w:t xml:space="preserve">Geoeconomic variations in epidemiology, ventilation management, and outcomes in invasively ventilated intensive care unit patients without acute respiratory distress syndrome: a pooled analysis of four observational studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Pisani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Geke Algera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Lesieur</w:t>
+                <w:t xml:space="preserve">Ary Serpa Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Azevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tài Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2021-059675⟩</w:t>
+              <w:t xml:space="preserve">The Lancet global health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (2), pp.e227-e235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2214-109X(21)00485-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03604089v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04002917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoeconomic variations in epidemiology, ventilation management, and outcomes in invasively ventilated intensive care unit patients without acute respiratory distress syndrome: a pooled analysis of four observational studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Tài Pham</w:t>
+                <w:t xml:space="preserve">Multicentre observational status-epilepticus registry: Protocol for ICTAL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Jacq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Quenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Soulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lesieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet global health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2214-109X(21)00485-X⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2021-059675⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04004165v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical ventilation in patients with cardiogenic pulmonary edema: a sub-analysis of the LUNG SAFE study</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+                <w:t xml:space="preserve">Geoeconomic variations in epidemiology, ventilation management, and outcomes in invasively ventilated intensive care unit patients without acute respiratory distress syndrome: a pooled analysis of four observational studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luigi Pisani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Geke Algera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ary Serpa Neto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luciano Azevedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tài Pham</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eddy Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40560-022-00648-x⟩</w:t>
+              <w:t xml:space="preserve">The Lancet global health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (2), pp.e227-e235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2214-109X(21)00485-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03945218v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04004165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence, clinical characteristics, and outcome after unexpected cardiac arrest among critically ill adults with COVID-19: insight from the multicenter prospective ACICOVID-19 registry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Mechanical ventilation in patients with cardiogenic pulmonary edema: a sub-analysis of the LUNG SAFE study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Amado-Rodríguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaetan Plantefève</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Toufik Kamel</w:t>
+                <w:t xml:space="preserve">Raquel Rodríguez-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bruel</w:t>
+                <w:t xml:space="preserve">Giacomo Bellani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tài Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saad Nseir</w:t>
+                <w:t xml:space="preserve">Eddy Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.155. </w:t>
+              <w:t xml:space="preserve">Journal of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00945-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40560-022-00648-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03427527v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03945218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Death in hospital following ICU discharge: insights from the LUNG SAFE study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Incidence, clinical characteristics, and outcome after unexpected cardiac arrest among critically ill adults with COVID-19: insight from the multicenter prospective ACICOVID-19 registry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabiana Madotto</w:t>
+                <w:t xml:space="preserve">Gaetan Plantefève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toufik Kamel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bairbre Mcnicholas</w:t>
+                <w:t xml:space="preserve">Cédric Bruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emanuele Rezoagli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">John Laffey</w:t>
+                <w:t xml:space="preserve">Saad Nseir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-021-03465-0⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00945-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03997442v1</w:t>
+                <w:t xml:space="preserve">hal-03427527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics, management, and prognosis of elderly patients with COVID-19 admitted in the ICU during the first wave: insights from the COVID-ICU study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Death in hospital following ICU discharge: insights from the LUNG SAFE study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabiana Madotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Dres</w:t>
+                <w:t xml:space="preserve">Bairbre Mcnicholas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Hajage</w:t>
+                <w:t xml:space="preserve">Emanuele Rezoagli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tài Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saïd Lebbah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tài Pham</w:t>
+                <w:t xml:space="preserve">John Laffey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00861-1⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (1), pp.144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-021-03465-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03524638v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03997442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and prognosis of bloodstream infection in patients with COVID-19 admitted in the ICU: an ancillary study of the COVID-ICU study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics, management, and prognosis of elderly patients with COVID-19 admitted in the ICU during the first wave: insights from the COVID-ICU study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Dres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Massart</w:t>
+                <w:t xml:space="preserve">David Hajage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Maxime</w:t>
+                <w:t xml:space="preserve">Saïd Lebbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Fillatre</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexis Ferré</w:t>
+                <w:t xml:space="preserve">Antoine Kimmoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tài Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Intensive Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 11 (1), pp.183. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13613-021-00971-w⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00861-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858178v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03524638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of systemic secondary brain insults and outcome in patients with convulsive status epilepticus: A post hoc study of a randomized controlled trial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Characteristics and prognosis of bloodstream infection in patients with COVID-19 admitted in the ICU: an ancillary study of the COVID-ICU study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Massart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candice Fontaine</w:t>
+                <w:t xml:space="preserve">Pierre Fillatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Lemiale</w:t>
+                <w:t xml:space="preserve">Keyvan Razazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Resche-Rigon</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Alexis Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000010726⟩</w:t>
+              <w:t xml:space="preserve">Annals of Intensive Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13613-021-00971-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03032263v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03858178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcomes in 886 Critically Ill Patients After Near-Hanging Injury</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association of systemic secondary brain insults and outcome in patients with convulsive status epilepticus: A post hoc study of a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candice Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise de Charentenay</w:t>
+                <w:t xml:space="preserve">Virginie Lemiale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Schnell</w:t>
+                <w:t xml:space="preserve">Matthieu Resche-Rigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pichon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Maleka Schenck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierrick Cronier</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chest</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chest.2020.07.064⟩</w:t>
+              <w:t xml:space="preserve">Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 95 (18), pp.e2529-e2541. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1212/WNL.0000000000010726⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109216v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03032263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated vs. conventional ventilation in the ICU: a randomized controlled crossover trial comparing blood oxygen saturation during daily nursing procedures (I-NURSING)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Outcomes in 886 Critically Ill Patients After Near-Hanging Injury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise de Charentenay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandie Mazerand</w:t>
+                <w:t xml:space="preserve">Guillaume Schnell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Jochmans</w:t>
+                <w:t xml:space="preserve">Nicolas Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maleka Schenck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire-Marie Weyer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Franck Pourcine</w:t>
+                <w:t xml:space="preserve">Pierrick Cronier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-020-03155-3⟩</w:t>
+              <w:t xml:space="preserve">Chest</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 158 (6), pp.2404-2413. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chest.2020.07.064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674679v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The urine biomarkers TIMP2 and IGFBP7 can identify patients who will experience severe acute kidney injury following a cardiac arrest: A prospective multicentre study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated vs. conventional ventilation in the ICU: a randomized controlled crossover trial comparing blood oxygen saturation during daily nursing procedures (I-NURSING)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandie Mazerand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri Titeca-Beauport</w:t>
+                <w:t xml:space="preserve">Sebastien Jochmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Daubin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Claire-Marie Weyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoann Zerbib</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Clement Brault</w:t>
+                <w:t xml:space="preserve">Franck Pourcine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2019.06.008⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-020-03155-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03486872v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiac Arrest in Patients Managed for Convulsive Status Epilepticus: Characteristics, Predictors, and Outcome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The urine biomarkers TIMP2 and IGFBP7 can identify patients who will experience severe acute kidney injury following a cardiac arrest: A prospective multicentre study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Titeca-Beauport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Legriel</w:t>
+                <w:t xml:space="preserve">Delphine Daubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Bresson</w:t>
+                <w:t xml:space="preserve">Yoann Zerbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Deye</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Sauneuf</w:t>
+                <w:t xml:space="preserve">Clement Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000003196⟩</w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 141, pp.104 - 110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2019.06.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02003565v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03486872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clinical features and prognostic factors of listeriosis: the MONALISA national prospective cohort study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cardiac Arrest in Patients Managed for Convulsive Status Epilepticus: Characteristics, Predictors, and Outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Legriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Charlier</w:t>
+                <w:t xml:space="preserve">N. Deye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élodie Perrodeau</w:t>
+                <w:t xml:space="preserve">D. Grimaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Leclercq</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoît Pilmis</w:t>
+                <w:t xml:space="preserve">B. Sauneuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1473-3099(16)30521-7⟩</w:t>
+              <w:t xml:space="preserve">Critical Care Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 46 (8), pp.E751-E760. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CCM.0000000000003196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04298677v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02003565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeted temperature management using the “Esophageal Cooling Device” after cardiac arrest (the COOL study): A feasibility and safety study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Clinical features and prognostic factors of listeriosis: the MONALISA national prospective cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Perrodeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Goury</w:t>
+                <w:t xml:space="preserve">Alexandre Leclercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Poirson</w:t>
+                <w:t xml:space="preserve">Benoît Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ulriikka Chaput</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Garçon</w:t>
+                <w:t xml:space="preserve">Benoît Pilmis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2017.09.021⟩</w:t>
+              <w:t xml:space="preserve">The Lancet Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (5), pp.510-519. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1473-3099(16)30521-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03860214v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04298677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The optic nerve sheath diameter as a useful tool for early prediction of outcome after cardiac arrest: A prospective pilot study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+                <w:t xml:space="preserve">Targeted temperature management using the “Esophageal Cooling Device” after cardiac arrest (the COOL study): A feasibility and safety study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Goury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Poirson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Deye</w:t>
+                <w:t xml:space="preserve">Ulriikka Chaput</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Guichard</w:t>
+                <w:t xml:space="preserve">Sebastian Voicu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Vodovar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ly Vong</w:t>
+                <w:t xml:space="preserve">Pierre Garçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resuscitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121, pp.54-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2017.09.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03860214v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The optic nerve sheath diameter as a useful tool for early prediction of outcome after cardiac arrest: A prospective pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Chelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Deye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vodovar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ly Vong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2016, 103, pp.7-13. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2016.03.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03860396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId169"/>
+      <w:footerReference w:type="default" r:id="rId175"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4033,51 +4179,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529724v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan d'Aranda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chelly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Atchade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05822-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073581v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan D&#8217;aranda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05299-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jacq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Sboui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bailly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beuret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2025.110795" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Kamel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Janssen-Langenstein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Quelven" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Valette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07489-2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673199v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafarge" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dara Chean" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Clere-Jehl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Azoulay" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Mokart" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07454-z" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04711191v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Peres" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maizel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Beuzelin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-087303" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399172v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Giabicani" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Terrier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poncet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guidet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rigaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-023-04349-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04247479v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulfran Bougouin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bourenne" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Daubin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-023-01195-w" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069261v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chinardet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Gilles" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Quenot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000005768" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193737v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badenes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068559v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vieille" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Jacq" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Merceron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Huriaux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2023.109083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002917v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Pisani" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Geke Algera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Serpa Neto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Azevedo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(21)00485-X" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604089v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesieur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-059675" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004165v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03945218v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amado-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodr&#237;guez-Garcia" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Bellani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Fan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40560-022-00648-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427527v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Plantef&#232;ve" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bruel" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Nseir" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00945-y" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997442v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Madotto" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bairbre Mcnicholas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Rezoagli" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Laffey" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-021-03465-0" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524638v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hajage" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lebbah" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kimmoun" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00861-1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858178v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massart" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maxime" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillatre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Razazi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ferr&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00971-w" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032263v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Fontaine" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemiale" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleka Schenck" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000010726" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109216v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de Charentenay" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schnell" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pichon" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Cronier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2020.07.064" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674679v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Mazerand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jochmans" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Weyer" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourcine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03155-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486872v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Titeca-Beauport" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Daubin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zerbib" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Brault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.06.008" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003565v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legriel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bresson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deye" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaldi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sauneuf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000003196" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298677v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Perrodeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leclercq" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cazenave" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(16)30521-7" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860214v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goury" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poirson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulriikka Chaput" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Voicu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gar&#231;on" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.09.021" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860396v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guichard" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Vong" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2016.03.006" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529724v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan d'Aranda" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pons" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Chelly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Atchade" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05822-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073581v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan D&#8217;aranda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-025-05299-6" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05436372v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Jacq" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghada Sboui" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bailly" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beuret" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2025.110795" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05500011v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Julien Cungi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dahyot-Fizelier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cesana" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12871-025-03473-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673199v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lafarge" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dara Chean" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Clere-Jehl" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Azoulay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Mokart" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07454-z" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04711191v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Peres" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Maizel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Beuzelin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2024-087303" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671908v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Kamel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Janssen-Langenstein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Quelven" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Valette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00134-024-07489-2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04399172v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhael Giabicani" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Terrier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poncet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Guidet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Rigaud" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-023-04349-1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04247479v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Lascarrou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wulfran Bougouin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Bourenne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Daubin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-023-01195-w" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193737v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Badenes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Engrand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocio Mendoza-Trujillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Soulier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000207263" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069261v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chinardet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Gilles" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cochet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Quenot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000005768" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068559v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Vieille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Jacq" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sybille Merceron" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Huriaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2023.109083" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500322v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Legriel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Badenes" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002917v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi Pisani" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Geke Algera" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Serpa Neto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Azevedo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#224;i Pham" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2214-109X(21)00485-X" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604089v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lesieur" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2021-059675" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004165v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-03945218v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Amado-Rodr&#237;guez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Rodr&#237;guez-Garcia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Bellani" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Fan" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40560-022-00648-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427527v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Plantef&#232;ve" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bruel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Nseir" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00945-y" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997442v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Madotto" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bairbre Mcnicholas" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emanuele Rezoagli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Laffey" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-021-03465-0" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524638v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dres" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Hajage" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Lebbah" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kimmoun" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00861-1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858178v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massart" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maxime" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fillatre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keyvan Razazi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ferr&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13613-021-00971-w" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032263v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Fontaine" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemiale" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Resche-Rigon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maleka Schenck" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000010726" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109216v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise de Charentenay" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Schnell" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pichon" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Cronier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chest.2020.07.064" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674679v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandie Mazerand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Jochmans" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Weyer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Pourcine" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-020-03155-3" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486872v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Titeca-Beauport" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Daubin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zerbib" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Brault" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.06.008" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003565v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Legriel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bresson" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Deye" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grimaldi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Sauneuf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000003196" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04298677v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Charlier" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Perrodeau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Leclercq" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cazenave" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Pilmis" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1473-3099(16)30521-7" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860214v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Goury" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Poirson" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulriikka Chaput" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Voicu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gar&#231;on" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.09.021" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860396v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Guichard" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vodovar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ly Vong" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2016.03.006" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FL682MHK-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>