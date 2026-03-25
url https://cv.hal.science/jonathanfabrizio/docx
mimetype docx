--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,252 +100,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dahu Graph-Cut for Interactive Segmentation on 2D/3D Images</w:t>
+                <w:t xml:space="preserve">How to compute the convex hull of a binary shape? A real-time algorithm to compute the convex hull of a binary shape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Minh Ôn Vû Ngoc</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pattern Recognition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.patcog.2022.109207⟩</w:t>
+              <w:t xml:space="preserve">Journal of Real-Time Image Processing volume</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20 (106), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11554-023-01359-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579612v1</w:t>
+                <w:t xml:space="preserve">hal-04579607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to compute the convex hull of a binary shape? A real-time algorithm to compute the convex hull of a binary shape</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Dahu Graph-Cut for Interactive Segmentation on 2D/3D Images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Ôn Vû Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Carlinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Real-Time Image Processing volume</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (106), </w:t>
+              <w:t xml:space="preserve">Pattern Recognition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 136 (109207), </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11554-023-01359-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.patcog.2022.109207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04579607v1</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Text detection in street level images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Marcotegui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -405,51 +405,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion compensation based on Tangent Distance prediction for video compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -534,51 +534,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal recursive clustering of likelihood functions for multiple object tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pattern Recognition Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 30 (6), pp.606-614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
@@ -624,51 +624,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation numérique des courbes épipolaires pour les capteurs omnidirectionnels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Devars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -764,51 +764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Ôn Vũ Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36th Conference on Neural Information Processing Systems, AI for Science Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -833,51 +833,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing the Boundary-Aware loss for deep image segmentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Ôn Vû Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yizi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -885,51 +885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Carlinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Machine Vision Conference (BMVC) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Virtual, United Kingdom</w:t>
@@ -971,64 +971,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Document detection in videos captured by smartphones using a saliency-based method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh On Vu Ngoc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Document Analysis and Recognition Workshops (ICDARW)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Sydney, Australia. pp.19--24, </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1056,308 +1056,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04579610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A first step toward a fair comparison of evaluation protocols for text detection algorithms</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Saliency-Based Detection of Identity Documents Captured by Smartphones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh On Vu Ngoc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the IAPR International Workshop on Document Analysis Systems (DAS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAPR International Workshop on Document Analysis Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04579603v1</w:t>
+                <w:t xml:space="preserve">hal-01816406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saliency-Based Detection of Identity Documents Captured by Smartphones</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A first step toward a fair comparison of evaluation protocols for text detection algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aliona Dangla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Puybareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Tochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Géraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAPR International Workshop on Document Analysis Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the IAPR International Workshop on Document Analysis Systems (DAS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienna, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/DAS.2018.55⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816406v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04579603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentation of Gliomas and Prediction of Patient Overall Survival: A Simple and Fast Procedure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Puybareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chazalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the Workshop on Brain Lesions (BrainLes), in conjunction with MICCAI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Grenada, Spain. pp.199--209, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1516,51 +1516,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Text segmentation in natural scenes using toggle-mapping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Marcotegui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1620,51 +1620,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast implementation of the ultimate opening</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Marcotegui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1723,51 +1723,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TEXT EXTRACTION FROM STREET LEVEL IMAGES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Cord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1818,51 +1818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion estimation using tangent distances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1922,51 +1922,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation des distances tangentes pour la compensation de mouvement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Dubuisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12èmes journées d'étude et d'échange COmpression et REprésentation des Signaux Audiovisuels (CORESA'07)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Montpellier, France. pp.95-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2062,51 +2062,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yizi Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Boutry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Fabrizio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Mallet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2306,51 +2306,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579612v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#251; Ngoc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109207" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579607v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-023-01359-8" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906841v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Marcotegui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cord" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10044-013-0329-7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dubuisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique B&#233;r&#233;ziat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2011.12.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PXVGQG5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146516v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2009.01.001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-598QTMN9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146541v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devars" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579611v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#361; Ngoc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417244v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizi Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chazalon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579610v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh On Vu Ngoc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDARW.2019.30059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579603v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliona Dangla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAS.2018.55" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816406v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579613v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11726-9_18" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468199v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delezoide" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Mo&#235;llic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gorisse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Precioso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00834427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2009.5413435" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00834197v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-03613-2_25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SJP2DWVM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334831v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2007.4378998" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334823v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725431v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#361; Ng&#7885;c Minh &#212;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mallet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579607v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Fabrizio" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11554-023-01359-8" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579612v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#251; Ngoc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Carlinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry G&#233;raud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patcog.2022.109207" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906841v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Marcotegui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Cord" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10044-013-0329-7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146523v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Dubuisson" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique B&#233;r&#233;ziat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.image.2011.12.001" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0PXVGQG5-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146516v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.patrec.2009.01.001" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-598QTMN9-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01146541v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devars" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579611v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh &#212;n V&#361; Ngoc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boutry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417244v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yizi Chen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Chazalon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579610v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh On Vu Ngoc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDARW.2019.30059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816406v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579603v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliona Dangla" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Puybareau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tochon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/DAS.2018.55" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579613v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chazalon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11726-9_18" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00468199v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Delezoide" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Borgne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Mo&#235;llic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gorisse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Precioso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00834427v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2009.5413435" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-00834197v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-03613-2_25" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SJP2DWVM-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00906998v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334831v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2007.4378998" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334823v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725431v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#361; Ng&#7885;c Minh &#212;n" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Mallet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>