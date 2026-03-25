--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -135,1805 +135,1900 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Training Interdisciplinary PhD Students to Build Interdisciplinary Communities</w:t>
+                <w:t xml:space="preserve">L’architecture de l’interdisciplinarité : une expérience d’institutionnalisation d’une communauté scientifique interdisciplinaire à #DigitAg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Véronique Bellon-Maurel; Karine Gauche; Martha Lucia Enriquez; Nathalie Lyon-Caen. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">47. Association for Interdisciplinary Studies Conference</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Appréhender l’agriculture numérique. 10 ans de recherche interdisciplinaire au sein de l’Institut #DigitAg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, éditions Quae, pp.177-189, 2026, Update Sciences &amp; technologies, 9782759242559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.35690/978-2-7592-4255-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05256306v1</w:t>
+                <w:t xml:space="preserve">hal-05561313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The construction of an interdisciplinary field: The case of digital agriculture in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">La science est-elle dure ? Grandeur et misère du leadership charismatique en neurosciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karine Gauche</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Leresche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. ISA Forum of Sociology “Knowing justice in the Anthropocene”</w:t>
-[...36 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">C’est qui ton chef ?! Sociologie du leadership en Suisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...666 lines deleted...]
-                <w:t xml:space="preserve">hal-04775775v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Monies to Face Crises? Cryptocurrency Regulation and the Rise of CBDCs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science Technology and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/09717218251378577⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Book review: Mirko Tobias Schäfer, Karin van Es and Tracey P. Lauriault (eds.), Collaborative Research in the Datafied Society, Amsterdam University Press, 2024</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tecnoscienza. Italian Journal of Science &amp; Technology Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16 (2), pp.149-153. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.60923/issn.2038-3460/23980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05525652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Engineers’ Boundary Work</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Defining risk in AI legislation: perspectives and implications in the Korean context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan Sainsaulieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19378629.2024.2367287⟩</w:t>
+              <w:t xml:space="preserve">Communication Research and Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/22041451.2024.2346417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695776v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04611510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defining risk in AI legislation: perspectives and implications in the Korean context</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Exploring Engineers’ Boundary Work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Sainsaulieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication Research and Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/22041451.2024.2346417⟩</w:t>
+              <w:t xml:space="preserve">Engineering Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (2), pp.79-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19378629.2024.2367287⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04611510v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caton James Lee (ed) (2022) The Economics of Blockchain and Cryptocurrency: A Transaction Costs Revolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science &amp; Technology Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 37 (1), pp.92-94. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23987/sts.132094⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04611516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Human Brain Project Between Politics, Science, and Engineering</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Traveling AI ‐essentialism and national AI strategies: A comparison between South Korea and France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engineering Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19378629.2023.2277197⟩</w:t>
+              <w:t xml:space="preserve">Review of Policy Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 40 (5), pp.705-728. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ropr.12552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695620v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traveling AI ‐essentialism and national AI strategies: A comparison between South Korea and France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">The Human Brain Project Between Politics, Science, and Engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Policy Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ropr.12552⟩</w:t>
+              <w:t xml:space="preserve">Engineering Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16 (2), pp.108-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19378629.2023.2277197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04695630v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promoting the ICT Industry for the future with fears from the past</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and public policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 48 (6), pp.889-899. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/scipol/scab056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04695597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La science est-elle dure ? Grandeur et misère du leadership charismatique en neurosciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Training Interdisciplinary PhD Students to Build Interdisciplinary Communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jongheon Kim</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Leresche</w:t>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">C’est qui ton chef ?! Sociologie du leadership en Suisse</w:t>
-[...14 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">47. Association for Interdisciplinary Studies Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Oulu, Finland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05256306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The construction of an interdisciplinary field: The case of digital agriculture in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. ISA Forum of Sociology “Knowing justice in the Anthropocene”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rabat, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of european AI regulation: Governance and strategic responses in Switzerland and South Korea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. ISA Forum of Sociology “Knowing justice in the Anthropocene”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rabat, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holding Experts Together?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STS-CH 2025 Holding things together? Change, continuity, critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Zürich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05256477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A daily dose of critical reflexivity for optimistic engineering researchers: An ongoing engagement with the interdisciplinarity observatory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Interventions: Interdisciplinary Engagements with Engineers (INES Workshop)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Network for Engineering Studies, Nov 2024, Online, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reliant les domaines, créant des solutions : la coproduction d'un robot agricole à faible coût et des valeurs disciplinaires et professionnelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">29. Conférence de l’Association Information et Management (AIM) : Travailler avec l'IA ou malgré l'IA ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, La Grande-Motte, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">DigitAg's interdisciplinary and interprofessional efforts in digital agriculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Benoît Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Gauche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11. Joint Conference of European Association for the Study of Science and Technology (EASST) and the Society for Social Studies of Science (4S)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Amsterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04658136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04695795v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Image et Imagination : une formation de la conscience humaine mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire usage et circulation des savoirs sur le cerveau</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A research infrastructure almost no one wanted</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STS-STIS Joint Workshop on Governance by Infrastructure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Lausanne, Suisse, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03579687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sociotechnical imaginary and governance of artificial intelligence in France and Korea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECPR General Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Innsbruck, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artificial optimism and governance of artificial intelligence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jongheon Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eu-SPRI Early Career Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Big Brain Science. The traveling imaginary, politics, and research work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jongheon Kim</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">History, Philosophy and Sociology of Sciences. Université de Lausanne; Université de Lille, 2023. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04710991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:footerReference w:type="default" r:id="rId47"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2001,51 +2096,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B9677E5B"/>
+    <w:nsid w:val="C64CB942"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2232,51 +2327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jongheon-kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6498-8471" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256306v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jongheon Kim" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252204v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256477v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252219v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658136v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775763v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607408v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775770v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03579687v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775779v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775775v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317441v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09717218251378577" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525652v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60923/issn.2038-3460/23980" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695776v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sainsaulieu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19378629.2024.2367287" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611510v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22041451.2024.2346417" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611516v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23987/sts.132094" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695620v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19378629.2023.2277197" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ropr.12552" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695597v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scipol/scab056" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695795v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leresche" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04710991v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jongheon-kim" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6498-8471" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561313v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jongheon Kim" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-4255-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695795v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Leresche" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317441v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/09717218251378577" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05525652v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60923/issn.2038-3460/23980" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611510v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22041451.2024.2346417" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695776v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sainsaulieu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19378629.2024.2367287" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611516v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23987/sts.132094" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695630v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ropr.12552" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695620v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19378629.2023.2277197" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695597v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/scipol/scab056" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256306v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252204v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05252219v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05256477v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775763v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04607408v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04658136v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Beno&#238;t Joly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775770v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03579687v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775779v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775775v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04710991v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>