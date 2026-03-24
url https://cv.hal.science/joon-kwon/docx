--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A pipeline with pre-processing options to detect behaviour from accelerometer data using Machine Learning tested on dairy goats</w:t>
+                <w:t xml:space="preserve">Data paper: A goat behaviour dataset combining labelled behaviours and accelerometer data for training Machine Learning detection models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
@@ -175,333 +175,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5, pp.e41. </w:t>
+              <w:t xml:space="preserve">Animal - Open Space</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 4, pp.100095. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.545⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anopes.2025.100095⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05122302v1</w:t>
+                <w:t xml:space="preserve">hal-04997560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data paper: A goat behaviour dataset combining labelled behaviours and accelerometer data for training Machine Learning detection models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Mauny</w:t>
+                <w:t xml:space="preserve">Importance sampling-based gradient method for dimension reduction in Poisson log-normal model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Batardière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Stoehr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal - Open Space</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anopes.2025.100095⟩</w:t>
+              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/25-EJS2384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997560v1</w:t>
+                <w:t xml:space="preserve">hal-04712554v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance sampling-based gradient method for dimension reduction in Poisson log-normal model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Chiquet</w:t>
+                <w:t xml:space="preserve">A pipeline with pre-processing options to detect behaviour from accelerometer data using Machine Learning tested on dairy goats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Julien Stoehr</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N.C. Friggens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Duvaux-Ponter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoomeh Taghipoor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (1), </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/25-EJS2384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04712554v4</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05122302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refined approachability algorithms and application to regret minimization with global costs</w:t>
               </w:r>
@@ -856,51 +856,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Barrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Hanczar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boichard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1579,424 +1579,486 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Finite-sum optimization: Adaptivity to smoothness and loopless variance reduction</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A regret minimization approach to fixed-point iterations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2023</w:t>
+              <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04217357v1</w:t>
+                <w:t xml:space="preserve">hal-05550037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Plant Extinction Risk Assessment Inform Novel Biodiversity Hotspots</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jessica Tressou</w:t>
+                <w:t xml:space="preserve">Finite-sum optimization: Adaptivity to smoothness and loopless variance reduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Batardière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04217346v1</w:t>
+                <w:t xml:space="preserve">hal-04217357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A MOM-based ensemble method for robustness, subsampling and hyperparameter tuning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Plant Extinction Risk Assessment Inform Novel Biodiversity Hotspots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Haevermans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Tressou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseli Pellens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Dubéarnès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02786143v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">A MOM-based ensemble method for robustness, subsampling and hyperparameter tuning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joon Kwon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lerasle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lecué</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02786143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Gains and Losses are Fundamentally Different in Regret Minimization: The Sparse Case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Perchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01265075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2006,140 +2068,140 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pyPLNmodels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Batardière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joon Kwon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨swh:1:dir:e5d55f185fae7b64dd867a5ac05ae70cf9954dc5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Logiciel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04738553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId58"/>
+      <w:footerReference w:type="default" r:id="rId59"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2286,51 +2348,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05122302v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mauny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Kwon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.545" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04997560v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100095" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712554v4" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Batardi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stoehr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-EJS2384" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217335v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619471v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Mertikopoulos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/jdg.2017008" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618650v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630070v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Perchet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287913v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vernade" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089519v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734035v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734034v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261697v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deneuville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gauthier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776962v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bulk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217357v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217346v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tressou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dub&#233;arn&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786143v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lerasle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecu&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265075v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738553v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e5d55f185fae7b64dd867a5ac05ae70cf9954dc5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04997560v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mauny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Kwon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N.C. Friggens" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Duvaux-Ponter" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Taghipoor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anopes.2025.100095" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712554v4" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Batardi&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Stoehr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/25-EJS2384" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05122302v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.545" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217335v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619471v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayotis Mertikopoulos" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/jdg.2017008" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618650v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630070v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Perchet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510253v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Barrey" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Hanczar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boichard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn de Go&#235;r de Herve" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287913v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vernade" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03089519v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734035v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734034v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05261697v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Valenchon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deneuville" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Gauthier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Eymard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776962v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Bord" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Bulk" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05550037v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217357v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04217346v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Haevermans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Tressou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseli Pellens" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Dub&#233;arn&#232;s" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786143v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lerasle" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lecu&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01265075v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738553v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:e5d55f185fae7b64dd867a5ac05ae70cf9954dc5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>