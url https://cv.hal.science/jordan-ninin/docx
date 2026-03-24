--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -359,70 +359,70 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Techniques for accelerating Branch-and-Bound algorithms dedicated to sparse optimization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Samain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optimization Methods and Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.1-38. </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10556788.2023.2241154⟩</w:t>
               </w:r>
             </w:hyperlink>
@@ -1575,51 +1575,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00960657v1</w:t>
+                <w:t xml:space="preserve">hal-00847259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximal perimeter, diameter and area of equilateral unit-width convex polygons</w:t>
               </w:r>
@@ -1678,51 +1678,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00847259v1</w:t>
+                <w:t xml:space="preserve">hal-00960657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Small Octagons of MaximalWidth</w:t>
               </w:r>
@@ -1946,217 +1946,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04272523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using artificial intelligence for improving the interoperability : A case-study concerning the legal response to sexist offences in France</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurène Mazeau</w:t>
+                <w:t xml:space="preserve">Techniques d'accélération d'une méthode de Branch-and-bound pour l'optimisation parcimonieuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Samain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bourguignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Role of Courts and Access to Justice in a Digital Era</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Nijmegen, Netherlands</w:t>
+              <w:t xml:space="preserve">GRETSI'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04600712v1</w:t>
+                <w:t xml:space="preserve">hal-03781318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Techniques d'accélération d'une méthode de Branch-and-bound pour l'optimisation parcimonieuse</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Bourguignon</w:t>
+                <w:t xml:space="preserve">Using artificial intelligence for improving the interoperability : A case-study concerning the legal response to sexist offences in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Hausman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Mazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GRETSI'22 XXVIIIème Colloque Francophone de Traitement du Signal et des Images</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Nancy, France</w:t>
+              <w:t xml:space="preserve">The Role of Courts and Access to Justice in a Digital Era</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Nijmegen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03781318v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dualité convexe comme accélération d'un algorithme de Branch-and-Bound dédié à l'optimisation parcimonieuse</w:t>
               </w:r>
@@ -3445,217 +3445,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02584322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structured H_infty synthesis method with interval analysis : Application to the robust control of an auv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Lefort</w:t>
+                <w:t xml:space="preserve">Optimisation globale de problèmes Min-Max : application à la synthèse de loi de commande robuste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t>
+              <w:t xml:space="preserve">19ème Congrès annuel de la Société française de recherche opérationnelle et d’aide à la décision (ROADEF 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lab-STICC Feb 2018, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01936344v1</w:t>
+                <w:t xml:space="preserve">hal-01780530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation globale de problèmes Min-Max : application à la synthèse de loi de commande robuste</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Monnet</w:t>
+                <w:t xml:space="preserve">Structured H_infty synthesis method with interval analysis : Application to the robust control of an auv</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Congrès annuel de la Société française de recherche opérationnelle et d’aide à la décision (ROADEF 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lab-STICC Feb 2018, Lorient, France</w:t>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01780530v1</w:t>
+                <w:t xml:space="preserve">hal-01936344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of an Autonomous Underwater Vehicle subject to robustness constraints</w:t>
               </w:r>
@@ -4106,239 +4106,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Optimization with quantified constraints and integral objective function: an Interval Branch and Bound Approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Depth Control of a Submarine: An Application of Structured H&amp;lt;inf&amp;gt;∞&amp;lt;/inf&amp;gt; Synthesis Method for Uncertain Models based on Interval Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Lefort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Dal Santo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optimization Days</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2018 Australian &amp; New Zealand Control Conference (ANZCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Melbourne, Australia. pp.269-274, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ANZCC.2018.8606583⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04600486v1</w:t>
+                <w:t xml:space="preserve">hal-02090264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depth Control of a Submarine: An Application of Structured H&amp;lt;inf&amp;gt;∞&amp;lt;/inf&amp;gt; Synthesis Method for Uncertain Models based on Interval Analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Global Optimization with quantified constraints and integral objective function: an Interval Branch and Bound Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Monnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Clement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Australian &amp; New Zealand Control Conference (ANZCC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Optimization Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Montréal (Québec), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ANZCC.2018.8606583⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02090264v1</w:t>
+                <w:t xml:space="preserve">hal-04600486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interval Branch-and-Bound Algorithm for semi-infinite programming</w:t>
               </w:r>
@@ -5018,217 +5018,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01416977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inner and Outer Computation of the Viability Kernel based on Interval Analysis</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimisation globale basée sur les contracteurs : Application au contrôle aérien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julien Alexandre Dit Sandretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Set Membership - Applications, Reliability and Theory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">ROADEF 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, société Française de Recherche Opérationnelle et Aide à la Décision, Feb 2015, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01371498v1</w:t>
+                <w:t xml:space="preserve">hal-01137744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation globale basée sur les contracteurs : Application au contrôle aérien</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inner and Outer Computation of the Viability Kernel based on Interval Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Jaulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Chapoutot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Alexandre Dit Sandretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, société Française de Recherche Opérationnelle et Aide à la Décision, Feb 2015, Marseille, France</w:t>
+              <w:t xml:space="preserve">International Symposium on Set Membership - Applications, Reliability and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01137744v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01371498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Optimization of H ∞ problems: Application to robust control synthesis under structural constraints</w:t>
               </w:r>
@@ -5892,64 +5892,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jaulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Ninin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Chapoutot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Alexandre Dit Sandretto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Small Workshop on Interval Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Prague, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7158,51 +7158,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="81905384"/>
+    <w:nsid w:val="CFFFFED1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7389,51 +7389,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jordan-ninin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7232-8246" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15133787X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/147708472" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000099467321" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812289v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Araya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ninin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01449-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661177v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Samain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourguignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2023.2241154" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588876v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01127-1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828509v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01150-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03419540v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Ben Mhenni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2021.1977809" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clement" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.114" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02966669v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Rosendo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n de Battista" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40435-020-00702-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Mazeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366752v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaulin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carfantan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Mongeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2015.2496367" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01306701v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32859-1_46" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194735v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0269-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960657v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-011-9780-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8NPXXBRQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847259v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847250v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-013-9489-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272523v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600712v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Hausman" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781318v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595309v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourguignon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781296v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03787737v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ioan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474825v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474817v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Samain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583235v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053870" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583353v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schmidt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600546v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280754v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02171586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefort" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dal Santo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583286v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584322v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01936344v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01780530v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867161v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio Garelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867170v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051460v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051443v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/whispers.2018.8747046" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600486v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02090264v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANZCC.2018.8606583" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600473v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859156v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lennon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Deschamps" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2017.8127623" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01560817v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600450v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chabert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01378727v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416977v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371498v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoutot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alexandre Dit Sandretto" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236171v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01206286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01609704v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236169v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194764v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194756v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371484v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600180v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Revol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600224v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122023v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Menec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Saad Ibn Seddik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194742v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938188v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pigache" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194776v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.thomsonreuters.ca/en-ca/pdp/concilier-la-sxe9curitxe9-des-produits-et-la-responsabilitxe9-civile-xe0-lx2019xe8re-du-risque-et-de-lx2019incertitude/30913053" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lopez Daniel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doze Vincent Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menec St&#233;phane Le" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninin Jordan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31769-4_17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066368v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04275036v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010INPT0090" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/jordan-ninin" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7232-8246" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/15133787X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/147708472" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000099467321" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04812289v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Araya" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Messine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Ninin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Trombettoni" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01449-2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661177v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Samain" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourguignon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2023.2241154" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03588876v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01127-1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04828509v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-022-01150-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03419540v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzi Ben Mhenni" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10556788.2021.1977809" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Clement" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Monnet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.114" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02966669v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis Rosendo" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n de Battista" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40435-020-00702-2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01538135v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Mazeau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366752v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jaulin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254856v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Carfantan" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Mongeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2015.2496367" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01306701v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-32859-1_46" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194735v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Hansen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0269-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-011-9780-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8NPXXBRQ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960657v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847250v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00454-013-9489-x" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272523v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781318v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600712v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Hausman" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595309v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Bourguignon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781296v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-03787737v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ioan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474825v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474817v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Samain" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583235v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564594v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP40776.2020.9053870" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583353v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schmidt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600546v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280754v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02171586v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lefort" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Dal Santo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02583286v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02584322v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01780530v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01936344v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867161v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Luis" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabricio Garelli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01867170v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051460v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051443v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/whispers.2018.8747046" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-02090264v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANZCC.2018.8606583" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600486v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600473v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859156v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sicot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lennon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Minghelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Deschamps" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2017.8127623" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051435v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01560817v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600450v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chabert" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-01378727v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416977v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137744v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371498v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoutot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Alexandre Dit Sandretto" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236171v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01206286v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-01609704v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01236169v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194764v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194756v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371484v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600180v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Revol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600224v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01122023v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Menec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Saad Ibn Seddik" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194742v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938188v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pigache" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01194776v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565053v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://store.thomsonreuters.ca/en-ca/pdp/concilier-la-sxe9curitxe9-des-produits-et-la-responsabilitxe9-civile-xe0-lx2019xe8re-du-risque-et-de-lx2019incertitude/30913053" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01326533v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lopez Daniel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doze Vincent Le" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menec St&#233;phane Le" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninin Jordan" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-31769-4_17" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02066368v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04275036v2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010INPT0090" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>