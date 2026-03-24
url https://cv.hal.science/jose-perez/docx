--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -559,525 +559,525 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04044150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why not? Decrypting social attitudes toward European aquaculture: An updated policy perspective for an old problem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+                <w:t xml:space="preserve">Addressing the Governance of Harmful Algal Bloom Impacts: A Case Study of the Scallop Fishery in the Eastern French Coasts of the English Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">José Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ieam.4663⟩</w:t>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (7), 948 (16p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jmse10070948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03781043v1</w:t>
+                <w:t xml:space="preserve">hal-04203830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Top-level institutional policies and their implementation at regional level − A difficult equation. The example of the social acceptability of aquaculture development in Malaga, Spain</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Raux</w:t>
+                <w:t xml:space="preserve">A COVID-19 vaccine candidate composed of SARS-CoV-2 RBD dimer and Neisseria meningitidis outer membrane vesicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darielys Santana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocmira Perez Nicado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanet Climent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuela Vieira Pak</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laura Marta Marta Rodríguez Noda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belinda Sánchez Ramírez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2022.101227⟩</w:t>
+              <w:t xml:space="preserve">RSC Chemical Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3 (2), pp.242-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1CB00200G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03706931v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03519898v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A COVID-19 vaccine candidate composed of SARS-CoV-2 RBD dimer and Neisseria meningitidis outer membrane vesicles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Darielys Santana</w:t>
+                <w:t xml:space="preserve">Top-level institutional policies and their implementation at regional level − A difficult equation. The example of the social acceptability of aquaculture development in Malaga, Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Antonio Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rocmira Perez Nicado</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Manuela Vieira Pak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loeiza Lancelot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Chemical Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1CB00200G⟩</w:t>
+              <w:t xml:space="preserve">Aquaculture Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25, pp.101227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2022.101227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519898v2</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the Governance of Harmful Algal Bloom Impacts: A Case Study of the Scallop Fishery in the Eastern French Coasts of the English Channel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sarra Chenouf</w:t>
+                <w:t xml:space="preserve">Why not? Decrypting social attitudes toward European aquaculture: An updated policy perspective for an old problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Fezzardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (7), 948 (16p.). </w:t>
+              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jmse10070948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ieam.4663⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04203830v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dataset for Estimated Closures of Scallop (Pecten maximus) Production Areas Due to Phycotoxin Contamination along the French Coasts of the Eastern English Channel</w:t>
               </w:r>
@@ -1559,247 +1559,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04202635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of the oyster mortality crisis on the economics of the shellfish farming sector: Preliminary review and prospects from a case study in Marennes-Oleron Bay (France)</w:t>
+                <w:t xml:space="preserve">A guiding framework for ecosystem services monetization in ecological–economic modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Girard</w:t>
+                <w:t xml:space="preserve">Mateo Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose A. Perez Agundez</w:t>
+                <w:t xml:space="preserve">Walter Hecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Hamaide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpol.2014.03.024⟩</w:t>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8, pp.86 - 96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2014.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01725538v1</w:t>
+                <w:t xml:space="preserve">hal-04166568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A guiding framework for ecosystem services monetization in ecological–economic modeling</w:t>
+                <w:t xml:space="preserve">The effects of the oyster mortality crisis on the economics of the shellfish farming sector: Preliminary review and prospects from a case study in Marennes-Oleron Bay (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mateo Cordier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">José A Pérez Agúndez</w:t>
+                <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Hecq</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bertrand Hamaide</w:t>
+                <w:t xml:space="preserve">Jose A. Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Marine Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48, pp.142--151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpol.2014.03.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2014.03.003⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04166568v1</w:t>
+                <w:t xml:space="preserve">hal-01725538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling economic vulnerability: As applied to microbiological contamination on the Thau Lagoon shellfish farming industry</w:t>
               </w:r>
@@ -1837,51 +1837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Rey-Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 46, pp.143-151. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2043,278 +2043,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01692344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TECHNOLOGICAL ADAPTATION TO HARMFUL ALGAL BLOOMS: SOCIOECONOMIC CONSEQUENCES FOR THE SHELLFISH FARMING SECTOR IN BOURGNEUF BAY (FRANCE)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Why, how, and how far should microbiological contamination in a coastal zone be mitigated? An application of the systems approach to the Thau lagoon (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Vanhoutte-Brunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Fiandrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Ballé-Béganton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture Economics and Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13657305.2013.825930⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 118, pp.Pages 55-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2012.12.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01725545v1</w:t>
+                <w:t xml:space="preserve">hal-00835641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why, how, and how far should microbiological contamination in a coastal zone be mitigated? An application of the systems approach to the Thau lagoon (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TECHNOLOGICAL ADAPTATION TO HARMFUL ALGAL BLOOMS: SOCIOECONOMIC CONSEQUENCES FOR THE SHELLFISH FARMING SECTOR IN BOURGNEUF BAY (FRANCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose A. Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 118, pp.Pages 55-71. </w:t>
+              <w:t xml:space="preserve">Aquaculture Economics and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (4), pp.341--359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2012.12.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13657305.2013.825930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00835641v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01725545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">National Policy Objectives and Local Management Results: The Economic, Social, and Environmental Performances of Shellfish-Farming Institutions in the Mont-Saint-Michel Bay (France)</w:t>
               </w:r>
@@ -2391,51 +2391,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of interdependencies between economic systems and ecosystem services: An input–output model applied to the Seine estuary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateo Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José A Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2443,51 +2443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin O'Connor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Rochette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Walter Hecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecological Economics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 70 (9), pp.1660 - 1671. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2515,286 +2515,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04166567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling Soft Institutional Change and the Improvement of Freshwater Governance in the Coastal Zone</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Soft institutional changes towards improved freshwater governance in the coastal zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Prou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Johanna Ballé-Béganton</w:t>
+                <w:t xml:space="preserve">R. Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lample</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alice Vanhoutte-Brunier</w:t>
+                <w:t xml:space="preserve">Jérémie Prou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Ballé Béganton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lample</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Vanhoutte Brunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 16 (4), pp.Art. 15. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2011, 16 (4), pp.17</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00651306v1</w:t>
+                <w:t xml:space="preserve">hal-02595854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft institutional changes towards improved freshwater governance in the coastal zone</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Prou</w:t>
+                <w:t xml:space="preserve">Modeling Soft Institutional Change and the Improvement of Freshwater Governance in the Coastal Zone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Ballé Béganton</w:t>
+                <w:t xml:space="preserve">Jean Prou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Ballé-Béganton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Lample</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Vanhoutte Brunier</w:t>
+                <w:t xml:space="preserve">Michel Lample</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Vanhoutte-Brunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 16 (4), pp.17</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2011, 16 (4), pp.Art. 15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5751/ES-04294-160415⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02595854v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00651306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conchyliculture : une activité économique dépendante du milieu naturel</w:t>
               </w:r>
@@ -2806,51 +2806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eaux et rivières de Bretagne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 145, pp.17-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2901,51 +2901,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Girard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Économie rurale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 306, pp.23-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3205,51 +3205,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Agundez Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th Aquaculture Association of Southern Africa (AASA) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aquaculture Association of Southern Africa; H2020 ASTRAL Project; Atlantic Aquaculture International Conference; Stellenbosch University, Sep 2024, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3710,64 +3710,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A modelling platform for complex socioecosystems: an application to freshwater management in coastal zones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Ballé-Béganton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lample</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3861,51 +3861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Laugier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Fiandrino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Derolez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3954,467 +3954,467 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00359326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viabilité économique des processus de détoxication de coquillages pour la filière conchylicole</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les stratégies d'utilisation des ressources partagées de la baie du Mont-Saint-Michel et leurs conséquences en termes de GIZC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Kervarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire annuel GERRICO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2008, Nantes, France</w:t>
+              <w:t xml:space="preserve">Regards croisés des projets Liteau sur le littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Saint-Pierre d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00368650v1</w:t>
+                <w:t xml:space="preserve">hal-00359275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preventing pollution through the compensation for damage? An appraisal of the European experience in the field of marine oil spills</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La prospective économique et environnementale comme support à la gestion intégrée des zones côtières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Thébaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Annual Conference EAERE 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">Séminaire-rencontre SHS estuaire de Seine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00369490v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00368646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Water quality management of the Thau lagoon: modelling of the bacterial pollution processes system</w:t>
+                <w:t xml:space="preserve">Viabilité économique des processus de détoxication de coquillages pour la filière conchylicole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annie Fiandrino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICZM-SPICOZA Forum in Sea Tech Week</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2008, Brest, France</w:t>
+              <w:t xml:space="preserve">Séminaire annuel GERRICO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2008, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00368512v1</w:t>
+                <w:t xml:space="preserve">hal-00368650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La prospective économique et environnementale comme support à la gestion intégrée des zones côtières</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preventing pollution through the compensation for damage? An appraisal of the European experience in the field of marine oil spills</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thébaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire-rencontre SHS estuaire de Seine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Le Havre, France</w:t>
+              <w:t xml:space="preserve">16th Annual Conference EAERE 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00368646v1</w:t>
+                <w:t xml:space="preserve">hal-00369490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les stratégies d'utilisation des ressources partagées de la baie du Mont-Saint-Michel et leurs conséquences en termes de GIZC</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Water quality management of the Thau lagoon: modelling of the bacterial pollution processes system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Fiandrino</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés des projets Liteau sur le littoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Saint-Pierre d'Oléron, France</w:t>
+              <w:t xml:space="preserve">ICZM-SPICOZA Forum in Sea Tech Week</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2008, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359275v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00368512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4540,233 +4540,233 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport sur l’analyse coût-efficacité du système d'alerte en ligne. S-3 EuroHAB.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">José Perez Agundez</w:t>
+                <w:t xml:space="preserve">Sentinel-3 products for detecting EUtROphication and Harmful Algal Blooms in the French-English Channel (S-3 EUROHAB). TASK 3. Activity 3.3: Deliverable T3.3.1. Report on the socio-economic impacts of HABs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer; Université de Brest; Ifremer. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04853897v1</w:t>
+                <w:t xml:space="preserve">hal-04848682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentinel-3 products for detecting EUtROphication and Harmful Algal Blooms in the French-English Channel (S-3 EUROHAB). TASK 3. Activity 3.3: Deliverable T3.3.1. Report on the socio-economic impacts of HABs.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jose Perez</w:t>
+                <w:t xml:space="preserve">Rapport sur l’analyse coût-efficacité du système d'alerte en ligne. S-3 EuroHAB.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Poitelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer; Université de Brest; Ifremer. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateo Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848682v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeuplement et soutien aux ressources halieutiques - Etat des connaissances et recommandations</w:t>
               </w:r>
@@ -5134,64 +5134,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marées noires - Enjeux économiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Hay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5404,51 +5404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206154v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Filgueira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesar Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furqan Asif" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzannah-Lynn Billing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsaf100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Lancelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aquacj4030009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204150v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenouf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151612379" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04044150v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Cavallo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bugeja Said" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15043253" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781043v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Massa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fezzardi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4663" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706931v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Vieira Pak" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2022.101227" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519898v2" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darielys Santana" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocmira Perez Nicado" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanet Climent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marta Marta Rodr&#237;guez Noda" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda S&#225;nchez Ram&#237;rez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CB00200G" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203830v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse10070948" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203848v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merzereaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data7080103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03386076v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gourguet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pierre Marzloff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cugier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.635857" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202577v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Krause" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dennis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Grant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Fanning" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.103985" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202635v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8090684" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725538v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A. Perez Agundez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.024" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6FHTQ6D-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166568v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Cordier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Hecq" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hamaide" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2014.03.003" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Agundez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Yimam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.01.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahe Charles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyader" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725545v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13657305.2013.825930" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835641v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vanhoutte-Brunier" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ball&#233;-B&#233;ganton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2012.12.038" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651344v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08941920.2011.560593" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166567v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin O'Connor" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rochette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2011.04.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651306v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-04294-160415" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595854v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mongruel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Prou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ball&#233; B&#233;ganton" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lample" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanhoutte Brunier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368682v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353243v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679352v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisa M. Bandarra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Callier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Chapela" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiz Da Costa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17895/ices.pub.25942471" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699300v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Agundez Perez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419442v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443154v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207397v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207393v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Conides" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975658v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726808v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiandrino" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Guillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359326v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roussel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laugier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368650v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369490v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368512v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368646v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309721v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Timor" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853897v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Poitelon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848682v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04478531v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Gerard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thouard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gaignon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Antoine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475250v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barbe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282903v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cariou Pierre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206154v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ram&#243;n Filgueira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesar Ahmed" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Furqan Asif" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzannah-Lynn Billing" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsaf100" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648731v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Lancelot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aquacj4030009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204150v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenouf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151612379" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04044150v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Cavallo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Bugeja Said" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15043253" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203830v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse10070948" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519898v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darielys Santana" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocmira Perez Nicado" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanet Climent" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marta Marta Rodr&#237;guez Noda" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belinda S&#225;nchez Ram&#237;rez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CB00200G" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706931v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Vieira Pak" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2022.101227" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781043v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Massa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fezzardi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4663" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203848v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merzereaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data7080103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03386076v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gourguet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Pierre Marzloff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boudry" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cugier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.635857" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202577v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gesche Krause" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Dennis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Grant" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Fanning" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.103985" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202635v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8090684" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166568v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Cordier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Hecq" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Hamaide" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2014.03.003" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725538v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A. Perez Agundez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.024" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T6FHTQ6D-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725523v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Agundez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Yimam" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.01.013" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahe Charles" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyader" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.028" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835641v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Vanhoutte-Brunier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Valette" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ball&#233;-B&#233;ganton" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2012.12.038" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725545v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13657305.2013.825930" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651344v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08941920.2011.560593" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166567v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin O'Connor" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rochette" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2011.04.009" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595854v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mongruel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Prou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ball&#233; B&#233;ganton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lample" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanhoutte Brunier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651306v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-04294-160415" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368682v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00353243v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679352v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narcisa M. Bandarra" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Callier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Chapela" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiz Da Costa" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17895/ices.pub.25942471" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699300v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Agundez Perez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419442v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443154v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207397v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207393v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Conides" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975658v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726808v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fiandrino" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Guillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359326v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Roussel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Laugier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368646v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368650v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hay" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00368512v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309721v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Timor" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848682v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853897v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Poitelon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raux" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04478531v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Gerard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Thouard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose-Luis Zambonino-Infante" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Gaignon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Antoine" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475250v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barbe" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282903v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cariou Pierre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>