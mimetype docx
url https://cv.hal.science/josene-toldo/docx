--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -296,278 +296,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular heaters: a green route to boosting crop yields?</w:t>
+                <w:t xml:space="preserve">Photophysics of resveratrol derivatives for singlet oxygen formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jack M Woolley</w:t>
+                <w:t xml:space="preserve">Mariana Yoshinaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natercia D N Rodrigues</w:t>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josene M Toldo</w:t>
+                <w:t xml:space="preserve">Willian R Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Rioux</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mario Barbatti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 14, pp.7375-7382. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d4cp04803b⟩</w:t>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d5cp00840a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05012174v1</w:t>
+                <w:t xml:space="preserve">hal-05096347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photophysics of resveratrol derivatives for singlet oxygen formation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surface Hopping with Fully Correlated Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ely G F de Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Yoshinaga</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Rafael Souza Mattos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saikat Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Barbatti</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Cheol Ho Choi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d5cp00840a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c01529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096347v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05437133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a Systematics for the Lowest Excited States of Heteroaromatics Enabled via Cyclic π-Conjugated Carbenes and Heteroelement Analogues</w:t>
               </w:r>
@@ -681,161 +681,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05511682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Hopping with Fully Correlated Methods</w:t>
+                <w:t xml:space="preserve">Molecular heaters: a green route to boosting crop yields?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ely G F de Miranda</w:t>
+                <w:t xml:space="preserve">Jack M Woolley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rafael Souza Mattos</w:t>
+                <w:t xml:space="preserve">Natercia D N Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saikat Mukherjee</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Josene M Toldo</w:t>
+                <w:t xml:space="preserve">Benjamin Rioux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cheol Ho Choi</w:t>
+                <w:t xml:space="preserve">Chris Groves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 14, pp.7375-7382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c01529⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d4cp04803b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05437133v1</w:t>
+                <w:t xml:space="preserve">hal-05012174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ULaMDyn: enhancing excited-state dynamics analysis through streamlined unsupervised learning</w:t>
               </w:r>
@@ -873,51 +873,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael S Mattos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Telles Do Casal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Discovery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, </w:t>
@@ -955,90 +955,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoisomerization pathways of &amp;lt;i&amp;gt;trans&amp;lt;/i&amp;gt;-resveratrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Yoshinaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josene M Toldo</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Willian R Rocha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1066,286 +1066,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04697702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectroscopy and Excited-State Dynamics of Methyl Ferulate in Molecular Beams</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction Challenge: Simulating Rydberg Photoexcited Cyclobutanone with Surface Hopping Dynamics based on Different Electronic Structure Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saikat Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael S Mattos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Romanov</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Hans Lischka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 160, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0203636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820938v1</w:t>
+                <w:t xml:space="preserve">hal-04548371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction Challenge: Simulating Rydberg Photoexcited Cyclobutanone with Surface Hopping Dynamics based on Different Electronic Structure Methods</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spectroscopy and Excited-State Dynamics of Methyl Ferulate in Molecular Beams</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Lischka</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+                <w:t xml:space="preserve">Ivan Romanov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yorrick Boeije</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M. Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Telles Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04548371v1</w:t>
+                <w:t xml:space="preserve">hal-04820938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrafast Dynamics of Diketopyrrolopyrrole (DPP) Dimers</w:t>
               </w:r>
@@ -1357,51 +1357,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Al-Jaaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M. Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 46 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1435,103 +1435,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for Velocity Adjustment in Surface Hopping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael S Mattos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saikat Mukherjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1559,2035 +1559,2035 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04389834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature effects on the internal conversion of excited adenine and adenosine</w:t>
+                <w:t xml:space="preserve">Understanding the Impact of Symmetrical Substitution on the Photodynamics of Sinapate Esters Using Gas-Phase Ultrafast Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ritam Mansour</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Jack Dalton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Allais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasilios G Stavros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d3cp03234e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (39), pp.8771 - 8779. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c02134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04496238v1</w:t>
+                <w:t xml:space="preserve">hal-04216259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding the Impact of Symmetrical Substitution on the Photodynamics of Sinapate Esters Using Gas-Phase Ultrafast Spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Surface hopping modeling of charge and energy transfer in active environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizete Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silmar A Do Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vasilios G Stavros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.3c02134⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d3cp00247k⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04216259v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface hopping modeling of charge and energy transfer in active environments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Classification of doubly excited molecular electronic states</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Elizete Ventura</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silmar A Do Monte</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mario Barbatti</w:t>
+                <w:t xml:space="preserve">Felix Plasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, pp.4012 - 4026. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d3cp00247k⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2sc06990c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029466v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04102333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification of doubly excited molecular electronic states</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Temperature effects on the internal conversion of excited adenine and adenosine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritam Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saikat Mukherjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Felix Plasser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14, pp.4012 - 4026. </w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 25 (40), pp.27083 - 27093. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2sc06990c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d3cp03234e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04102333v1</w:t>
+                <w:t xml:space="preserve">hal-04496238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using diketopyrrolopyrroles to stabilize double excitation and control internal conversion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Role of the Hydrogen Bond on the Internal Conversion of Photoexcited Adenosine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritam Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, pp.6194 - 6199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2cp03533b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c01554⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03790098v1</w:t>
+                <w:t xml:space="preserve">hal-03709697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of the Hydrogen Bond on the Internal Conversion of Photoexcited Adenosine</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Direct structural observation of ultrafast photoisomerization dynamics in sinapate esters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temitope T. Abiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M. Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Telles Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine L. Flourat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.2c01554⟩</w:t>
+              <w:t xml:space="preserve">Communications Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (141), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42004-022-00757-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03709697v1</w:t>
+                <w:t xml:space="preserve">hal-03839302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct structural observation of ultrafast photoisomerization dynamics in sinapate esters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Rioux</w:t>
+                <w:t xml:space="preserve">Probing the electronic structure and photophysics of thiophene–diketopyrrolopyrrole derivatives in solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel W Polak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiantao Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giordano Amoruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42004-022-00757-6⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2cp03238d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03839302v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probing the electronic structure and photophysics of thiophene–diketopyrrolopyrrole derivatives in solution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Giordano Amoruso</w:t>
+                <w:t xml:space="preserve">Modeling the heating and cooling of a chromophore after photoexcitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizete Ventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silmar Andrade Do Monte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T. Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Pinheiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d2cp03238d⟩</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d2cp00686c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03760203v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03643376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the heating and cooling of a chromophore after photoexcitation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using diketopyrrolopyrroles to stabilize double excitation and control internal conversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Plasser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Barbatti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d2cp00686c⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d2cp03533b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03643376v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanistic Aspects of the Photophysics of UVA Filters Based on Meldrum Derivatives</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">New Generation UV-A Filters: Understanding Their Photodynamics on a Human Skin Mimic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temitope T Abiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natércia D N Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Casey Ho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel J L Coxon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D Horbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c03315⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.337 - 344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c03004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276126v1</w:t>
+                <w:t xml:space="preserve">hal-04153255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fewest switches surface hopping with Baeck-An couplings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana T. Do Casal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene M Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Pinheiro Jr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Research Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.12688/openreseurope.13624.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03249607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Generation UV-A Filters: Understanding Their Photodynamics on a Human Skin Mimic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Towards developing novel and sustainable molecular light-to-heat converters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temitope T Abiola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Michael D Horbury</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Rioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimmy Alarcan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jack M Woolley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpclett.0c03004⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.15239-15252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d1sc05077j⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04153255v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03426788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards developing novel and sustainable molecular light-to-heat converters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jack M Woolley</w:t>
+                <w:t xml:space="preserve">Guest-Host Interactions in Symmetrical Carboxy Heptamethine Cyanine Dyes-Titanium Dioxide Systems: Synthesis, Theoretical Calculations, Aggregation Properties, and Application in Dye-Sensitized Solar Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo da Costa Duarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matheus Costa de Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene Maria Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Fernando Bruno Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcos José Leite Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1sc05077j⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Photoenergy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021, pp.1 - 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2021/8852979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03426788v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04862367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guest-Host Interactions in Symmetrical Carboxy Heptamethine Cyanine Dyes-Titanium Dioxide Systems: Synthesis, Theoretical Calculations, Aggregation Properties, and Application in Dye-Sensitized Solar Cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanistic Aspects of the Photophysics of UVA Filters Based on Meldrum Derivatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene M Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana T Do Casal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Barbatti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Photoenergy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2021, pp.1 - 17. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (25), pp.5499-5508. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2021/8852979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.1c03315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04862367v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Origin of the Shift Between Vertical Excitation and Band Maximum in Molecular Photoabsorption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New Generation UV-A Filters: Understanding their Photodynamics on a Human Skin Mimic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temitope T Abiola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natércia D N Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shuming Bai</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ho Casey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel J L Coxon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael D Horbury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02612358v1</w:t>
+                <w:t xml:space="preserve">hal-03063764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Generation UV-A Filters: Understanding their Photodynamics on a Human Skin Mimic</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On the Origin of the Shift Between Vertical Excitation and Band Maximum in Molecular Photoabsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuming Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ritam Mansour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ljiljana Stojanović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josene Toldo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Barbatti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26 (5), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00894-020-04355-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03063764v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02612358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Excited-State Antiaromaticity Relief in a Fundamental Benzene Photoreaction Leading to Substituted Bicyclo[3.1.0]hexenes</w:t>
               </w:r>
@@ -3707,64 +3707,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A three-state model for the Photo-Fries rearrangement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josene Toldo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Barbatti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo F. B. Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3957,51 +3957,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ULaMDyn: Enhancing Excited-State Dynamics Analysis Through Streamlined Unsupervised Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Pinheiro Jr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matheus O Bispo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4169,51 +4169,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="403CCD53"/>
+    <w:nsid w:val="AB14C2DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4400,51 +4400,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/josene-toldo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8969-6635" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511694v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene M. Toldo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Staab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Matito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cina Foroutan-Nejad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Ottosson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC09067A" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012174v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack M Woolley" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natercia D N Rodrigues" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene M Toldo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rioux" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Groves" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp04803b" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096347v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Yoshinaga" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willian R Rocha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Barbatti" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp00840a" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Proos Vedin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Escayola" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavko Radenkovi&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Sol&#224;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00578" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437133v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ely G F de Miranda" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Souza Mattos" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saikat Mukherjee" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheol Ho Choi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c01529" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918182v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Pinheiro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus de Oliveira Bispo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael S Mattos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Telles Do Casal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dd00374h" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697702v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp02373k" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820938v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Romanov" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorrick Boeije" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548371v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lischka" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203636" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820810v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Jaaidi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.27547" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389834v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c01159" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496238v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritam Mansour" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp03234e" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216259v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dalton" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilios G Stavros" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c02134" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029466v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana T Do Casal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizete Ventura" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmar A Do Monte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp00247k" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102333v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Plasser" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc06990c" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790098v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03533b" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709697v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c01554" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839302v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitope T. Abiola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L. Flourat" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-022-00757-6" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760203v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel W Polak" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiantao Hu" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Amoruso" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03238d" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643376v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmar Andrade Do Monte" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana T. Do Casal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene Toldo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp00686c" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276126v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c03315" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249607v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Pinheiro Jr" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.13624.1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04153255v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitope T Abiola" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#233;rcia D N Rodrigues" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Ho" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J L Coxon" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Horbury" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c03004" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426788v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Alarcan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sc05077j" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo da Costa Duarte" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Costa de Oliveira" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene Maria Toldo" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fernando Bruno Gon&#231;alves" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Jos&#233; Leite Santos" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/8852979" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02612358v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuming Bai" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Stojanovi&#263;" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-020-04355-y" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063764v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Casey" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862369v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Slanina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ayub" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sundell" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangchuk Rabten" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b13769" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02288764v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo F. B. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP03777E" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821017v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820823v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus O Bispo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidhan Chandra Garain" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/josene-toldo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8969-6635" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511694v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene M. Toldo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Staab" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduard Matito" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cina Foroutan-Nejad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Ottosson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5SC09067A" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096347v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Yoshinaga" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene M Toldo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willian R Rocha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Barbatti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cp00840a" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437133v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ely G F de Miranda" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Souza Mattos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saikat Mukherjee" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheol Ho Choi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c01529" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511682v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Proos Vedin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#237;lvia Escayola" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavko Radenkovi&#263;" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miquel Sol&#224;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5c00578" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012174v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack M Woolley" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natercia D N Rodrigues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Rioux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Groves" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp04803b" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04918182v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Pinheiro" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus de Oliveira Bispo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael S Mattos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Telles Do Casal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4dd00374h" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04697702v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4cp02373k" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548371v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lischka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0203636" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820938v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Romanov" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yorrick Boeije" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820810v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Al-Jaaidi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.27547" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04389834v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c01159" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216259v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jack Dalton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Allais" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilios G Stavros" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.3c02134" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029466v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana T Do Casal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizete Ventura" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmar A Do Monte" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp00247k" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102333v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Plasser" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2sc06990c" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496238v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ritam Mansour" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cp03234e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709697v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.2c01554" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839302v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitope T. Abiola" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L. Flourat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42004-022-00757-6" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760203v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel W Polak" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiantao Hu" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giordano Amoruso" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03238d" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643376v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silmar Andrade Do Monte" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana T. Do Casal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene Toldo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp00686c" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790098v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2cp03533b" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-04153255v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Temitope T Abiola" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nat&#233;rcia D N Rodrigues" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casey Ho" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel J L Coxon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Horbury" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.0c03004" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03249607v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Pinheiro Jr" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.13624.1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03426788v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Alarcan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1sc05077j" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862367v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo da Costa Duarte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Costa de Oliveira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josene Maria Toldo" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fernando Bruno Gon&#231;alves" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Jos&#233; Leite Santos" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/8852979" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276126v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.1c03315" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063764v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ho Casey" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02612358v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuming Bai" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ljiljana Stojanovi&#263;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-020-04355-y" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862369v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom&#225;&#353; Slanina" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabia Ayub" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Sundell" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wangchuk Rabten" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.9b13769" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02288764v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo F. B. Gon&#231;alves" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP03777E" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04821017v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820823v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus O Bispo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bidhan Chandra Garain" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>