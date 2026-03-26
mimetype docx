--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -66,2267 +66,2267 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le discours représenté en latin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le latin entre philologie et linguistique - Journée d’études internationale sous la direction de Diana Passino &amp; Giampiero Scafoglio - Maison des Sciences de l’Homme et de la Société Sud-Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476708v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typologie des récits conversationnels dans la narration romanesque latine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23rd INTERNATIONAL COLLOQUIUM ON LATIN LINGUISTICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Speech Presentation as a Stylistic Device: A Comparative Study of Epigram (Martial) and Novel (Apuleius)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fryndynrique Fleck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">223rd INTERNATIONAL COLLOQUIUM ON LATIN LINGUISTICS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étymologies « populaires » et « fantaisistes » dans l’Antiquité : des erreurs linguistiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La tradition de l'erreur. Hommages à M.R. Guelfucci</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Storytelling dans les romans latins ou l’art d’un récit populaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2e colloque ViGramm: "Récits et collectes: méthodes et interprétations de la variation linguistique en contexte roman »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476748v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du verbe à l'écrit: l'exemple du logiciel Hyperbase web edition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives sonores 'vivantes', cycle de séminaires sur les Humanités numériques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeurs et emplois des tiroirs verbaux de l’indicatif dans la Vie de Caligula de Suétone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’agrégation linguistique grecque &amp; latin-Maison méditerranéenne des sciences de l’homme –Aix-en-Provence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">(Story)telling in the Latin Novel and Epigram</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fryndynrique Fleck</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">22nd International Colloquium on Latin Linguistics Prague</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les Métamorphoses doivent à l'histoire: réceptions, héritages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les métamorphoses d'Apulée à travers les lieux et les âges: réceptions, réécritures, héritages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les marques d'ouverture du discours direct dans le roman latin (Le Satyricon de Pétrone, Les Métamorphoses d'Apulée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14th International Colloquium on Late and Vulgar Latin (Ghent, 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Animaux et voix animales dans les Métamorphoses d’Apulée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d’études « Fictions animales » (programme d’Agrégation 2021-2023), co-org. Carole Boidin et Nicolas Correard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verbes introducteurs et stratégies d’introduction du Discours Direct dans la narration romanesque latine (le Satyricon de Pétrone et les Métamorphoses d’Apulée)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXI Coloquio Internacional de Lingüistica Latina</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ABLATIF ABSOLU, ORDRE DES MOTS ET FIGEMENT LEXICAL DANS LES MÉTAMORPHOSES D’APULÉE : UNE ÉTUDE CONTRASTIVE A LA LUMIÈRE D’HYPERBASE WEB EDITION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Longree</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Colloquium on Latin Linguistics (Las Palmas de Gran Canaria, Spain, June 17-21, 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Ville, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Valeurs de l’adverbe latin nunc »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Actionality, Tense, Aspect, Modality/Evidentiality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01363956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La grammaticalisation des verbes itifs et ventifs en latin »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12th International Conference on Actionality, Tense, Aspect, Modality/Evidentiality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01363965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Infinitif et narration. Analyse dans deux romans latins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">17ème Colloque International de Linguistique Latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Rome, Italie. pp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914602v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des couleurs du vin dans la Rome antique. Etude lexico-sémantique à partir d'un corpus de Pline l'Ancien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Tribune des chercheurs en Linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Bastia, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00915889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parfait et/ou aoriste ? Le cas du latin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études Aorists &amp; perfects across languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Poitiers, France. pp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le lexique latin de la vigne et du vin, Éléments d'analyse à travers les livres XIV et XVII de l'Histoire Naturelle de Pline l'Ancien.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La culture du vin en Méditerranée, représentations, savoirs, enjeux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, France. pp</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00914612v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le parfait de l'indicatif latin et la construction de l'énoncé: aspect grammatical, aspect lexical et posture énonciative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque biennal du Centre Alfred Ernout, "L'expression du temps et du lieu en latin"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Memini, odi, consueui, noui: le parfait latin et ses vénérables débris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14ème colloque international de linguistique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Erfurt, Allemagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coepi&amp;quot; + infinitif: un élément d'apprécition de la valeur du parfait latin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13ème colloque international de linguistique latine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, Bruxelles, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01362197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Daniel Battesti</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La langue de Jérôme Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyncile Narjoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La tradition de l'erreur. Hommages à M.R. Guelfucci (2)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cyncile Narjoux</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rencontre avec J. Ferrari -Prix du roman des étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Fabiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La tradition de l'erreur. Hommages à M.R. Guelfucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Battesti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Métamorphoses d'Apulée à travers les lieux et les âges: réceptions, réécritures, héritages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La paratassi inesistente. Una rilettura di Apuleio, met. 4, 3, 6 e una proposta a met. 10, 4, 1.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">invitation de Catherine Camugli: 'Lire les textes anciens italiens. Eléments de morpho-syntaxe diachronique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Revue Etudes corses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">titre ouvrage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...1540 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-01362197v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05476420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2338,344 +2338,344 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Etudes corses &amp;quot;Littératures pour une île</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marchetti-Leca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Albiana/ACSH. Albiana/ACSH, n°91 décembre 2024, 2024, DALBERA Joseph MARCHETTI-LECA pascal, ISBN 978-2-8241-1446-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05471118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Métamorphoses d’Apulée à travers les lieux et les âges Réceptions, réécritures, héritages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Classiques Garnier. Classiques Garnier, Volume, 2024, DALBERA Joseph, 978-2-406-17421-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'information Grammaticale 'Le participe passé: du latin aux langues romanes (2ème partie)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Albiana/ACSH. Albiana/ACSH, n°91 décembre 2024, 2024, DALBERA Joseph MARCHETTI-LECA pascal, ISBN 978-2-8241-1446-0</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peeters. Peeters, juin 2022 - n°174, 2022, BRES jacques DALBERA Joseph, 0222-9838</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L'information Grammaticale 'Le participe passé: du latin aux langues romanes (2ème partie)</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05471123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'information Grammaticale 'Le participe passé: du latin aux langues romanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Peeters. Peeters, juin 2022 - n°174, 2022, BRES jacques DALBERA Joseph, 0222-9838</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Dalbera</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peeters. Peeters, n°173 mars 2022, 2020, BRES jacques DALBERA Joseph, 0222-9838</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...51 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05471124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parfait de l’indicatif latin. Analyse linguistique à partir d’un corpus narratif romanesque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Peeters Publishers, 398 p., 2016, Collection d’Etudes Classiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2725,51 +2725,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les métaphores dans le domaine du dire au sein de la narration romanesque latine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Linguistique Latine du Centre Alfred Ernout (De Lingua Latina)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, REVUE-CENTRE-ERNOUT-25- METAPHORE, COMPARAISON et METONYMIE + VARIA, 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2798,51 +2798,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs et emplois des tiroirs verbaux de l'indicatif dans le Caligula de Suétone (chapitre 12)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Linguistique Latine du Centre Alfred Ernout (De Lingua Latina)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, REVUE-ERNOUT, 24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2884,51 +2884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presentation générale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, n°173 mars 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2947,221 +2947,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05476976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le participe parfait à l’ablatif absolu dans la narration romanesque latine »</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Presentation générale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Bres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, n°173 mars 2022</w:t>
+              <w:t xml:space="preserve">, 2022, juin 2022 - n°174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05476915v1</w:t>
+                <w:t xml:space="preserve">hal-05476977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presentation générale</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">« Le participe parfait à l’ablatif absolu dans la narration romanesque latine »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, juin 2022 - n°174</w:t>
+              <w:t xml:space="preserve">, 2022, n°173 mars 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05476977v1</w:t>
+                <w:t xml:space="preserve">hal-05476915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs et emplois de l’ablatif absolu dans les Métamorphoses d’Apulée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Longree</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Linguistique Latine du Centre Alfred Ernout (De Lingua Latina)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3186,51 +3186,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Parfait et/ou aoriste ? Le cas du latin »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers Chronos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Aorists &amp; perfects across languages, pp. 17-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3255,51 +3255,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nunc et les deux niveaux de la narration »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, n°102, pp. 149-157</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3324,51 +3324,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'infinitif et la mise à distance du discours rapporté en latin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Linguistique Latine du Centre Alfred Ernout (De Lingua Latina)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3393,51 +3393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parfait de l'indicatif latin. De la langue au discours : une alchimie délicate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'information grammaticale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, n°138, pp. 48-53</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3462,51 +3462,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sénèque au miroir de la Corse : élaboration d'identités insulaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Project-îles. Iles, identités, patrimonialisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, pp. 20-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3563,51 +3563,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le logiciel Hyperbase Web Edition De l’étiquetage à l’exploitation d’un corpus numérique en latin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Corse Pasquale Paoli. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
@@ -3661,51 +3661,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Infinitif et narration : analyse dans deux romans latins »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Latinitatis Rationes, Descriptive and Historical Accounts for the Latin Language</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, De Gruyter, pp. 200-213, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3730,51 +3730,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les corpus ichtyonymiques latin et corse: taxinomies livresques et populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Paroddi Varghji, Mélanges offerts à Marie-José Dalbera-Stefanaggi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edizioni dell'Orso Alessandria, pp. 91-114, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3799,51 +3799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le parfait de l'indicatif dans l'écriture autobiographique des Confessions de Saint Augustin et le jeu sur l'identité des instances narratives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actas del XXVI Congreso Internacional de Lingüística y de Filología Románicas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Casanova Herrero, Emili / Calvo Rigual, Cesareo, De Gruyter, pp. 521-530, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3868,51 +3868,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préverbation et aspect en latin: ruptures et continuités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">BIRAUD, Michèle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Dis)continuités. Etudes de linguistique latine et grecque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, pp.249-264, 2012</w:t>
@@ -3980,51 +3980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-José Dalbera-Stefanaggi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Poli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Dalbera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Antoinette Maupertuis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Corse et le développement durable</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Albiana, 2010</w:t>
@@ -4222,51 +4222,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476346v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Battesti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Brunet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dalbera" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476341v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyncile Narjoux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476405v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fabiani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476345v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476351v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476344v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476420v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476323v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476708v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476753v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fryndynrique Fleck" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476667v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476748v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476655v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476759v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476623v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476641v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476714v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476760v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476631v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476628v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Longree" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363956v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363965v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914602v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00915889v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914615v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914612v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362195v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362196v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362197v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471132v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471118v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchetti-Leca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471123v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471124v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488471v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826369v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04338439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476915v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476977v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03359241v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362352v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471913v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03401237v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00989630v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00829983v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477374v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488483v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272037v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00915958v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402570v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Dalbera-Stefanaggi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Poli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476708v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Dalbera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476753v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476746v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fryndynrique Fleck" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476667v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476748v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476655v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476759v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476623v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476641v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476714v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476631v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476760v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476628v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Longree" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363956v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363965v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914602v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00915889v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914615v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00914612v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362195v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362196v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362197v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476341v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyncile Narjoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476346v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Battesti" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Brunet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476405v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Fabiani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476345v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476351v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476344v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476323v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476420v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471118v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marchetti-Leca" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471132v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471123v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bres" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05471124v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488471v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04826369v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04338439v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476976v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476977v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05476915v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03359241v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362352v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471913v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03401237v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00989630v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00829983v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477374v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488483v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272037v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-00915958v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358707v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402570v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Retali Medori" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Dalbera-Stefanaggi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Poli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>