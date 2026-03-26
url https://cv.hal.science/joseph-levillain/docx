--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -970,329 +970,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04019710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leafy season length is reduced by a prolonged soil water deficit but not by repeated defoliation in beech trees (Fagus sylvatica L.): comparison of response among regional populations grown in a common garden</w:t>
+                <w:t xml:space="preserve">The GenTree Platform: growth traits and tree-level environmental data in 12 European forest tree species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Massonnet</w:t>
+                <w:t xml:space="preserve">Lars Opgenoorth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joseph Levillain</w:t>
+                <w:t xml:space="preserve">Benjamin Dauphin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Gérémia</w:t>
+                <w:t xml:space="preserve">Raquel Benavides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel E Silva</w:t>
+                <w:t xml:space="preserve">Katrin Heer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paraskevi Alizoti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2020.108228⟩</w:t>
+              <w:t xml:space="preserve">GigaScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (3), pp.giab010. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gigascience/giab010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209549v1</w:t>
+                <w:t xml:space="preserve">hal-03282821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The GenTree Platform: growth traits and tree-level environmental data in 12 European forest tree species</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Leafy season length is reduced by a prolonged soil water deficit but not by repeated defoliation in beech trees (Fagus sylvatica L.): comparison of response among regional populations grown in a common garden</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Dauphin</w:t>
+                <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raquel Benavides</w:t>
+                <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katrin Heer</w:t>
+                <w:t xml:space="preserve">François Gérémia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraskevi Alizoti</w:t>
+                <w:t xml:space="preserve">Daniel E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GigaScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 10 (3), pp.giab010. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Meteorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 297, pp.1-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gigascience/giab010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agrformet.2020.108228⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03282821v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sacrificing growth and maintaining a dynamic carbohydrate storage are key processes for promoting beech survival under prolonged drought conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1382,64 +1382,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term nitrogen dynamics are impacted by defoliation and drought in Fagus sylvatica L. branches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Gerant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2231,152 +2231,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05229302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réponses du hêtre à des sécheresses extrêmes et récurrentes :Partie 1 – phénologie foliaire et rôle des réserves carbonées dans la mortalité de jeunes arbres soumis à 3 ans d’exclusion des pluies.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Etude du dépérissement et de la résilience du hêtre suite à la sécheresse extrême de 2018 dans le Nord-Est de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Gaertner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées TEMPO 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SOERE TEMPO, Oct 2023, Fontainebleau, France</w:t>
+              <w:t xml:space="preserve">Colloque annuel Labex ARBRE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex ARBRE, Dec 2023, Champenoux, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04216218v1</w:t>
+                <w:t xml:space="preserve">hal-05229106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biljou© : Modèle de bilan hydrique forestier journalier et un site web dédié à la quantification des épisodes de sécheresse en forêt</w:t>
               </w:r>
@@ -2481,553 +2481,553 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du dépérissement et de la résilience du hêtre suite à la sécheresse extrême de 2018 dans le Nord-Est de la France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Réponses du hêtre à des sécheresses extrêmes et récurrentes :Partie 1 – phénologie foliaire et rôle des réserves carbonées dans la mortalité de jeunes arbres soumis à 3 ans d’exclusion des pluies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Badeau</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Gérard</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin Thirion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque annuel Labex ARBRE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Labex ARBRE, Dec 2023, Champenoux, France, France</w:t>
+              <w:t xml:space="preserve">Journées TEMPO 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SOERE TEMPO, Oct 2023, Fontainebleau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05229106v1</w:t>
+                <w:t xml:space="preserve">hal-04216218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Biljou-web : des services climatiques pour quantifier les sécheresses en forêt.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+                <w:t xml:space="preserve">Vulnérabilité des forêts face aux changements climatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Leroy</w:t>
+                <w:t xml:space="preserve">Jean-Luc Dupouey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Gegout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lebourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de lancement du Réseau d'animation scientifique RisqFor (Evaluation et gestion des risques en forêt)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECODIV, Oct 2021, Nancy, France</w:t>
+              <w:t xml:space="preserve">Le dérèglement climatique: un défi pour les plantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SNHF, May 2021, Web Conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04209530v1</w:t>
+                <w:t xml:space="preserve">hal-04214925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tournée Forestière Dépérissement de hêtres en forêt domaniale de Bride</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Larousse Tony</w:t>
+                <w:t xml:space="preserve">Projet Biljou-web : des services climatiques pour quantifier les sécheresses en forêt.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeline Chaste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7èmes Ateliers REGEFOR Forêts en crise : relevons le défi !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAE, GIP ECOFOR, LABEX ARBRE, Jun 2021, Champenoux, France</w:t>
+              <w:t xml:space="preserve">Colloque de lancement du Réseau d'animation scientifique RisqFor (Evaluation et gestion des risques en forêt)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECODIV, Oct 2021, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209534v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnérabilité des forêts face aux changements climatiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Tournée Forestière Dépérissement de hêtres en forêt domaniale de Bride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Larousse Tony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bréda</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le dérèglement climatique: un défi pour les plantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SNHF, May 2021, Web Conference, France</w:t>
+              <w:t xml:space="preserve">7èmes Ateliers REGEFOR Forêts en crise : relevons le défi !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, GIP ECOFOR, LABEX ARBRE, Jun 2021, Champenoux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04214925v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une gestion du carbone préservant la fonction stockage est un processus clé pour la survie du hêtre sous sécheresse prolongée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3358,77 +3358,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water starvation impacts faster and more severely phenology and growth than carbon starvation in ten years old beech trees.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Massonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Chuste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3587,277 +3587,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of secondary pests on carbon allocation in declining beech trees after the 2018 2020 drought episode</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anatomical and isotopic traits do not explain growth resilience to the drought event 2018-2020 in European beech tree, but carbon reserves do!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guangqi Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Gaertner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bastien Gérard</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Badeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hubert Schmuck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel Labex ARBRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Champenoux, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05229463v1</w:t>
+                <w:t xml:space="preserve">hal-05229439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomical and isotopic traits do not explain growth resilience to the drought event 2018-2020 in European beech tree, but carbon reserves do!</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of secondary pests on carbon allocation in declining beech trees after the 2018 2020 drought episode</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Gaertner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bréda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Badeau</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Schmuck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque annuel Labex ARBRE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Champenoux, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05229439v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05229463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Chlordecone crisis in the French West Indies : Its fate in soils and water</w:t>
               </w:r>
@@ -4837,51 +4837,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CC8A9CEF"/>
+    <w:nsid w:val="E7043E39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5068,51 +5068,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joseph-levillain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9644-7696" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077536v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangqi Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Steil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gaertner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Levillain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04600072v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feiss" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paul" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121588" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04181161v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Veuillen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pr&#233;vosto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Battipaglia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109577" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201602v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bastianelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201604v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019710v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arivoara Rabarijaona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2022.914199" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209549v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chuste" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois G&#233;r&#233;mia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Silva" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.108228" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282821v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Opgenoorth" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Benavides" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Heer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Alizoti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab010" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maillard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Thirion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-019-01923-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624191v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gerant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpz002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01540238v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Leonardo De Moraes Goncalves" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Voigtlaender" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gava" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2012.09.019" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6T9JQB57-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506126v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Cabidoche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2012.07.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ8V7GLP-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646264v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Thongo M'Bou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Dieu Nzila" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.09.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KS15XCXM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229302v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gaertner" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien G&#233;rard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216218v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216426v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chaste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229106v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209530v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209534v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Husson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larousse Tony" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214925v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebourgeois" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965267v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978439v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Badeau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Serre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montpied" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03193840v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Br&#233;doire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bronner" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03001589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978414v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Seynave" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229463v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schmuck" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229439v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749838v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Saison" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne E. Berns" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01940788v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Woignier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clostre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cattan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Cabidoche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799792v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Clostre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/57263" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023040v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jabiol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804978v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lehmann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joseph-levillain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9644-7696" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05077536v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guangqi Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Steil" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;antoine Gaertner" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Levillain" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2745.70014" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04600072v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Feiss" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Robin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Paul" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2023.121588" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04181161v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Veuillen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pr&#233;vosto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Alfaro-S&#225;nchez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Badeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanna Battipaglia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2023.109577" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201602v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Petitjean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Bastianelli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04201604v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04019710v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arivoara Rabarijaona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ponton" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bert" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Ducousso" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Richard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/ffgc.2022.914199" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03282821v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Opgenoorth" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dauphin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Benavides" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Heer" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paraskevi Alizoti" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gigascience/giab010" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209549v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massonnet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chuste" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois G&#233;r&#233;mia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel E Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2020.108228" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02934348v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maillard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Thirion" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00468-019-01923-5" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624191v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Gerant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/treephys/tpz002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01540238v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bouillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laclau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Leonardo De Moraes Goncalves" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Voigtlaender" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gava" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2012.09.019" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6T9JQB57-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506126v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cattan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Colin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Voltz" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Cabidoche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2012.07.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FJ8V7GLP-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02646264v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Thongo M'Bou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Deleporte" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Saint-Andr&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jourdan" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668725v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean de Dieu Nzila" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2010.09.007" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KS15XCXM-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229302v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Gaertner" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien G&#233;rard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229106v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216426v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Chaste" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Maurice" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216218v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214925v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dupouey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gegout" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lebourgeois" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209530v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leroy" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Husson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larousse Tony" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965267v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978439v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Badeau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Serre" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Montpied" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03193840v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Augusto" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Pousse" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Achat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Br&#233;doire" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bronner" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03001589v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978414v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Seynave" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229439v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05229463v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Schmuck" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749838v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Saison" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne E. Berns" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01940788v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Woignier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clostre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cattan" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.M. Cabidoche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799792v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Clostre" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5772/57263" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023040v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jabiol" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023023v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804978v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lehmann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805422v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>