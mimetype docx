--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -508,295 +508,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04164118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Green Edge cruise: investigating the marginal ice zone processes during late spring and early summer to understand the fate of the Arctic phytoplankton bloom</w:t>
+                <w:t xml:space="preserve">Influence of the phytoplankton community composition on the in situ fluorescence signal: Implication for an improved estimation of the chlorophyll-a concentration from BioGeoChemical-Argo profiling floats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavienne Bruyant</w:t>
+                <w:t xml:space="preserve">Flavien Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Amiraux</w:t>
+                <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Pier Amyot</w:t>
+                <w:t xml:space="preserve">Catherine Schmechtig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Archambault</w:t>
+                <w:t xml:space="preserve">Céline Dimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Artigue</w:t>
+                <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14, pp.4607-4642. </w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/essd-14-4607-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2022.959131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03863335v1</w:t>
+                <w:t xml:space="preserve">hal-03812673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the phytoplankton community composition on the in situ fluorescence signal: Implication for an improved estimation of the chlorophyll-a concentration from BioGeoChemical-Argo profiling floats</w:t>
+                <w:t xml:space="preserve">The Green Edge cruise: investigating the marginal ice zone processes during late spring and early summer to understand the fate of the Arctic phytoplankton bloom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flavien Petit</w:t>
+                <w:t xml:space="preserve">Flavienne Bruyant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Uitz</w:t>
+                <w:t xml:space="preserve">Rémi Amiraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Schmechtig</w:t>
+                <w:t xml:space="preserve">Marie-Pier Amyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Dimier</w:t>
+                <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josephine Ras</w:t>
+                <w:t xml:space="preserve">Lise Artigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9, </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14, pp.4607-4642. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fmars.2022.959131⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/essd-14-4607-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03812673v1</w:t>
+                <w:t xml:space="preserve">insu-03863335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The MALINA oceanographic expedition: how do changesin ice cover, permafrost and UV radiation impactbiodiversity and biogeochemical fluxesin the Arctic Ocean?</w:t>
               </w:r>
@@ -821,51 +821,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rainer Amon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Balzano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -929,77 +929,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Green Edge ice camp campaigns: understanding the processes controlling the under-ice Arctic phytoplankton spring bloom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Massicotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Amiraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pier Amyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Archambault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ardyna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1465,51 +1465,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommendations for obtaining unbiased chlorophyll estimates from in situ chlorophyll fluorometers: A global analysis of WET Labs ECO sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collin Roesler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1612,51 +1612,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Celussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandra A. Gallina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Giani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1755,64 +1755,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 120 (1), pp.451-470. </w:t>
@@ -2940,429 +2940,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00688006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From the shape of the vertical profile of in vivo fluorescence to Chlorophyll-a concentration</w:t>
+                <w:t xml:space="preserve">Is the distribution of Prochlorococcus and Synechococcus ecotypes in the Mediterranean Sea affected by global warming?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mignot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hervé Claustre</w:t>
+                <w:t xml:space="preserve">Daniella Mella-Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. d'Ortenzio</w:t>
+                <w:t xml:space="preserve">S. Mazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Xing</w:t>
+                <w:t xml:space="preserve">Florian Humily</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Poteau</w:t>
+                <w:t xml:space="preserve">Frédéric Partensky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mahé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 8 (8), pp.2391-2406. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-8-2391-2011⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 8 (9), pp.2785-2804. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-8-2785-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02168184v1</w:t>
+                <w:t xml:space="preserve">hal-01218507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal dynamics of aerobic anoxygenic phototrophs in a Mediterranean coastal lagoon</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From the shape of the vertical profile of in vivo fluorescence to Chlorophyll-a concentration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P de Carvalho-Maalouf</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. T. Cottrell</w:t>
+                <w:t xml:space="preserve">A. Mignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Lami</w:t>
+                <w:t xml:space="preserve">F. d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Catala</w:t>
+                <w:t xml:space="preserve">X. Xing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Poteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3354/ame01467⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8 (8), pp.2391-2406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-8-2391-2011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02906986v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02168184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the distribution of Prochlorococcus and Synechococcus ecotypes in the Mediterranean Sea affected by global warming?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seasonal dynamics of aerobic anoxygenic phototrophs in a Mediterranean coastal lagoon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mazard</w:t>
+                <w:t xml:space="preserve">D Lamy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Humily</w:t>
+                <w:t xml:space="preserve">P de Carvalho-Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. T. Cottrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Partensky</w:t>
+                <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Mahé</w:t>
+                <w:t xml:space="preserve">P. Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 8 (9), pp.2785-2804. </w:t>
+              <w:t xml:space="preserve">Aquatic Microbial Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 62 (2), pp.153-163. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-8-2785-2011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3354/ame01467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01218507v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02906986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep silicon maxima in the stratified oligotrophic Mediterranean Sea.</w:t>
               </w:r>
@@ -3655,51 +3655,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Tieche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3771,51 +3771,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacteriochlorophyll and community structure of aerobic anoxygenic phototrophic bacteria in a particle-rich estuary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthew T. Cottrell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David L. Kirchman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3862,51 +3862,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distribution of free-living and particle-attached aerobic anoxygenic phototrophic bacteria in marine environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Âuperová</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4005,51 +4005,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characteristics and bacterial community structure of the sea surface microlayer in the South Pacific Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Obernosterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4221,90 +4221,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A phytoplankton class-specific primary production model applied to the Kerguelen Islands region (Southern Ocean)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brian Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4631,51 +4631,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Koblizek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Masin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex J. Poulton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5002,51 +5002,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 4 (5), pp.3409-3451</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5256,51 +5256,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Gentili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Deep Sea Research Part I: Oceanographic Research Papers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 53 (9), pp.1439-1459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5385,51 +5385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Caniaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camila I. Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5811,51 +5811,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davy Merien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Prieur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6066,51 +6066,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Bricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josephine Ras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kadija Oubelkheir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6189,51 +6189,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A global 3D product of phytoplankton community composition derived from satellite and BGC-Argo data using machine learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Uitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6486,64 +6486,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical characteristics and bacterial community structure of the sea surface microlayer in the South Pacific Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Obernosterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Catala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Caparros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6760,51 +6760,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677811v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabel von Jackowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin-Boris Barral" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Bouchachi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Marie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crispi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2024.104839" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362574v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Uitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roesler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Organelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Claustre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penkerc'H" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC019671" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164118v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Agostini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01757-w" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03863335v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavienne Bruyant" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Amiraux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pier Amyot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Archambault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Artigue" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-4607-2022" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812673v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Petit" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schmechtig" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dimier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Ras" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.959131" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02978433v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Massicotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Amon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Balzano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-1561-2021" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292721v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-151-2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095648v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Mundy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Mills" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oziel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Grondin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.430" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Goff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-627-2018" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01889901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leblanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cornet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rimmelin-Maury" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grosso" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Helias Nunige" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-5595-2018" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520511v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Roesler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boss" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogang Xing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10185" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502746v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Celussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra A. Gallina" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Giani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola del Negro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01738" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jamet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010355" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA0E47B4995A19A797205805310CFB9C7984DF78/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664909v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasbleiz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-5931-2014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03190095v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Picheral" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leeuw" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Chase" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Karsenti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mio.2013.11.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03463361v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peloquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Swan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gruber" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vogt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-5-109-2013" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110592v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Zaneveld" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bricaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mio.2014.02.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707656v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lom.2012.10.483" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757679v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Belviso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Masotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tagliabue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brockmann" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-011-9648-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-66PDSMDT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697622v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lamy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Cottrell" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Kirchman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-973-2011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688006v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Loisel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vantrepotte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Norkvist" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;riaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kheireddine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3295-2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168184v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xing" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poteau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-2391-2011" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906986v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lamy" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Carvalho-Maalouf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lami" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Catala" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01467" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218507v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Mella-Flores" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-2785-2011" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700258v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crombet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Queguiner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moutin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rimmelin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-459-2011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163124v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cossa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Marty" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Averty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.06.036" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502060v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Babin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tieche" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JC005517" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04890EA619070B59C00F0EBEE51FE925B9AF495C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502064v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T. Cottrell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Kirchman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2010.13" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906984v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z &#194;uperov&#225;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebaron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kobl&#237;&#239;ek" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01282" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248038v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Obernosterer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lami" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caparros" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-5-693-2008" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330697v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390393v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Griffiths" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Garcia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.11.006" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC9NF2CW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504955v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aiken" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Fishwick" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavender" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barlow" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Moore" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160600821036" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330319v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Ritchie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-4-297-2007" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504936v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Koblizek" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Masin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex J. Poulton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Prasil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01354.x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RS2079CG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504961v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Morel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gentili" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2007.52.1.0217" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330231v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Dolan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330270v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504966v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R. Fishwick" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Aiken" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Barlow" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Sessions" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bernard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315406014287" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC0A5100236CCDEFF7BFC1A9F23463E90082340F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494176v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2006.07.007" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68C3R0G8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092675v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lef&#232;vre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caniaux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila I. Fernandez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002670" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JGHM1X86-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00455625v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Leynaert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rimmelin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moutin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002621" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8T1FLZB6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092707v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maixandeau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sempere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Sohrin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2005.03.007" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179249v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Merien" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002634" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702539v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guieu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2004.49.6.2095" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506663v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadija Oubelkheir" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002419" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452115v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Terrats" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh PANNIMPULLATH REMANAN" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245565v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Searson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.836319" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330262v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677811v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabel von Jackowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin-Boris Barral" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Bouchachi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Marie" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crispi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.orggeochem.2024.104839" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362574v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Uitz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roesler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Organelli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Claustre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Penkerc'H" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023JC019671" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164118v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lombard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourdin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pesant" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Agostini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01757-w" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812673v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Petit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Schmechtig" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Dimier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Ras" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2022.959131" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03863335v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavienne Bruyant" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Amiraux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pier Amyot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Archambault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Artigue" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-4607-2022" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-02978433v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Massicotte" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rainer Amon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antoine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Balzano" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-13-1561-2021" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02292721v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-12-151-2020" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03095648v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J. Mundy" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew M. Mills" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oziel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Luc Grondin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.430" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832247v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Goff" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-627-2018" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01889901v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Leblanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cornet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rimmelin-Maury" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grosso" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Helias Nunige" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-15-5595-2018" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01520511v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Collin Roesler" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Boss" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogang Xing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lom3.10185" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502746v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Celussi" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra A. Gallina" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Giani" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola del Negro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01738" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502751v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jamet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2014JC010355" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/CA0E47B4995A19A797205805310CFB9C7984DF78/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664909v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lasbleiz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Blain" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ras" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-11-5931-2014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03190095v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Picheral" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Leeuw" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Chase" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Karsenti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mio.2013.11.002" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03463361v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peloquin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Swan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gruber" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vogt" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-5-109-2013" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110592v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronald Zaneveld" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Bricaud" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mio.2014.02.002" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00707656v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Blain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lom.2012.10.483" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00757679v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Belviso" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Masotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tagliabue" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Brockmann" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10533-011-9648-1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-66PDSMDT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00697622v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lamy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jeanthon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. T. Cottrell" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. L. Kirchman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France van Wambeke" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-973-2011" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00688006v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Loisel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Vantrepotte" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Norkvist" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier M&#233;riaux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kheireddine" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-3295-2011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218507v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniella Mella-Flores" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mazard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Humily" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Partensky" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mah&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-2785-2011" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02168184v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mignot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xing" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Poteau" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-2391-2011" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906986v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Lamy" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P de Carvalho-Maalouf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lami" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Catala" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01467" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00700258v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Crombet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Queguiner" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Moutin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Rimmelin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-8-459-2011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163124v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars-Eric Heimb&#252;rger-Boavida" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cossa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Marty" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Averty" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2010.06.036" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502060v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Babin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tieche" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009JC005517" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/04890EA619070B59C00F0EBEE51FE925B9AF495C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502064v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew T. Cottrell" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David L. Kirchman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2010.13" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02906984v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z &#194;uperov&#225;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lebaron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Kobl&#237;&#239;ek" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/ame01282" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01248038v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Obernosterer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lami" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Caparros" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-5-693-2008" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330697v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00390393v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Griffiths" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Garcia" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2008.11.006" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QC9NF2CW-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504955v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aiken" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Fishwick" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lavender" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Barlow" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. F. Moore" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431160600821036" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330319v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Dolan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Ritchie" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-4-297-2007" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504936v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Koblizek" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Masin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex J. Poulton" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondrej Prasil" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1462-2920.2007.01354.x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RS2079CG-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504961v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Morel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gentili" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2007.52.1.0217" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330231v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Dolan" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330270v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03504966v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James R. Fishwick" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Aiken" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ray Barlow" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Sessions" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Bernard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315406014287" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BC0A5100236CCDEFF7BFC1A9F23463E90082340F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494176v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2006.07.007" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-68C3R0G8-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092675v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melilotus Thyssen" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lef&#232;vre" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Caniaux" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila I. Fernandez" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002670" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JGHM1X86-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00455625v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Leynaert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernandez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rimmelin" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moutin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002621" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8T1FLZB6-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00092707v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maixandeau" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Sempere" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rumi Sohrin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dsr.2005.03.007" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02179249v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davy Merien" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002634" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702539v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guieu" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4319/lo.2004.49.6.2095" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03506663v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kadija Oubelkheir" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2004JC002419" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452115v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Terrats" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renosh PANNIMPULLATH REMANAN" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245565v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Searson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1594/PANGAEA.836319" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00330262v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>