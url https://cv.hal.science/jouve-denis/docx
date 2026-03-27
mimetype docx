--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,277 +100,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Made in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Jouve</w:t>
+                <w:t xml:space="preserve">Regards croisés sur la pratique des rites des administrativistes à l'étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Michaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shoji André Harada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Mimms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 40, pp.2057</w:t>
+              <w:t xml:space="preserve">, 2025, 28, pp.1432</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05415336v1</w:t>
-[...15 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">halshs-05188212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Ponce Solé (dir.), Acicates (nudges), buen gobierno y buena administración. Aportaciones de las ciencias conductuales, nudging y sectores público y privado</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jouve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit public comparé - Comparative Public Law</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05521207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...51 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Mimms</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Made in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jouve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 28, pp.1432</w:t>
+              <w:t xml:space="preserve">, 2025, 40, pp.2057</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05188212v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05415336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traduction du terme espagnol fomento</w:t>
               </w:r>
@@ -1308,165 +1308,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02412747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Droit public économique (2/2) - Chronique Sous la direction de Jean-Christophe Videlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jouve</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine Juridique. Administrations et collectivités territoriales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02897459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L'utilisation privative du domaine public en Espagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jouve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française de droit administratif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 05, pp.947</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02450622v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02897459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Droit public économique (2/2) - Chronique Sous la direction de Jean-Christophe Videlin</w:t>
               </w:r>
@@ -4571,51 +4571,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05415336v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05521207v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188212v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Michaut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoji Andr&#233; Harada" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mimms" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05521198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/droit-public-compare.786" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937025v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937028v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937030v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937032v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Derenne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209175v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemet-Gauch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Pr&#233;v&#233;dourou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937035v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289556v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289553v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897458v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897455v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412739v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412747v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450622v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897459v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897460v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412761v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917966v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917970v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917971v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917972v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897461v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917975v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937015v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937009v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937019v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937013v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937022v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289554v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289552v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412734v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917967v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04416847v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Chambon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coleman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grabias" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04443495v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;lien Colavitti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04757182v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936743v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Kato" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Pierre So'O" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deraedt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953101v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897451v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hochmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897464v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897463v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897467v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917969v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01994409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917973v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937036v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937037v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01200764v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GREND001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05188212v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jouve" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Michaut" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shoji Andr&#233; Harada" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mimms" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05521207v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05415336v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05521198v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/droit-public-compare.786" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937025v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937028v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937030v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937032v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Derenne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04209175v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jacquemet-Gauch&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Michalis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Pr&#233;v&#233;dourou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937035v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289556v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289553v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897458v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897455v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412739v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412747v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897459v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02450622v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897460v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412761v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412752v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917966v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917970v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917974v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917971v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917972v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660325v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897461v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917975v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937015v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937009v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937019v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937013v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937022v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289554v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289552v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02412734v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917967v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04416847v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Bousquet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Chambon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Coleman" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grabias" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04443495v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#233;lien Colavitti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04757182v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bernard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04936743v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Kato" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey-Pierre So'O" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deraedt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02953101v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897451v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Hochmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897464v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897463v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897462v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897465v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02897467v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917969v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917968v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01994409v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-01917973v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937036v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937037v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01200764v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013GREND001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>