--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -339,325 +339,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05457466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep oscillations related to memory consolidation during aromatases inhibitors for breast cancer</w:t>
+                <w:t xml:space="preserve">Effects of acute bouts of evening resistance or endurance exercises on sleep EEG and salivary cortisol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Rehel</w:t>
+                <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Duivon</w:t>
+                <w:t xml:space="preserve">Antoine Langeard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Doidy</w:t>
+                <w:t xml:space="preserve">Chandrou Koumar Ouma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Champetier</w:t>
+                <w:t xml:space="preserve">Bruno Sesboüé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Clochon</w:t>
+                <w:t xml:space="preserve">Patrice Clochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 121, pp.210-218. </w:t>
+              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.1313545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sleep.2024.07.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1313545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04639857v1</w:t>
+                <w:t xml:space="preserve">hal-04500290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of acute bouts of evening resistance or endurance exercises on sleep EEG and salivary cortisol</w:t>
+                <w:t xml:space="preserve">Sleep oscillations related to memory consolidation during aromatases inhibitors for breast cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joy Perrier</w:t>
+                <w:t xml:space="preserve">S. Rehel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Langeard</w:t>
+                <w:t xml:space="preserve">M. Duivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chandrou Koumar Ouma</w:t>
+                <w:t xml:space="preserve">F. Doidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Sesboüé</w:t>
+                <w:t xml:space="preserve">P. Champetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Clochon</w:t>
+                <w:t xml:space="preserve">P. Clochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15, pp.1313545. </w:t>
+              <w:t xml:space="preserve">Sleep Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 121, pp.210-218. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fphys.2024.1313545⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sleep.2024.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04500290v1</w:t>
+                <w:t xml:space="preserve">hal-04639857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tackling Insomnia Symptoms through Vestibular Stimulation in Patients with Breast Cancer: A Perspective Paper</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melvin Galin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -737,429 +737,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04316572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a new approach to detect sleepiness: Validation of the objective sleepiness scale under simulated driving conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rest activity rhythms characteristics of breast cancer women following endocrine therapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Giot</w:t>
+                <w:t xml:space="preserve">Mylène Duivon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Hay</w:t>
+                <w:t xml:space="preserve">Jean-Michel Grellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Chesneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">T. Bonargent</w:t>
+                <w:t xml:space="preserve">George Emile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.trf.2022.08.007⟩</w:t>
+              <w:t xml:space="preserve">Sleep</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 45 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/sleep/zsab248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788181v1</w:t>
+                <w:t xml:space="preserve">hal-03443068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional connectivity of the medial prefrontal cortex related to mindreading abilities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards a new approach to detect sleepiness: Validation of the objective sleepiness scale under simulated driving conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Giot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Le Petit</w:t>
+                <w:t xml:space="preserve">C. Chesneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Eustache</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Joy Perrier</w:t>
+                <w:t xml:space="preserve">E. Pigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent de La Sayette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Desgranges</w:t>
+                <w:t xml:space="preserve">T. Bonargent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/texcom/tgac032⟩</w:t>
+              <w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 90, pp.109-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.trf.2022.08.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03753703v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rest activity rhythms characteristics of breast cancer women following endocrine therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tristan Martin</w:t>
+                <w:t xml:space="preserve">Functional connectivity of the medial prefrontal cortex related to mindreading abilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Le Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mylène Duivon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bessot</w:t>
+                <w:t xml:space="preserve">Francis Eustache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Grellard</w:t>
+                <w:t xml:space="preserve">Vincent de La Sayette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Emile</w:t>
+                <w:t xml:space="preserve">Béatrice Desgranges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 45 (4), </w:t>
+              <w:t xml:space="preserve">Cerebral Cortex Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/sleep/zsab248⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/texcom/tgac032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03443068v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03753703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer-related cognitive impairment in non-CNS cancer patients: Targeted review and future action plans in Europe</w:t>
               </w:r>
@@ -1279,51 +1279,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional connectivity correlates of attentional networks in insomnia disorder: A pilot study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Bruijel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1413,90 +1413,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are Sleep Complaints Related to Cognitive Functioning in Non-Central Nervous System Cancer? A Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Duivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Giffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Desgranges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychology Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, Online ahead of print. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1530,64 +1530,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sommeil dans les cancers non-cérébraux : revue de la littérature, mécanismes potentiels et perspectives pour mieux comprendre les troubles cognitifs associés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Duivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Rauchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1699,51 +1699,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rick Wassing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diederick Stoffers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sleep Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29 (2), pp.e12953. </w:t>
@@ -1915,51 +1915,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary insomnia patients' performances during simulated car following and urban driving in the afternoon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2166,77 +2166,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualités sur la plainte cognitive associée au cancer du sein : la mémoire prospective, une mémoire oubliée Cognitive dysfunctions in breast cancer patients: prospective memory, a forgotten memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Duivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Desgranges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Giffard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2283,51 +2283,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Longitudinal investigation of cognitive deficits in breast cancer patients and their gray matter correlates: impact of education level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Viard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2417,103 +2417,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of breast cancer on prospective memory functioning assessed by virtual reality and influence of sleep quality and hormonal therapy: PROSOM-K study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Duivon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Idlir Licaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Grellard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMC Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 18 (1), pp.866. </w:t>
@@ -2698,51 +2698,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensitivity and Validity of Psychometric Tests for Assessing Driving Impairment: Effects of Sleep Deprivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefan Jongen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric F Vuurman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2958,51 +2958,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Fontan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tandonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anahid Saradjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3187,64 +3187,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Specific EEG Sleep Pattern in the Prefrontal Cortex in Primary Insomnia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Clochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Bertran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3347,51 +3347,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anahid H. Saradjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Tremblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Blouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3496,51 +3496,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Article de presse] Faire du sport avant de dormir entraîne-t-il vraiment une dégradation du sommeil?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bessot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3558,51 +3558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels sont les impacts positifs et négatifs des nouvelles technologies sur notre sommeil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Bocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3665,51 +3665,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance and EEG measures in primary insomnia patients and during sleep deprivation in healthy volunteers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université de Caen Normandie, 2015. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3794,77 +3794,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Amato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Berthelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Clochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Doidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joy Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evaluation des effets résiduels de psychotropes sur les capacités à conduire et l'éveil : interaction médicamenteuse. In S. Gaymard, T. Tiplica (Eds), Sécurité des déplacements, protection des usagers et de l'environnement. Maîtrise des risques et prévention. Tome 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'HARMATTAN, pp.75-702, 2015, Coll. Logiques Sociales</w:t>
@@ -3983,51 +3983,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7CDD8119"/>
+    <w:nsid w:val="EC329FA2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4214,51 +4214,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joy-perrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8639-9985" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192373722" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457466v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Galin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Milot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bessot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Giffard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106520" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639857v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rehel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duivon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doidy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Champetier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Clochon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2024.07.002" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500290v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Perrier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Langeard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrou Koumar Ouma" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sesbo&#252;&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Clochon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1313545" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316572v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre F Denise" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Giffard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quarck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15112904" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788181v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hay" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chesneau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pigeon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bonargent" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2022.08.007" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03753703v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Petit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Eustache" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de La Sayette" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Desgranges" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgac032" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443068v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duivon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Grellard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Emile" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab248" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03822953v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sleurs" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amidi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa M Wu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kiesl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Zimmer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2022.103859" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880813v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bruijel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramautar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13796" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03345445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-021-09521-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03150709v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rauchs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2020.12.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishul Wei" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Leerssen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Wassing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Stoffers" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12953" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152621v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R Ramautar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oti Lakbila-Kamal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2018.02.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095748v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Amato" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Berthelon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bocca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12847" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297897v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lange" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Fel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Maillet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2019.09.028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152649v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0466" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02103061v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Viard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle L&#233;vy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassja Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djelila Allouache" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-018-9991-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01877782v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Joly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idlir Licaj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-018-4762-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02193482v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jongen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vuurman" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bocca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramaekers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2016.09.010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152637v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jongen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric F Vuurman" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes G Ramaekers" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemiek Vermeeren" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117045" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305728v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chavoix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2015.06.025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384035v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mouchnino" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Fontan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tandonnet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahid Saradjian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00668.2014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305744v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R.M. Leufkens" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bulla" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2015.04.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190955v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bertran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Couque" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bulla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116864" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384119v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahid H. Saradjian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tremblay" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blouin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00905.2012" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607303v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152641v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04895723v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465947v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Doidy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/joy-perrier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8639-9985" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/192373722" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457466v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melvin Galin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Milot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Martin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bessot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Giffard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2025.106520" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500290v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joy Perrier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Langeard" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrou Koumar Ouma" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sesbo&#252;&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Clochon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2024.1313545" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639857v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rehel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Duivon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Doidy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Champetier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Clochon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2024.07.002" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04316572v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre F Denise" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Giffard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quarck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15112904" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03443068v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Duivon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Grellard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Emile" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/zsab248" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03788181v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hay" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chesneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pigeon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bonargent" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2022.08.007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03753703v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Le Petit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Eustache" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent de La Sayette" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Desgranges" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/texcom/tgac032" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03822953v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Sleurs" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amidi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa M Wu" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Kiesl" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Zimmer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2022.103859" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880813v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bruijel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Naveau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Ramautar" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Delcroix" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.13796" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03345445v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11065-021-09521-4" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03150709v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rauchs" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msom.2020.12.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152617v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yishul Wei" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Leerssen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Wassing" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diederick Stoffers" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12953" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152621v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R Ramautar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oti Lakbila-Kamal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nlm.2018.02.006" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095748v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Amato" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Berthelon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Bocca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsr.12847" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297897v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lange" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Castel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Le Fel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Maillet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neubiorev.2019.09.028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152649v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/nrp.2018.0466" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02103061v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Viard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle L&#233;vy" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nastassja Morel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djelila Allouache" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11682-018-9991-0" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01877782v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Joly" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idlir Licaj" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-018-4762-2" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02193482v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Perrier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jongen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vuurman" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bocca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ramaekers" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2016.09.010" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152637v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Jongen" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric F Vuurman" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes G Ramaekers" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annemiek Vermeeren" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117045" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305728v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chavoix" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sleep.2015.06.025" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384035v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Mouchnino" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Fontan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tandonnet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahid Saradjian" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00668.2014" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02305744v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.R.M. Leufkens" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bulla" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsycho.2015.04.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190955v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bertran" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Couque" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Bulla" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116864" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384119v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anahid H. Saradjian" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tremblay" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Blouin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00905.2012" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607303v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03152641v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04895723v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01465947v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Doidy" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>