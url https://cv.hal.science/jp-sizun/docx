--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -502,386 +502,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petrophysical and petrothermal dataset of the sedimentary succession in the Oliana anticline (Southern Pyrenees)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Control on carbonate reservoir properties along a shallowing-upward sequence: The middle oxfordian jura inner platform predictive model.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Cantarero</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">James Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109086⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 150, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2023.106133⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338685v1</w:t>
+                <w:t xml:space="preserve">hal-04207403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control on carbonate reservoir properties along a shallowing-upward sequence: The middle oxfordian jura inner platform predictive model.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Petrological, petrophysical and petrothermal study of a folded sedimentary succession: the Oliana anticline (Southern Pyrenees), outcrop analogue of a geothermal reservoir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Ramirez-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Cantarero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Cofrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">James Richard</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Muñoz-López</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cruset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 150, </w:t>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 222, pp.104057. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2023.106133⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2023.104057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04207403v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05090563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petrological, petrophysical and petrothermal study of a folded sedimentary succession: the Oliana anticline (Southern Pyrenees), outcrop analogue of a geothermal reservoir</w:t>
+                <w:t xml:space="preserve">Petrophysical and petrothermal dataset of the sedimentary succession in the Oliana anticline (Southern Pyrenees)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Ramirez-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Cantarero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Cofrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Muñoz-López</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cruset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 222, pp.104057. </w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, pp.109086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2023.104057⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05090563v1</w:t>
+                <w:t xml:space="preserve">hal-04338685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sources and chronology of soluble salt formation in a medieval dovecote caught up in urbanisation: a resilience story?</w:t>
               </w:r>
@@ -1531,420 +1531,420 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02078486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sédimentologie et pétrophysique de la craie - Impact sur les écoulements actuels dans la Pointe de Caux (France)</w:t>
+                <w:t xml:space="preserve">Continental weathering as a driver of Late Cretaceous cooling: new insights from clay mineralogy of Campanian sediments from the southern Tethyan margin to the Boreal realm.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Gaillard</w:t>
+                <w:t xml:space="preserve">Elise Chenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Deconinck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Lasseur</w:t>
+                <w:t xml:space="preserve">Emmanuelle Pucéat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Saïag</w:t>
+                <w:t xml:space="preserve">Pierre Pellenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Dewez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+                <w:t xml:space="preserve">Michel Guiraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géologues</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Global and Planetary Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 162, pp.292-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2018.01.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01980147v1</w:t>
+                <w:t xml:space="preserve">hal-01728788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water content of limestones submitted to realistic wet deposition: a CIME2 chamber simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Chabas</w:t>
+                <w:t xml:space="preserve">Sédimentologie et pétrophysique de la craie - Impact sur les écoulements actuels dans la Pointe de Caux (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Saïag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dewez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alain Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Géologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, L'hydrogéologie de la craie, 199, pp.25-28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01844561v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continental weathering as a driver of Late Cretaceous cooling: new insights from clay mineralogy of Campanian sediments from the southern Tethyan margin to the Boreal realm.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Deconinck</w:t>
+                <w:t xml:space="preserve">Water content of limestones submitted to realistic wet deposition: a CIME2 chamber simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Chabas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuelle Pucéat</w:t>
+                <w:t xml:space="preserve">Lucile Gentaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Pellenard</w:t>
+                <w:t xml:space="preserve">Pauline Uring</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Guiraud</w:t>
+                <w:t xml:space="preserve">Alain Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global and Planetary Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 162, pp.292-312. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gloplacha.2018.01.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-018-2433-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01728788v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01844561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Earliest salt working in the world: From excavation to microscopy at the prehistoric sites of Ţolici and Lunca (Romania)</w:t>
               </w:r>
@@ -2188,1801 +2188,1813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01333413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical mass transfer in shear zones and metacarbonate xenoliths: a comparison of four mass balance approaches</w:t>
+                <w:t xml:space="preserve">Fault-controlled and stratabound dolostones in the Late Aptianeearliest Albian Benassal Formation (Maestrat Basin, E Spain): Petrology and geochemistry constrains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emilien Oliot</w:t>
+                <w:t xml:space="preserve">Juan Diego J.D. Martin Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Marquer</w:t>
+                <w:t xml:space="preserve">Anna A. Travé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Pierre Sizun</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Gomez-Rivas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramon R. Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1127/ejm/2015/0027-2475⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 65, pp.83-102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2015.03.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01260258v1</w:t>
+                <w:t xml:space="preserve">hal-01298268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-controlled and stratabound dolostones in the Late Aptianeearliest Albian Benassal Formation (Maestrat Basin, E Spain): Petrology and geochemistry constrains</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence of multi-stage faulting by clay mineral analysis: Example in a normal fault zone affecting arkosic sandstones (Annot sandstones)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna A. Travé</w:t>
+                <w:t xml:space="preserve">M. Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gomez-Rivas</w:t>
+                <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ramon R. Salas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+                <w:t xml:space="preserve">Delphine Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeremy Lerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2015.03.019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 75, pp.101-117. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2015.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01298268v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01172423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of multi-stage faulting by clay mineral analysis: Example in a normal fault zone affecting arkosic sandstones (Annot sandstones)</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chemical mass transfer in shear zones and metacarbonate xenoliths: a comparison of four mass balance approaches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeremy Lerat</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Cyril Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Oliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Marquer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2015.03.012⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (6), pp.731-754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/ejm/2015/0027-2475⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01172423v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of tectonic setting and large-scale faults on the basin-scale distribution of deformation bands in porous sandstone (Provence, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Ballas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Soliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Benedicto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 55, pp.142-159. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01116421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of mass transfers and mineralogical transformations in a thrust fault (Monte Perdido thrust unit, southern Pyrenees, Spain)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Trincal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Grobety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Fluid-rock-tectonics interactions in basins and orogens, 55, pp.160-175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00976361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Difference in petrophysical properties between foliated and dilatant fault rocks in deeply buried clastics: The case of the Gres d'Annot Formation, SW French Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Soliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Terra Nova</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (4), pp.298-306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/ter.12100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01115177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shear-enhanced compaction bands formed at shallow burial conditions; implications for fluid flow (Provence, France)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antonio Benedicto</w:t>
+                <w:t xml:space="preserve">Impact of sedimentology and diagenesis on the petrophysical properties of a tight oolitic carbonate reservoir. The case of the Oolithe Blanche Formation (Bathonian, Paris Basin, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasin Makhloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bergerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Casteleyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.11.008⟩</w:t>
+              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48, pp.323-340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00807309v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sedimentology and diagenesis on the petrophysical properties of a tight oolitic carbonate reservoir. The case of the Oolithe Blanche Formation (Bathonian, Paris Basin, France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of sedimentology and diagenesis on the petrophysical properties of a tight oolitic carbonate reservoir. The case of the Oolithe Blanche Formation (Bathonian, Paris Basin, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yasin Makhloufi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Bergerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Casteleyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 48, pp.323-340. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.08.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266087v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00867482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porosity gain and loss in unconventional reservoirs: Example of rock typing in Lower Cretaceous hemipelagic limestones, SE France (Provence)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Fournier</w:t>
+                <w:t xml:space="preserve">Influence of fault rock foliation on fault zone permeability: The case of deeply buried arkosic sandstones (Gres d'Annot, southeastern France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Cavailhes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.08.008⟩</w:t>
+              <w:t xml:space="preserve">AAPG Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 97 (7), pp.1521-1543. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1306/03071312127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00933502v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00903428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of sedimentology and diagenesis on the petrophysical properties of a tight oolitic carbonate reservoir. The case of the Oolithe Blanche Formation (Bathonian, Paris Basin, France).</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Steven Claes</w:t>
+                <w:t xml:space="preserve">Porosity gain and loss in unconventional reservoirs: Example of rock typing in Lower Cretaceous hemipelagic limestones, SE France (Provence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Bruna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Guglielmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Lamarche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marine and Petroleum Geology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 48, pp.323-340. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.08.021⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 48, pp.186-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpetgeo.2013.08.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00867482v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fault rock foliation on fault zone permeability: The case of deeply buried arkosic sandstones (Gres d'Annot, southeastern France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Phyllosilicates formation in faults rocks: Implications for dormant fault-sealing potential and fault strength in the upper crust</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Soliva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Wibberley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAPG Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 97 (7), pp.1521-1543. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 40 (16), pp.4272-4278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1306/03071312127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/grl.50829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903428v1</w:t>
+                <w:t xml:space="preserve">hal-00903574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phyllosilicates formation in faults rocks: Implications for dormant fault-sealing potential and fault strength in the upper crust</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shear-enhanced compaction bands formed at shallow burial conditions; implications for fluid flow (Provence, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gregory Ballas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Roger Soliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Labaume</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Wibberley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
+                <w:t xml:space="preserve">Haakon Fossen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Benedicto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 40 (16), pp.4272-4278. </w:t>
+              <w:t xml:space="preserve">Journal of Structural Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 47, pp.3-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/grl.50829⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jsg.2012.11.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00903574v1</w:t>
+                <w:t xml:space="preserve">hal-00807309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microtextural investigation (SEM and TEM study) of phyllosilicates in a major thrust fault zone (Monte Perdido, southern Pyrenees): impact on fault reactivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Buatier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Moutarlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 105 (2), pp.313-324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00015-012-0098-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -4000,77 +4012,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Swiss Journal of Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 105 (2), pp.299-312. </w:t>
@@ -4120,103 +4132,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The importance of the degree of cataclasis in shear bands for fluid flow in porous sandstone, Provence, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Ballas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Soliva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Benedict</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AAPG Bulletin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 96 (11), pp.2167-2186. </w:t>
@@ -4254,51 +4266,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure solution-fracturing interactions in weakly cohesive carbonate sediments and rocks: example of the synsedimentary deformation of the Campanian chalk from the Mons Basin (Belgium)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4336,51 +4348,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and compartmentalization of chalky carbonate reservoirs: the Urgonian Jura-Bas Dauphiné platform model (Génissiat, southeastern France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4431,51 +4443,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and diagenetic records from a new reference section for the Boreal realm: the Campanian chalk of the Mons basin (Belgium)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4722,51 +4734,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4808,77 +4820,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid-sedimentary rock interactions and mineralogical changes related to deformation and fluid circulation along a normal fault in deep diagenesis context (Grès d'Annot, SE France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Cavailhes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Buatier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4959,51 +4971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.D. Martin Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Travé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Gomez-Rivas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5052,277 +5064,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00483593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of rock erodibility – diagenetic grade relationship, application to the Annot sandstone, French-Italian Alps</w:t>
+                <w:t xml:space="preserve">Diagenesis controlled by tectonic burial in a foreland basin turbidite formation. The case example of the Grès d'Annot, French-italian external Alps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Steer</w:t>
+                <w:t xml:space="preserve">P. Labaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Sizun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Cattin</w:t>
+                <w:t xml:space="preserve">D Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Travé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Gibert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Loggia</w:t>
+                <w:t xml:space="preserve">F. Chirouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, San Francisco, United States</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00483586v1</w:t>
+                <w:t xml:space="preserve">hal-00483584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagenesis controlled by tectonic burial in a foreland basin turbidite formation. The case example of the Grès d'Annot, French-italian external Alps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId185" w:history="1">
+                <w:t xml:space="preserve">Experimental study of rock erodibility – diagenetic grade relationship, application to the Annot sandstone, French-Italian Alps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Steer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Cattin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gibert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Chirouze</w:t>
+                <w:t xml:space="preserve">D. Loggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">American Geophysical Union, Fall Meeting 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00483584v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00483586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5486,90 +5498,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle tectonique de la diagenèse d'une formation turbiditique d'avant-chaîne : exemple des Grès d'Annot, Alpes franco-italiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Labaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chirouze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Jolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5773,51 +5785,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356690v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ramirez-Perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cofrade" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sizun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Mart&#237;n-Mart&#237;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Moragas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2025.107646" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115184v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cruset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego Mart&#237;n-Mart&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40517-025-00351-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552168v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Ballas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Raynaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lopez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2024.105130" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338685v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Cantarero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mu&#241;oz-L&#243;pez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109086" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207403v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Richard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2023.106133" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090563v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2023.104057" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03921921v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Kloppmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wille" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Coman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-022-10665-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03563492v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;raud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes B&#246;cker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Klug" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mattioni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-021-02080-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986949v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vennin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte&#8208;suchet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12412" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380962v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Saiag" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Herbst" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Fay-Gomord" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12618" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078486v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mangenot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rouchon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12324" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980147v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gaillard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sa&#239;ag" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dewez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844561v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentaz" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Uring" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Phan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2433-0" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728788v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chenot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puc&#233;at" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guiraud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2018.01.016" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676289v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Weller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouge" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2017.11.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01333413v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estel Colas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rozenbaum" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2016.06.015" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260258v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Sizun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2475" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298268v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego J.D. Martin Martin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Trav&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez-Rivas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon R. Salas" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2015.03.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172423v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavailhes" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lerat" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2015.03.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116421v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ballas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Soliva" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedicto" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.020" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JF8D92P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976361v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grobety" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.016" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115177v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gout" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12100" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F765QRDS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807309v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haakon Fossen" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.008" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSR8371F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266087v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Makhloufi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Casteleyn" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Claes" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.08.021" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9R6GFX4T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933502v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bruna" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guglielmi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarche" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.08.008" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SDPN90H1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867482v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903428v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvet" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/03071312127" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903574v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wibberley" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50829" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795553v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine D. Buatier" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0098-0" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795551v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leclere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0099-z" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0P199F1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766557v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedict" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/04051211097" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566827v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483531v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loua&#239; Machhour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483557v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483547v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dehandschutter" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaviglio" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sintubin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vandycke" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Ducasse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671156v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483593v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Martin Martin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trav&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Sizun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483586v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Steer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cattin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gibert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labaume" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loggia" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483584v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Charpentier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chirouze" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016526v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rosenthal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poupard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Morre-Biot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483595v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arnaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jolivet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356690v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Ramirez-Perez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Cofrade" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Sizun" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Mart&#237;n-Mart&#237;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar Moragas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2025.107646" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115184v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cruset" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego Mart&#237;n-Mart&#237;n" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40517-025-00351-8" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552168v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Ballas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Raynaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lopez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Oliot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2024.105130" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207403v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Richard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2023.106133" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090563v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Cantarero" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Mu&#241;oz-L&#243;pez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2023.104057" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338685v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109086" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03921921v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chabas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfram Kloppmann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wille" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Coman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12665-022-10665-6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-03563492v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bossennec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;raud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes B&#246;cker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Klug" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Mattioni" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00531-021-02080-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02986949v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bouton" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Vennin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Amiotte&#8208;suchet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thomazo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12412" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02380962v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Saiag" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Collin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Herbst" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Fay-Gomord" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12618" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02078486v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mangenot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Deconinck" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virgile Rouchon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bre.12324" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01728788v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Chenot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Puc&#233;at" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pellenard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guiraud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2018.01.016" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980147v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Gaillard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sa&#239;ag" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dewez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844561v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Gentaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Uring" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Phan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-2433-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676289v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Sordoillet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Weller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouge" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Buatier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jas.2017.11.003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01333413v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mandana Saheb" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Didier Mertz" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estel Colas" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rozenbaum" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2016.06.015" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298268v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego J.D. Martin Martin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A. Trav&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gomez-Rivas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramon R. Salas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2015.03.019" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172423v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Buatier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cavailhes" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charpentier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Lerat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Sizun" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2015.03.012" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-29Z78Q16-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01260258v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Durand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marquer" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2475" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01116421v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Ballas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Soliva" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedicto" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.020" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6JF8D92P-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00976361v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Trincal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Grobety" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Lacroix" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.12.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01115177v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Labaume" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gout" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12100" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-F765QRDS-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266087v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasin Makhloufi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bergerat" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Casteleyn" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Claes" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.08.021" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9R6GFX4T-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867482v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903428v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chauvet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/03071312127" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933502v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bruna" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guglielmi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Lamarche" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpetgeo.2013.08.008" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SDPN90H1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00903574v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Wibberley" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/grl.50829" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807309v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haakon Fossen" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2012.11.008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSR8371F-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795553v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Moutarlier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0098-0" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795551v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Leclere" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00015-012-0099-z" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-G0P199F1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00766557v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedict" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1306/04051211097" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566827v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483531v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loua&#239; Machhour" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483557v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483547v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dehandschutter" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gaviglio" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sintubin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vandycke" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Ducasse" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bertrand" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maillard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671156v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483593v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Martin Martin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trav&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Sizun" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Salas" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483584v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labaume" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Charpentier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chirouze" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483586v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Steer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cattin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gibert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Loggia" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016526v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rosenthal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Rossy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poupard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Morre-Biot" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483595v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Arnaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chauvet" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jolivet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>