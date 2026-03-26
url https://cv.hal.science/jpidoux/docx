--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -169,648 +169,648 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05061238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de véhicule : application tout en nuances des règles de la perquisition domiciliaire</w:t>
+                <w:t xml:space="preserve">Caméras “piétons” : parlez, vous êtes filmés !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04619506v1</w:t>
+                <w:t xml:space="preserve">hal-04587944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infirmation d'une ordonnance de refus de placement en détention provisoire et délivrance d'un mandat de dépôt par la chambre de l'instruction</w:t>
+                <w:t xml:space="preserve">Fouille de véhicule : application tout en nuances des règles de la perquisition domiciliaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04610339v1</w:t>
+                <w:t xml:space="preserve">hal-04619506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saisie pénale mobilière : pas de remise à l'AGRASC aux fins d'aliénation pour faire des économies</w:t>
+                <w:t xml:space="preserve">Infirmation d'une ordonnance de refus de placement en détention provisoire et délivrance d'un mandat de dépôt par la chambre de l'instruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558530v1</w:t>
+                <w:t xml:space="preserve">hal-04610339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Précisions sur la notion d'“écriture publique” en matière de faux</w:t>
+                <w:t xml:space="preserve">Saisie pénale mobilière : pas de remise à l'AGRASC aux fins d'aliénation pour faire des économies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04447640v1</w:t>
+                <w:t xml:space="preserve">hal-04558530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confirmation de revirement et revirement en matière d'incidents contentieux devant la cour d'assises</w:t>
+                <w:t xml:space="preserve">Précisions sur la notion d'“écriture publique” en matière de faux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634448v1</w:t>
+                <w:t xml:space="preserve">hal-04447640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Garde à vue : l'obligation pour les enquêteurs d'indiquer dans leur procès-verbal l'heure de l'avis à parquet</w:t>
+                <w:t xml:space="preserve">Confirmation de revirement et revirement en matière d'incidents contentieux devant la cour d'assises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04516111v1</w:t>
+                <w:t xml:space="preserve">hal-04634448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caméras “piétons” : parlez, vous êtes filmés !</w:t>
+                <w:t xml:space="preserve">Garde à vue : l'obligation pour les enquêteurs d'indiquer dans leur procès-verbal l'heure de l'avis à parquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04587944v1</w:t>
+                <w:t xml:space="preserve">hal-04516111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Champ d'application et inconventionnalité de la procédure spécifique aux infractions en matière militaire en temps de paix</w:t>
+                <w:t xml:space="preserve">La méthode du client mystère : un stratagème loyal en matière pénale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04365357v1</w:t>
+                <w:t xml:space="preserve">hal-04206706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rappels, précisions, et contrôle de conventionnalité en matière de citation du prévenu appelant libre</w:t>
+                <w:t xml:space="preserve">Champ d'application et inconventionnalité de la procédure spécifique aux infractions en matière militaire en temps de paix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04101437v1</w:t>
+                <w:t xml:space="preserve">hal-04365357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exclusion de la présence de l'avocat du mis en cause lors de l'audition du témoin faisant suite à une séance d'identification</w:t>
               </w:r>
@@ -859,510 +859,510 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04248761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correctionnalisation judiciaire légalisée : la possibilité pour le juge correctionnel dont la compétence est “forcée” de prendre en considération des faits de nature criminelle</w:t>
+                <w:t xml:space="preserve">Rappels, précisions, et contrôle de conventionnalité en matière de citation du prévenu appelant libre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04101436v1</w:t>
+                <w:t xml:space="preserve">hal-04101437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La nécessité et l'étendue de la motivation de la confiscation en valeur du produit de l'infraction</w:t>
+                <w:t xml:space="preserve">Correctionnalisation judiciaire légalisée : la possibilité pour le juge correctionnel dont la compétence est “forcée” de prendre en considération des faits de nature criminelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133499v1</w:t>
+                <w:t xml:space="preserve">hal-04101436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poursuites au cours d'une procédure d'éloignement : retour sur l'application de la directive “retour”</w:t>
+                <w:t xml:space="preserve">La nécessité et l'étendue de la motivation de la confiscation en valeur du produit de l'infraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04236578v1</w:t>
+                <w:t xml:space="preserve">hal-04133499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rappels en matière de responsabilité pénale de la personne morale à raison d'une infraction commise par l'un de ses préposés</w:t>
+                <w:t xml:space="preserve">Poursuites au cours d'une procédure d'éloignement : retour sur l'application de la directive “retour”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04140484v1</w:t>
+                <w:t xml:space="preserve">hal-04236578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appel en matière correctionnelle : attention à ne pas écarter trop rapidement la collégialité</w:t>
+                <w:t xml:space="preserve">Rappels en matière de responsabilité pénale de la personne morale à raison d'une infraction commise par l'un de ses préposés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04133497v1</w:t>
+                <w:t xml:space="preserve">hal-04140484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De l'importance des déclarations d'intention des parties lors du règlement contradictoire de l'information</w:t>
+                <w:t xml:space="preserve">Appel en matière correctionnelle : attention à ne pas écarter trop rapidement la collégialité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04322235v1</w:t>
+                <w:t xml:space="preserve">hal-04133497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La méthode du client mystère : un stratagème loyal en matière pénale</w:t>
+                <w:t xml:space="preserve">De l'importance des déclarations d'intention des parties lors du règlement contradictoire de l'information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Pidoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalloz Actualité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04206706v1</w:t>
+                <w:t xml:space="preserve">hal-04322235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Premiers contrôles par la Cour de cassation de procédures ouvertes à la suite de l’opération dite “EncroChat”</w:t>
               </w:r>
@@ -1992,51 +1992,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061238v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pidoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619506v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610339v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558530v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447640v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634448v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516111v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587944v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365357v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101437v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101436v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133499v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236578v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140484v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133497v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322235v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206706v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101433v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101431v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101435v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099591v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101011v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05061238v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Pidoux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587944v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619506v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610339v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558530v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04447640v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634448v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04516111v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206706v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04365357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04248761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101437v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101436v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133499v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04236578v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140484v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133497v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322235v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101433v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101431v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101435v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099591v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559818v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04101011v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>