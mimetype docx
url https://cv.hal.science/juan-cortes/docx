--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -177,51 +177,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (75)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (76)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -345,9228 +345,9362 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05485102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dependence of the amino acid backbone conformation on the translated synonymous codon is not statistically significant</w:t>
+                <w:t xml:space="preserve">Toward a unified framework for determining conformational ensembles of disordered proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Javier González-Delgado</w:t>
+                <w:t xml:space="preserve">Hamidreza Ghafouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pablo Mier</w:t>
+                <w:t xml:space="preserve">Pavel Kadeřávek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ana Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Cristina Aspromonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 122 (24), </w:t>
+              <w:t xml:space="preserve">Nature Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.2503264122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41592-026-03003-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05113237v1</w:t>
+                <w:t xml:space="preserve">hal-05553030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The ARMAGNHAC database: A Ratio-based Molecular Analyzer and Generator of Numerous Hydrogenated Amorphous Carbons</w:t>
+                <w:t xml:space="preserve">The dependence of the amino acid backbone conformation on the translated synonymous codon is not statistically significant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Milia</w:t>
+                <w:t xml:space="preserve">Javier González-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathias Rapacioli</w:t>
+                <w:t xml:space="preserve">Pablo Mier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Zanon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129 (45), pp.10358-10367. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 122 (24), </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5c04941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2503264122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05340323v1</w:t>
+                <w:t xml:space="preserve">hal-05113237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AFflecto: A web server to generate conformational ensembles of flexible proteins from AlphaFold models</w:t>
+                <w:t xml:space="preserve">The ARMAGNHAC database: A Ratio-based Molecular Analyzer and Generator of Numerous Hydrogenated Amorphous Carbons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mátyás Pajkos</w:t>
+                <w:t xml:space="preserve">Valentin Milia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilinka Clerc</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+                <w:t xml:space="preserve">Mathias Rapacioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2025.169003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129 (45), pp.10358-10367. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpca.5c04941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04959947v1</w:t>
+                <w:t xml:space="preserve">hal-05340323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural comparison of homomolecular systems on surfaces using a fingerprint-based method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">William Margerit</w:t>
+                <w:t xml:space="preserve">AFflecto: A web server to generate conformational ensembles of flexible proteins from AlphaFold models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mátyás Pajkos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilinka Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cathy Maugis-Rabusseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0267668⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.169003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2025.169003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05095724v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04959947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequence‐ and Docking‐Site‐Dependent Contributions to Multi‐Site Phosphorylation of an Intrinsically Disordered MAPK Substrate</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural comparison of homomolecular systems on surfaces using a fingerprint-based method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Chenal</w:t>
+                <w:t xml:space="preserve">William Margerit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Tengo</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cathy Maugis-Rabusseau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/advs.202503987⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 162 (21), pp.214107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0267668⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05224771v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05095724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dependence of lactose adsorption on the exposed crystal facets of metals: a comparative study of gold, silver and copper</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+                <w:t xml:space="preserve">Sequence‐ and Docking‐Site‐Dependent Contributions to Multi‐Site Phosphorylation of an Intrinsically Disordered MAPK Substrate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Orand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Christian Schön</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elise Delaforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Tengo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torsten Herrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D4CP01559B⟩</w:t>
+              <w:t xml:space="preserve">Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (35), pp.e03987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/advs.202503987⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04664324v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05224771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weighted families of contact maps to characterize conformational ensembles of (highly-)flexible proteins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Exploring Molecular Energy Landscapes by Coupling the DFTB Potential with a Tree-Based Stochastic Algorithm: Investigation of the Conformational Diversity of Phthalates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Milia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Rapacioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btae627⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 64 (8), pp.3290-3301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c01981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04749226v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring Molecular Energy Landscapes by Coupling the DFTB Potential with a Tree-Based Stochastic Algorithm: Investigation of the Conformational Diversity of Phthalates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Milia</w:t>
+                <w:t xml:space="preserve">Dependence of lactose adsorption on the exposed crystal facets of metals: a comparative study of gold, silver and copper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Christian Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mathias Rapacioli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c01981⟩</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31, pp.21134-21146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D4CP01559B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04517230v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04664324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Motion Planning with Accuracy Optimization based on Learned Sensitivity Metrics</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
+                <w:t xml:space="preserve">Weighted families of contact maps to characterize conformational ensembles of (highly-)flexible proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier González-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 9 (11), pp.10113-10120. </w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (11), pp.btae627. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LRA.2024.3468149⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btae627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04636547v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04749226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-site-specific isotopic labeling accelerates high-resolution structural investigations of pathogenic huntingtin exon-1</w:t>
+                <w:t xml:space="preserve">Robust Motion Planning with Accuracy Optimization based on Learned Sensitivity Metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Elena-Real</w:t>
+                <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annika Urbanek</w:t>
+                <w:t xml:space="preserve">Marco Cognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xamuel Lund</w:t>
+                <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Morató</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.str.2023.04.003⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9 (11), pp.10113-10120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2024.3468149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04085383v1</w:t>
+                <w:t xml:space="preserve">hal-04636547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WASCO: A Wasserstein-based Statistical Tool to Compare Conformational Ensembles of Intrinsically Disordered Proteins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Multi-site-specific isotopic labeling accelerates high-resolution structural investigations of pathogenic huntingtin exon-1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Elena-Real</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Urbanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xamuel Lund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Morató</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amin Sagar</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2023.168053⟩</w:t>
+              <w:t xml:space="preserve">Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (6), pp.644-650.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.str.2023.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04056662v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordinated Multi-Robot Trajectory Tracking Control over Sampled Communication ⋆</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">WASCO: A Wasserstein-based Statistical Tool to Compare Conformational Ensembles of Intrinsically Disordered Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier González-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrica Rossi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Luca Ballotta</w:t>
+                <w:t xml:space="preserve">Amin Sagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruggero Carli</w:t>
+                <w:t xml:space="preserve">Kresten Lindorff-Larsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Cortés</w:t>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Automatica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 151, pp.110941. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 435 (14), pp.168053. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.automatica.2023.110941⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2023.168053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04010855v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The structure of pathogenic huntingtin exon 1 defines the bases of its aggregation propensity</w:t>
+                <w:t xml:space="preserve">Coordinated Multi-Robot Trajectory Tracking Control over Sampled Communication ⋆</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos A Elena-Real</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annika Urbanek</w:t>
+                <w:t xml:space="preserve">Enrica Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matija Popovic</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anna Morató</w:t>
+                <w:t xml:space="preserve">Marco Tognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Ballotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41594-023-00920-0⟩</w:t>
+              <w:t xml:space="preserve">Automatica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 151, pp.110941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.automatica.2023.110941⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052774v1</w:t>
+                <w:t xml:space="preserve">hal-04010855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two-sample goodness-of-fit tests on the flat torus based on Wasserstein distance and their relevance to structural biology</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The structure of pathogenic huntingtin exon 1 defines the bases of its aggregation propensity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Elena-Real</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Sagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika Urbanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matija Popovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Morató</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (3), pp.309 - 320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41594-023-00920-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1214/23-EJS2135⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03369795v3</w:t>
+                <w:t xml:space="preserve">hal-04052774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IGLOO: An Iterative Global Exploration and Local Optimization Algorithm to Find Diverse Low-Energy Conformations of Flexible Molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Margerit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Maugis-Rabusseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johann Christian Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Tarrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 16 (10), pp.476. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/a16100476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04247201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low Complexity Induces Structure in Protein Regions Predicted as Intrinsically Disordered</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Two-sample goodness-of-fit tests on the flat torus based on Wasserstein distance and their relevance to structural biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier González-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto González-Sanz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomolecules</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electronic Journal of Statistics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17 (1), pp.1547-1586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1214/23-EJS2135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biom12081098⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03767342v1</w:t>
+                <w:t xml:space="preserve">hal-03369795v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dehydrogenation versus deprotonation of disaccharide molecules in vacuum: a thorough theoretical investigation</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">MoMA-LoopSampler: A web server to exhaustively sample protein loop conformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Royal Society Open Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (2), pp.552-553. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab584⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rsos.220436⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03817247v1</w:t>
+                <w:t xml:space="preserve">hal-03326493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MoMA-LoopSampler: A web server to exhaustively sample protein loop conformations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dehydrogenation versus deprotonation of disaccharide molecules in vacuum: a thorough theoretical investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohdan Andriyevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Christian Schön</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Royal Society Open Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsos.220436⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btab584⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03326493v1</w:t>
+                <w:t xml:space="preserve">hal-03817247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical proofs of the interdependence between nearest neighbor effects on polypeptide backbone conformations</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Low Complexity Induces Structure in Protein Regions Predicted as Intrinsically Disordered</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariane Gonçalves-Kulik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Mier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Kastano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jsb.2022.107907⟩</w:t>
+              <w:t xml:space="preserve">Biomolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (8), pp.1098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biom12081098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03826233v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precise Cable-Suspended Pick-and-Place with an Aerial Multi-robot System</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Cortés</w:t>
+                <w:t xml:space="preserve">Statistical proofs of the interdependence between nearest neighbor effects on polypeptide backbone conformations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier González-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10846-022-01668-3⟩</w:t>
+              <w:t xml:space="preserve">Journal of Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 214 (4), pp.107907. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jsb.2022.107907⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03748086v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The sequence context in poly-alanine regions: structure, function and conservation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Mier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Elena-Real</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Cortés</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Andrade-Navarro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 38 (21), pp.4851-4858. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/bioinformatics/btac610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03778766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational buffering underlies functional selection in intrinsically disordered protein regions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Precise Cable-Suspended Pick-and-Place with an Aerial Multi-robot System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A E Jiménez-Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolás González-Foutel</w:t>
+                <w:t xml:space="preserve">Dario Sanalitro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliana Glavina</w:t>
+                <w:t xml:space="preserve">M. Tognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wade Borcherds</w:t>
+                <w:t xml:space="preserve">A. Franchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matías Safranchik</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41594-022-00811-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent and Robotic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 105 (3), pp.68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10846-022-01668-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03767337v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03748086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect Force Control of a Cable-suspended Aerial Multi-Robot Manipulator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Tognon</w:t>
+                <w:t xml:space="preserve">Conformational buffering underlies functional selection in intrinsically disordered protein regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolás González-Foutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Jimenez Cano</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Cortés</w:t>
+                <w:t xml:space="preserve">Juliana Glavina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Franchi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Wade Borcherds</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matías Safranchik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Barrera-Vilarmau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3176457⟩</w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29 (8), pp.781-790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41594-022-00811-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03664826v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03767337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interdomain linkers tailor the stability of immunoglobulin repeats in polyproteins</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Surbhi Garg</w:t>
+                <w:t xml:space="preserve">Indirect Force Control of a Cable-suspended Aerial Multi-Robot Manipulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Sanalitro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Tognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Estaña</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A Jimenez Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2021.02.114⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (3), pp.6726 - 6733. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2022.3176457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161535v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular flexibility in computational protein design: an algorithmic perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Protein Engineering, Design and Selection</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 34, pp.gzab011. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/protein/gzab011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03221838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current approaches to flexible loop modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Barozet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Chacón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Research in Structural Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 3, pp.187-191. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crstbi.2021.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03318652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tripartite carbohydrate-binding module to functionalize cellulose nanocrystal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angeline Pelus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Bordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Callum Burnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomaterials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 9 (22), pp.7444-7455. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/d1bm01156a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03372120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein loops with multiple meta-stable conformations: a challenge for sampling and scoring methods</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interdomain linkers tailor the stability of immunoglobulin repeats in polyproteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Minoux</w:t>
+                <w:t xml:space="preserve">Tanuja Joshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Surbhi Garg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prot.26008⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 550, pp.43-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2021.02.114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947409v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The diversity of molecular interactions involving intrinsically disordered proteins: A molecular modeling perspective</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pau Bernadó</w:t>
+                <w:t xml:space="preserve">Protein loops with multiple meta-stable conformations: a challenge for sampling and scoring methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bianciotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Minoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.csbj.2021.06.031⟩</w:t>
+              <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 89 (2), pp.218-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prot.26008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03281983v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Aerial Load Transportation via Sampled Communication</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The diversity of molecular interactions involving intrinsically disordered proteins: A molecular modeling perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilinka Clerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enrica Rossi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Luca Schenato</w:t>
+                <w:t xml:space="preserve">Amin Sagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandro Barducci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sibille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Cortés</w:t>
+                <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19, pp.3817-3828. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csbj.2021.06.031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LCSYS.2019.2924413⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02170909v1</w:t>
+                <w:t xml:space="preserve">hal-03281983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flanking regions determine the structure of the poly-glutamine homo- repeat in huntingtin through mechanisms common among glutamine-rich human proteins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Annika N Urbanek</w:t>
+                <w:t xml:space="preserve">Full-pose Manipulation Control of a Cable-suspended load with Multiple UAVs under Uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dario Sanalitro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heitor J Savino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matija Popovic</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marco Tognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (2), pp.2185 - 2191. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2020.2969930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.str.2020.04.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02893075v1</w:t>
+                <w:t xml:space="preserve">hal-02460422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-pose Manipulation Control of a Cable-suspended load with Multiple UAVs under Uncertainties</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Flanking regions determine the structure of the poly-glutamine homo- repeat in huntingtin through mechanisms common among glutamine-rich human proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika N Urbanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matija Popovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Morató</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Elena-Real</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (7), pp.733-746.e5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.str.2020.04.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LRA.2020.2969930⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02460422v1</w:t>
+                <w:t xml:space="preserve">hal-02893075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Reinforcement-Learning-Based Approach to Enhance Exhaustive Protein Loop Sampling</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Cooperative Aerial Load Transportation via Sampled Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrica Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Tognon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruggero Carli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Schenato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz684⟩</w:t>
+              <w:t xml:space="preserve">IEEE Control Systems Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 4 (2), pp.277-282. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCSYS.2019.2924413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02289207v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02170909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aide à la conception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A Reinforcement-Learning-Based Approach to Enhance Exhaustive Protein Loop Sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (4), pp.1099-1106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03436420v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02289207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of the reduced abundance of proline cis conformation in protein poly-proline tracts</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aide à la conception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schiex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le petit illustré, regards croisés de chercheur.es</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545935v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03436420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting secondary structure propensities in IDPs using simple statistics from three-residue fragments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId154" w:history="1">
+                <w:t xml:space="preserve">Evidence of the reduced abundance of proline cis conformation in protein poly-proline tracts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika N Urbanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matija Popovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos A Elena-Real</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Morató</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro N Estaña</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmb.2020.07.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 142 (17), pp.7976-7986. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jacs.0c02263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02920302v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variable Neighborhood Search with Cost Function Networks To Solve Large Computational Protein Design Problems</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Schiex</w:t>
+                <w:t xml:space="preserve">Predicting secondary structure propensities in IDPs using simple statistics from three-residue fragments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assia Mouhand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.8b00510⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 342 (19), pp.5447-5459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2020.07.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943616v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Truly Redundant Aerial Manipulator System with Application to Push-and-Slide Inspection in Industrial Plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Tognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hermes A Tello Chávez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Gasparin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Sablé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Bicego</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 4 (2), pp.1846 - 1851. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LRA.2019.2895880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910343v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbohydrate Self-Assembly at Surfaces: STM Imaging of Sucrose Conformation and Ordering on Cu(100)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabine Abb</w:t>
+                <w:t xml:space="preserve">Variable Neighborhood Search with Cost Function Networks To Solve Large Computational Protein Design Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Charpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ludger Harnau</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 59 (1), pp.127-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.8b00510⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/anie.201901340⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02146428v1</w:t>
+                <w:t xml:space="preserve">hal-01943616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous System Design and Path Planning: A Sampling-based Algorithm.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Denarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Molloy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 38 (2-3), pp.375-387. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0278364918783054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01834414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the Formation of Structural Elements in Proteins Using Local Sequence-Dependent Information and a Heuristic Search Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro N Estaña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Ghallab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Bernadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 24 (6), pp.1150. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules24061150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02080026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Realistic Ensemble Models of Intrinsically Disordered Proteins Using a Structure-Encoding Coil Database</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Carbohydrate Self-Assembly at Surfaces: STM Imaging of Sucrose Conformation and Ordering on Cu(100)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Abb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohdan Andriyevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludger Harnau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.str.2018.10.016⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 58 (25), pp.8336-8340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.201901340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01954977v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02146428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphism in carbohydrate self-assembly at surfaces: STM imaging and theoretical modelling of trehalose on Cu(100)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sabine Abb</w:t>
+                <w:t xml:space="preserve">Realistic Ensemble Models of Intrinsically Disordered Proteins Using a Structure-Encoding Coil Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Delaforge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludger Harnau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RSC Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9RA06764G⟩</w:t>
+              <w:t xml:space="preserve">Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (5), pp.381-391.e2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.str.2018.10.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370437v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01954977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conformational changes in antibody Fab fragments upon binding and their consequences on the performance of docking algorithms</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Polymorphism in carbohydrate self-assembly at surfaces: STM imaging and theoretical modelling of trehalose on Cu(100)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Abb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Tarrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bohdan Andriyevsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludger Harnau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Immunology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.imlet.2018.06.002⟩</w:t>
+              <w:t xml:space="preserve">RSC Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (61), pp.35813-35819. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9RA06764G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01823695v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02370437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control-Aware Motion Planning for Task-Constrained Aerial Manipulation</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Conformational changes in antibody Fab fragments upon binding and their consequences on the performance of docking algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Barozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bianciotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Minoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Immunology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 200, pp.5-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.imlet.2018.06.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LRA.2018.2803206⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01704127v1</w:t>
+                <w:t xml:space="preserve">hal-01823695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exhaustive exploration of the conformational landscape of small cyclic peptides using a robotics approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maud Jusot</w:t>
+                <w:t xml:space="preserve">Control-Aware Motion Planning for Task-Constrained Aerial Manipulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Tognon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dirk Stratmann</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Vaisset</w:t>
+                <w:t xml:space="preserve">Elisabetta Cataldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Chomilier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Hermes Amadeus A Tello Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.8b00375⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (3), pp.2478-2484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2018.2803206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01893751v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prediction and clarification of structures of (bio)molecules on surfaces-a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schön,</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Oligschleger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Zeitschrift fur Naturforschung B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 71 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/znb-2015-0222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01295377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid parallelization of a multi-tree path search algorithm: Application to highly-flexible biomolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+                <w:t xml:space="preserve">Exhaustive exploration of the conformational landscape of small cyclic peptides using a robotics approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Jusot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dirk Stratmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Molloy</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Chomilier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parallel Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 58 (11), pp.2355-2368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.8b00375⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.parco.2018.06.005⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01823694v2</w:t>
+                <w:t xml:space="preserve">hal-01893751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The AEROARMS Project: Aerial Robots with Advanced Manipulation Capabilities for Inspection and Maintenance</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Konstantin Kondak</w:t>
+                <w:t xml:space="preserve">Hybrid parallelization of a multi-tree path search algorithm: Application to highly-flexible biomolecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Sibille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Parallel Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 77, pp.84-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parco.2018.06.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MRA.2018.2852789⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01870107v1</w:t>
+                <w:t xml:space="preserve">hal-01823694v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segmenting Proteins into Tripeptides to Enhance Conformational Sampling with Monte Carlo Methods</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The AEROARMS Project: Aerial Robots with Advanced Manipulation Capabilities for Inspection and Maintenance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anibal Ollero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillermo Heredia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Franchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluca Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantin Kondak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/molecules23020373⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Magazine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (4), pp.12-23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MRA.2018.2852789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01708710v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01870107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-angle scattering studies of intrinsically disordered proteins and their complexes</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Segmenting Proteins into Tripeptides to Enhance Conformational Sampling with Monte Carlo Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Denarie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Structural Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (2), pp.373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules23020373⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.sbi.2016.10.011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01391541v1</w:t>
+                <w:t xml:space="preserve">hal-01708710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Characterization of Highly Flexible Proteins by Small-Angle Scattering.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
+                <w:t xml:space="preserve">Small-angle scattering studies of intrinsically disordered proteins and their complexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiago N Cordeiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Herranz-Trillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annika N Urbanek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro N Estaña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-10-6038-0_7⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42, pp.15 - 23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sbi.2016.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01664316v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01391541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Path Planning in Complex Cost Spaces With Sampling-Based Algorithms</w:t>
+                <w:t xml:space="preserve">Structural Characterization of Highly Flexible Proteins by Small-Angle Scattering.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Devaurs</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Tiago N Cordeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Herranz-Trillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annika N Urbanek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro N Estaña</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TASE.2015.2487881⟩</w:t>
+              <w:t xml:space="preserve">Advances in Experimental Medicine and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.PP.107-129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-6038-0_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01231482v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01664316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Foreword on special issue on robotics methods for structural and dynamic modeling of molecular systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Optimal Path Planning in Complex Cost Spaces With Sampling-Based Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Devaurs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jinalin Chen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574716000370⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Automation Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 13 (2), pp.415-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TASE.2015.2487881⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01942773v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01231482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing Energy Landscapes of Peptides using a Combination of Stochastic Algorithms</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId227" w:history="1">
+                <w:t xml:space="preserve">Foreword on special issue on robotics methods for structural and dynamic modeling of molecular systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Tapia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amarda Shehu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jinalin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on NanoBioscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34 (08), pp.1677-1678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574716000370⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01143833v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01942773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MoMA-LigPath: A web server to simulate protein-ligand unbinding</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+                <w:t xml:space="preserve">Characterizing Energy Landscapes of Peptides using a Combination of Stochastic Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amarda Shehu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on NanoBioscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 14 (5), pp. 545-552</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00843321v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01143833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling protein conformational transitions by a combination of coarse-grained normal mode analysis and robotics-inspired methods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">MoMA-LigPath: A web server to simulate protein-ligand unbinding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Devaurs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Bouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Zanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Structural Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1472-6807-13-S1-S2⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, vol. 41, pp. 297-302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gkt380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01980925v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00843321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallelizing RRT on large-scale distributed-memory architectures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Modeling protein conformational transitions by a combination of coarse-grained normal mode analysis and robotics-inspired methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Vaisset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TRO.2013.2239571⟩</w:t>
+              <w:t xml:space="preserve">BMC Structural Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (Suppl 1), pp.S2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1472-6807-13-S1-S2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00861579v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01980925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thumb-loops up for catalysis: a structure/function investigation of a functional loop movement in a GH11 xylanase</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Parallelizing RRT on large-scale distributed-memory architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Devaurs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Vinh Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 29 (2), pp. 571-579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TRO.2013.2239571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5936/csbj.201207001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01267831v1</w:t>
+                <w:t xml:space="preserve">hal-00861579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion planning algorithms for molecular simulations: A survey</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Thumb-loops up for catalysis: a structure/function investigation of a functional loop movement in a GH11 xylanase</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Paës</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Juan Cortés</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael O'Donohue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinh Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Science Review</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Computational and Structural Biotechnology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1 (2), pp.e201207001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5936/csbj.201207001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01982596v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01267831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rigid-CLL: Avoiding constant-distance computations in cell linked-lists algorithms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Motion planning algorithms for molecular simulations: A survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. M Porta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Computer Science Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 6 (4), pp.125-143</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02573424v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01982596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Encoding Molecular Motions in Voxel Maps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Rigid-CLL: Avoiding constant-distance computations in cell linked-lists algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Ruiz de Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Thierry Simeon</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M Porta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/ACM Transactions on Computational Biology and Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 33 (3), pp.294-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcc.21974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TCBB.2010.23⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02652128v2</w:t>
+                <w:t xml:space="preserve">hal-02573424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing systematic protein-protein docking methods using ray casting: Application to ATTRACT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 79 (11), pp.3037-3049. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/prot.23127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01982609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A randomized tree construction algorithm to explore energy landscapes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Encoding Molecular Motions in Voxel Maps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Erard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jcc.21931⟩</w:t>
+              <w:t xml:space="preserve">IEEE/ACM Transactions on Computational Biology and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8 (2), pp.557-563. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TCBB.2010.23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894030v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02652128v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A mixed molecular modeling-robotics approach to investigate lipase large molecular motions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Monsan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Siméon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 79 (8), pp.2517-2529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/prot.23075⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02651861v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating ligand-induced conformational changes in proteins using a mechanical disassembly method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A randomized tree construction algorithm to explore energy landscapes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc J Corcho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan J Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 32 (16), pp.3464 - 3474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jcc.21931⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986237v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling-Based Path Planning on Configuration-Space Costmaps</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Simulating ligand-induced conformational changes in proteins using a mechanical disassembly method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Thanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Iehl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 26 (4), pp.635-646</w:t>
+              <w:t xml:space="preserve">Physical Chemistry Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 12 (29), pp.8268</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986202v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of Lipase Enantioselectivity by Engineering the Substrate Binding Site and Access Channel</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Sampling-Based Path Planning on Configuration-Space Costmaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26 (4), pp.635-646</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986285v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An NMA-guided path planning approach for computing large-amplitude conformational changes in proteins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Control of Lipase Enantioselectivity by Engineering the Substrate Binding Site and Access Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lafaquière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Puech-Guenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guieysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/prot.21570⟩</w:t>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (17), pp.2760-2771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cbic.200900439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987938v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Structure-Controlled Investigation of Lipase Enantioselectivity by a Path-Planning Approach</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">An NMA-guided path planning approach for computing large-amplitude conformational changes in proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Kirillova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alin Stefaniu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ChemBioChem</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cbic.200700548⟩</w:t>
+              <w:t xml:space="preserve">Proteins - Structure, Function and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 70 (1), pp.131-143. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/prot.21570⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01986375v1</w:t>
+                <w:t xml:space="preserve">hal-01987938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disassembly Path Planning for Complex Articulated Objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 24 (2), pp.475-481</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01987955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A path planning approach for computing large-amplitude motions of flexible molecules</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A Structure-Controlled Investigation of Lipase Enantioselectivity by a Path-Planning Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guieysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Magali Remaud Simeon</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Puech-Guenot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Barbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lafaquière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ChemBioChem</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 9 (8), pp.1308-1317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cbic.200700548⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bti1017⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01988625v1</w:t>
+                <w:t xml:space="preserve">hal-01986375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manipulation Planning with Probabilistic Roadmaps</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">A path planning approach for computing large-amplitude motions of flexible molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vicente Ruiz de Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Guieysse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Remaud Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 21 (Suppl 1), pp.i116-i125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/bti1017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01987879v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01988625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manipulation Planning with Probabilistic Roadmaps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Laumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Cortés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Sahbani</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The International Journal of Robotics Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 23 (7-8), pp.729-746</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01987879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Geometric algorithms for the conformational analysis of long protein loops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Remaud Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 25 (7), pp.956-967. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jcc.20021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01987902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9576,51 +9710,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay Between Intrinsically Disordered Proteins and Atomically Precise Gold Nanoclusters Modulates their Optical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9672,494 +9806,494 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Bouanchaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05268234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afflecto: A Web Server to Generate Conformational Ensembles of Flexible Proteins from Alphafold Models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matyas Pajkos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilinka Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pau Bernado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Note on learning sensitivity metrics for a quadrotor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smail Ait Bouhsain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-clustering Inference under Dependence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier González-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathis Deronzier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Neuvial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250364v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learned Sensitivity Metrics for Robust and Accurate Motion Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04027078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10169,4289 +10303,4289 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learned Uncertainty Tubes via Recurrent Neural Networks for Planning Robust Robot Motions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smail Ait Bouhsain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th European Conference on Artificial Intelligence (ECAI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Santiago de Compostela, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04636454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AI-powered de novo design of miniprotein binders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosynsys 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Sensitivity-Aware Motion Planner (SAMP) to Generate Intrinsically-Robust Trajectories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03808933v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Design of miniprotein binders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques du GDR ChemBio</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computational Design of miniprotein binders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Ruffini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GGMM 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Villeneuve d’Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04223596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A case study of automated dual-arm manipulation in industrial applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Solana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Herrero Cueva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alvaro Rubio Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Martinez Calvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urko Esnaola Campos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24th IEEE International Conference on Emerging Technologies and Factory Automation (ETFA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Zaragoza, Spain. pp.563-570, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ETFA.2019.8869209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Robot Path Planning with Maintenance of Generalized Connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Solana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Furci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Franchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE 1st International Symposium on Multi-Robot and Multi-Agent Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Los Angeles, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01658557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining System Design and Path Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Denarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Molloy</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on the Algorithmic Foundations of Robotics (WAFR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01364042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancing sampling-based kinodynamic motion planning for quadrotors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Alami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01231717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Reinforcement Learning Approach to Protein Loop Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Buhours</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Molloy</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étienne Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Hamburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01206128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planning agile motions for quadrotors in constrained environments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Alami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Chicago, United States. 6p., </w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IROS.2014.6942564⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01187138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient sampling-based approaches to optimal path planning in complex cost spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on the Algorithmic Foundations of Robotics (WAFR)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Istanbul, Turkey. pp.16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01062970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling-based methods for a full characterization of energy landscapes of small peptides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amarda Shehu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Bioinformatics and Biomedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Belfast, United Kingdom. 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01070405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-tree extension of the Transition-based RRT: Application to ordering-and-pathfinding problems in continuous cost spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Chicago, United States. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01057030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multi-tree approach to compute transition paths on energy landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop on Artificial Intelligence and Robotics Methods in Computational Biology, AAAI '13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Bellevue, United States. pp. 8-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motion planning for 6-D manipulation with aerial towed-cable systems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+                <w:t xml:space="preserve">Enhancing the Transition-based RRT to deal with complex cost spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics: Science and Systems (RSS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Berlin, Germany. 8p</w:t>
+              <w:t xml:space="preserve">Proc. IEEE ICRA '13</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Karlsruhe, Germany. pp. 4105-4110</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00872234v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing the Transition-based RRT to deal with complex cost spaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId223" w:history="1">
+                <w:t xml:space="preserve">Motion planning for 6-D manipulation with aerial towed-cable systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montserrat Manubens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lluis Ros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. IEEE ICRA '13</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Karlsruhe, Germany. pp. 4105-4110</w:t>
+              <w:t xml:space="preserve">Robotics: Science and Systems (RSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Berlin, Germany. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00872224v1</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A motion planning approach to 6-D manipulation with aerial towed-cable systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montserrat Manubens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Devaurs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lluis Ros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Micro Air Vehicle Conference and Flight Competition (IMAV '13)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Toulouse, France. 8p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00872262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costmap planning in high dimensional configuration spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Iehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ASME International Conference on Advanced Intelligent Mechatronics (AIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Kachsiung, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01982586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coarse-grained elastic networks, normal mode analysis and robotics-inspired methods for modeling protein conformational transitions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Al Bluwi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Bioinformatics and Biomedicine Workshops</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2012, Philadelphia, United States. pp.40-47, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/BIBMW.2012.6470359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01981799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parallelizing RRT on distributed-memory architectures</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Planning human-aware motions using a sampling-based costmap planner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jim Mainprice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrah Akin Sisbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léonard Jaillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Alami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proc. IEEE ICRA '11</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Shanghai, China. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICRA.2011.5980048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00872218v1</w:t>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01976227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Planning human-aware motions using a sampling-based costmap planner</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Parallelizing RRT on distributed-memory architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Devaurs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Simeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2011)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Proc. IEEE ICRA '11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Shanghai, China. pp. 2261-2266</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01976227v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00872218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finding enveloping grasps by matching continuous surfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Saut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sidobre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Shangai, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01985779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thumb-loops up for catalysis: a structure/function investigation of a functional loop movement in a GH-11 xylanase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Paës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinh Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomass-derived Pentoses : from Biotechnology to Fine Chemistry 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2010, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02822653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planning pick-and-place tasks with two-hand regrasping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Saut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mokhtar Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Sidobre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Taipei, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupling robotics and molecular modelling techniques to understand putative functional motion of the thumb-loop in GH-11 xylanase from Thermobacillus xylanilyticus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Paës</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael O'Donohue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinh Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lignobiotech One - 2010: 1. Symposium on Biotechnology Applied to Lignocelluloses (Lignobiotech One)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Fractionnement des AgroRessources et Environnement (0614)., Mar 2010, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02815698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roadmap composition for multi-arm systems path planning</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">A path planning approach to (dis)assembly sequencing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Duc Thanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, St. Louis, United States. pp.2471-2476</w:t>
+              <w:t xml:space="preserve">2009 IEEE International Conference on Automation Science and Engineering (CASE 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, Bangalore, India. pp.286-291</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986305v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A path planning approach to (dis)assembly sequencing</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Roadmap composition for multi-arm systems path planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mokhtar Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE International Conference on Automation Science and Engineering (CASE 2009)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, Bangalore, India. pp.286-291</w:t>
+              <w:t xml:space="preserve">2009 IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, St. Louis, United States. pp.2471-2476</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986320v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01986305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encoding molecular motions in voxels maps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Erard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Siméon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2009, Kobe, Japan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ROBOT.2009.5152248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A sampling-based path planner for dual-arm manipulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mokthar Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2008 IEEE/ASME International Conference on Advanced Intelligent Mechatronics (AIM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Xian, China. pp.383-388</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transition-based RRT for path planning in continuous cost spaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2008 IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Nice, France. pp.2145-2150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disassembly path planning for objects with articulated parts.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Workshop on Intelligent Assembly and Disassembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01989229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular Disassembly With Rrt-Like Algorithms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léonard Jaillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 IEEE International Conference on Robotics and Automation (ICRA'07)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2007, Rome, Italy. pp.3301-3306</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01987923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disassembly path planning for complex articulated objects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC Workshop on Intelligent Assembly and Disassembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Alicante, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01993265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BioCD : An efficient algorithm for self-collision and distance computation between highly articulated molecular models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vicente Ruiz de Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics : Science and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2005, Cambridge, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Probabilistic Motion Planning for Parallel Mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA'2003)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, Taipei, Taiwan. pp.4354-4359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01052999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Random Loop Generator for Planning the Motions of Closed Kinematic Chains using PRM Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laumond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2002 IEEE International Conference on Robotics and Automation (ICRA 2002)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, Washington, United States. pp.2141-2146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A probabilistic algorithm for manipulation planning under continuous grasps and placements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Sahbani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IROS 2002: IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, Lausanne, Switzerland. pp.1560-1565</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A manipulation planner for pick and place operations under continuous grasps and placements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Sahbani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laumond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2002 IEEE International Conference on Robotics and Automation (ICRA 2002)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2002, Washington, United States. pp.2022-2027</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computer Aided Motion: Move3D within MOLOG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laumond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl van Geem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Robotics and Automation (ICRA 2001)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2001, Seoul, South Korea. pp.1494-1499</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01993293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14461,137 +14595,137 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AI-powered de novo design of miniprotein binders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Younes Bouchiba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Schiex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biosynsys</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14601,850 +14735,850 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-resolution Imaging of Glycans by Scanning Tunnelling Microscopy Enabled by Electrospray Ion Beam Deposition (ESIBD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan Rauschenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marko Grabarics</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Delbianco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Schön</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Weston B Struwe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Glycoprotein Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Royal Society of Chemistry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Chapitre 13 (pp.329-354), 2024, New Developments in Mass Spectrometry, 978-1839163944. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/9781839166433-00329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04928742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling-Based Tree Planners (RRT, EST, and Variations)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.1-9, 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-41610-1_170-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03165054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining System Design and Path Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Denarie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Molloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Molloy</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Marc Vaisset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Goldberg K., Abbeel P., Bekris K., Miller L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithmic Foundations of Robotics XII</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 13, , pp.112-127, 2020, Springer Proceedings in Advanced Robotics, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-43089-4_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02571707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial Robotic Manipulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.317-332, 2019, 978-3-030-12945-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-12945-3_23⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining Assembly Planning and Geometric Task Planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Lallement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mamoun Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Boeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Alami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anibal Ollero; Bruno Siciliano. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerial Robotic Manipulation. Research, Development and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 129, Springer, pp.299-316, 2019, Springer Tracts in Advanced Robotics, 978-3-030-12945-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-12945-3_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02191294v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampling-Based Motion Planning under Kinematic Loop-Closure Constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithmic Foundations of Robotics VI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.75-90, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01987883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A General Manipulation Task Planner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Sahbani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Laumond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Algorithmic Foundations of Robotics V. Springer Tracts in Advanced Robotics.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.311-327, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01988619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15454,302 +15588,302 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WARIO: Weighted families of contact maps to characterize conformational ensembles of (highly-) flexible proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier González-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">WASCO: A Wasserstein-based statistical tool to compare conformational ensembles of intrinsically disordered proteins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier González-Delgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LS2P: Local Structural Propensity Predictor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Estaña</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Zanon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId389" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:9c6afcb559711df1cc4407d7fbfd5405cb23762a;origin=https://hal.archives-ouvertes.fr/hal-04703680;visit=swh:1:snp:b7ab5ca270a92ca3e09d683b223abc6d63999835;anchor=swh:1:rel:c5e8314c07ab053e6452187b6df8ced75880c27a;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04703680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15759,143 +15893,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Motion Planning and Accuracy Optimization based on Learned Sensitivity Metric (Video)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Wasiela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Robuffo Giordano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Simeon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15905,91 +16039,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithmics of motion: From robotics, through structural biology, toward atomic-scale CAD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Robotics [cs.RO]. Universite Toulouse III Paul Sabatier, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01110545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15999,114 +16133,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motion planning algorithms for general closed-chain mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Cortés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Institut National Polytechnique de Toulouse - INPT, 2003. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2003INPT046H⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00011002v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId394"/>
+      <w:footerReference w:type="default" r:id="rId400"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16174,51 +16308,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6FDB1658"/>
+    <w:nsid w:val="566F93D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16405,51 +16539,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/juan-cortes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4660-0306" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07673658X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-7545-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485102v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kumanski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ayed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fournet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouanchaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502991" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05113237v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gonz&#225;lez-Delgado" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Bernad&#243;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cort&#233;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2503264122" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340323v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rapacioli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zanon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c04941" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04959947v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;ty&#225;s Pajkos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinka Clerc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2025.169003" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095724v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Margerit" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Maugis-Rabusseau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0267668" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224771v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Orand" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Delaforge" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Tengo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Herrmann" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202503987" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04664324v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01559B" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04749226v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btae627" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04517230v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c01981" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636547v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Wasiela" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cognetti" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Robuffo Giordano" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simeon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3468149" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04085383v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Elena-Real" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Urbanek" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xamuel Lund" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Morat&#243;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Sagar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2023.04.003" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04056662v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kresten Lindorff-Larsen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2023.168053" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04010855v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Rossi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tognon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ballotta" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2023.110941" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04052774v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Elena-Real" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matija Popovic" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-023-00920-0" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369795v3" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gonz&#225;lez-Sanz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJS2135" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04247201v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charpentier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16100476" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03767342v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Gon&#231;alves-Kulik" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kastano" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081098" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03817247v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Andriyevsky" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.220436" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03326493v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barozet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Molloy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vaisset" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab584" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03826233v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2022.107907" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03748086v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A E Jim&#233;nez-Cano" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Sanalitro" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tognon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franchi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cort&#233;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01668-3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03778766v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Andrade-Navarro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac610" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03767337v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gonz&#225;lez-Foutel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Glavina" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Borcherds" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Safranchik" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barrera-Vilarmau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-022-00811-w" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03664826v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jimenez Cano" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Franchi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3176457" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03161535v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanuja Joshi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surbhi Garg" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Esta&#241;a" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2021.02.114" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221838v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/gzab011" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03318652v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chac&#243;n" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crstbi.2021.07.002" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03372120v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Pelus" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bordes" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Burnard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1bm01156a" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02947409v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bianciotto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Minoux" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.26008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03281983v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Barducci" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sibille" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2021.06.031" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02170909v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Schenato" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2924413" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02893075v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika N Urbanek" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro N Esta&#241;a" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2020.04.008" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02460422v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor J Savino" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2969930" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02289207v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz684" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03436420v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02545935v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c02263" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02920302v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mouhand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2020.07.026" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943616v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mignon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.8b00510" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01910343v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes A Tello Ch&#225;vez" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Gasparin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sabl&#233;" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bicego" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2895880" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02146428v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Abb" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Harnau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201901340" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01834414v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Denarie" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364918783054" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02080026v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Ghallab" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24061150" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954977v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2018.10.016" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02370437v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA06764G" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01823695v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2018.06.002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01704127v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Cataldi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Amadeus A Tello Chavez" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Antonelli" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2018.2803206" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01893751v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jusot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Stratmann" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chomilier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.8b00375" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295377v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sch&#246;n," TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oligschleger" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/znb-2015-0222" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01823694v2" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2018.06.005" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01870107v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Ollero" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Heredia" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Kondak" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2852789" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01708710v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Al Bluwi" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23020373" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01391541v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago N Cordeiro" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Herranz-Trillo" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbi.2016.10.011" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01664316v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-6038-0_7" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231482v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Devaurs" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2015.2487881" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942773v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Tapia" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarda Shehu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinalin Chen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574716000370" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143833v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843321v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bouard" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt380" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01980925v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-13-S1-S2" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861579v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2013.2239571" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267831v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Tran" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5936/csbj.201207001" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982596v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02573424v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ruiz de Angulo" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Porta" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21974" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02652128v2" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Erard" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2010.23" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982609v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Li" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.23127" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01894030v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Jaillet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc J Corcho" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J P&#233;rez" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21931" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02651861v2" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Monsan" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sim&#233;on" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.23075" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986237v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Thanh Le" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Iehl" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986202v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986285v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafaqui&#232;re" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Puech-Guenot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guieysse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200900439" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987938v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Kirillova" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Stefaniu" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.21570" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986375v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200700548" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1NK7CGCN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987955v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988625v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Ruiz de Angulo" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Remaud Simeon" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bti1017" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987879v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laumond" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sahbani" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987902v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tran" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.20021" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268234v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865745v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matyas Pajkos" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Bernado" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04642304v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Ait Bouhsain" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04250364v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Deronzier" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04027078v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636454v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04787310v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03808933v2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223586v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223596v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ruffini" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02327826v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Solana" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Herrero Cueva" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Rubio Garcia" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Martinez Calvo" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urko Esnaola Campos" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA.2019.8869209" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01658557v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Furci" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01364042v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231717v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boeuf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206128v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buhours" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Ferr&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187138v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942564" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062970v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070405v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057030v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872247v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872234v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Manubens" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Ros" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872224v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872262v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982586v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01981799v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIBMW.2012.6470359" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872218v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976227v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Mainprice" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrah Akin Sisbot" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5980048" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01985779v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Saut" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822653v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986173v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Gharbi" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815698v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986305v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986320v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296471v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sim&#233;on" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152248" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986353v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokthar Gharbi" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986342v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01989229v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987923v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01993265v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988238v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052999v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988698v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988686v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988694v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01993293v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl van Geem" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04787355v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928742v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Rauschenbach" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Grabarics" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Delbianco" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/2232/chapter-abstract/8162276/High-resolution-Imaging-of-Glycans-by-Scanning?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839166433-00329" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03165054v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007%2F978-3-642-41610-1_170-1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41610-1_170-1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02571707v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43089-4_8" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191300v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_23" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191294v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lallement" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoun Gharbi" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_22" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987883v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988619v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753382v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04703769v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04703680v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9c6afcb559711df1cc4407d7fbfd5405cb23762a;origin=https://hal.archives-ouvertes.fr/hal-04703680;visit=swh:1:snp:b7ab5ca270a92ca3e09d683b223abc6d63999835;anchor=swh:1:rel:c5e8314c07ab053e6452187b6df8ced75880c27a;path=/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04642257v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01110545v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011002v2" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003INPT046H" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/juan-cortes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4660-0306" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07673658X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-7545-2019" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485102v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Rodriguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Kumanski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ayed" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fournet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Bouanchaud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202502991" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05553030v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamidreza Ghafouri" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavel Kade&#345;&#225;vek" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Melo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Cristina Aspromonte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Bernad&#243;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-026-03003-2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-05113237v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gonz&#225;lez-Delgado" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Mier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Cort&#233;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2503264122" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05340323v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Milia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Rapacioli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Zanon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Tarrat" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c04941" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04959947v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#225;ty&#225;s Pajkos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinka Clerc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2025.169003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05095724v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Margerit" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Maugis-Rabusseau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0267668" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224771v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Orand" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Delaforge" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Tengo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torsten Herrmann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/advs.202503987" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04517230v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c01981" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04664324v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP01559B" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04749226v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btae627" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636547v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Wasiela" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cognetti" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Robuffo Giordano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Simeon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2024.3468149" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04085383v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Elena-Real" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika Urbanek" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xamuel Lund" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Morat&#243;" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Sagar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2023.04.003" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04056662v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kresten Lindorff-Larsen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2023.168053" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04010855v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrica Rossi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tognon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Ballotta" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Carli" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.automatica.2023.110941" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04052774v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A Elena-Real" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matija Popovic" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-023-00920-0" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04247201v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Charpentier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a16100476" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369795v3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Gonz&#225;lez-Sanz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1214/23-EJS2135" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03326493v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Barozet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Molloy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vaisset" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fauret" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btab584" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03817247v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bohdan Andriyevsky" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.220436" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03767342v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariane Gon&#231;alves-Kulik" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kastano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom12081098" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03826233v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsb.2022.107907" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03778766v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Andrade-Navarro" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac610" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03748086v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A E Jim&#233;nez-Cano" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dario Sanalitro" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tognon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Franchi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cort&#233;s" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10846-022-01668-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03767337v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicol&#225;s Gonz&#225;lez-Foutel" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Glavina" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Borcherds" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mat&#237;as Safranchik" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Barrera-Vilarmau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41594-022-00811-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03664826v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Jimenez Cano" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Franchi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2022.3176457" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03221838v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouchiba" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Schiex" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Barbe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/protein/gzab011" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03318652v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Chac&#243;n" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crstbi.2021.07.002" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03372120v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeline Pelus" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bordes" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Callum Burnard" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1bm01156a" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03161535v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanuja Joshi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surbhi Garg" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Esta&#241;a" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2021.02.114" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02947409v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bianciotto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Minoux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.26008" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03281983v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Barducci" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sibille" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csbj.2021.06.031" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02460422v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heitor J Savino" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2969930" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02893075v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annika N Urbanek" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro N Esta&#241;a" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2020.04.008" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02170909v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Schenato" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCSYS.2019.2924413" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02289207v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz684" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03436420v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02545935v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.0c02263" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02920302v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assia Mouhand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2020.07.026" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01910343v2" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes A Tello Ch&#225;vez" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Gasparin" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Sabl&#233;" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Bicego" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2019.2895880" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01943616v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mignon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.8b00510" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01834414v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Denarie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364918783054" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02080026v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Ghallab" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24061150" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02146428v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Abb" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludger Harnau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201901340" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01954977v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.str.2018.10.016" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02370437v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9RA06764G" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01823695v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.imlet.2018.06.002" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01704127v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabetta Cataldi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermes Amadeus A Tello Chavez" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Antonelli" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2018.2803206" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295377v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sch&#246;n," TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Oligschleger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/znb-2015-0222" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01893751v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Jusot" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Stratmann" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Chomilier" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.8b00375" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01823694v2" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2018.06.005" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01870107v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anibal Ollero" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Heredia" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantin Kondak" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MRA.2018.2852789" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01708710v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Al Bluwi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules23020373" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01391541v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago N Cordeiro" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Herranz-Trillo" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sbi.2016.10.011" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01664316v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-6038-0_7" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231482v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Devaurs" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TASE.2015.2487881" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01942773v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Tapia" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarda Shehu" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinalin Chen" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574716000370" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143833v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843321v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bouard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkt380" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01980925v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6807-13-S1-S2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861579v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TRO.2013.2239571" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267831v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pa&#235;s" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Donohue" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinh Tran" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5936/csbj.201207001" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982596v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02573424v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ruiz de Angulo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M Porta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21974" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982609v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Li" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.23127" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02652128v2" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Erard" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCBB.2010.23" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02651861v2" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Monsan" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Sim&#233;on" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.23075" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01894030v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onard Jaillet" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc J Corcho" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J P&#233;rez" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.21931" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986237v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Duc Thanh Le" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Iehl" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986202v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986285v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lafaqui&#232;re" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Puech-Guenot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Guieysse" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200900439" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987938v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Kirillova" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Stefaniu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/prot.21570" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987955v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986375v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.200700548" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1NK7CGCN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988625v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Ruiz de Angulo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Remaud Simeon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/bti1017" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987879v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Laumond" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Sahbani" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987902v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tran" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.20021" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05268234v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865745v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matyas Pajkos" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pau Bernado" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04642304v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Ait Bouhsain" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04250364v2" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Deronzier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04027078v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04636454v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04787310v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03808933v2" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223586v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04223596v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ruffini" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02327826v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Solana" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Herrero Cueva" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alvaro Rubio Garcia" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Martinez Calvo" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urko Esnaola Campos" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA.2019.8869209" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01658557v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Furci" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01364042v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231717v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Boeuf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Alami" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01206128v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Buhours" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Ferr&#233;" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187138v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2014.6942564" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062970v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070405v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057030v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872247v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872224v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872234v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Manubens" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lluis Ros" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872262v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01982586v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01981799v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BIBMW.2012.6470359" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01976227v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim Mainprice" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrah Akin Sisbot" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRA.2011.5980048" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00872218v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01985779v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Saut" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Sidobre" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02822653v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986173v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Gharbi" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815698v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986320v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986305v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296471v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Sim&#233;on" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2009.5152248" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986353v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokthar Gharbi" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01986342v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01989229v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987923v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01993265v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988238v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01052999v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988698v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988686v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988694v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01993293v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl van Geem" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-04787355v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04928742v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan Rauschenbach" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marko Grabarics" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Delbianco" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sch&#246;n" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.rsc.org/books/edited-volume/2232/chapter-abstract/8162276/High-resolution-Imaging-of-Glycans-by-Scanning?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781839166433-00329" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-03165054v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007%2F978-3-642-41610-1_170-1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-41610-1_170-1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02571707v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-43089-4_8" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191300v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_23" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02191294v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Lallement" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamoun Gharbi" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-12945-3_22" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01987883v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01988619v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753382v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04703769v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04703680v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:9c6afcb559711df1cc4407d7fbfd5405cb23762a;origin=https://hal.archives-ouvertes.fr/hal-04703680;visit=swh:1:snp:b7ab5ca270a92ca3e09d683b223abc6d63999835;anchor=swh:1:rel:c5e8314c07ab053e6452187b6df8ced75880c27a;path=/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-04642257v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01110545v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011002v2" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003INPT046H" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>