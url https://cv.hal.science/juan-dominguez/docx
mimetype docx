--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -511,568 +511,568 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05051893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économies d'eau en irrigation : quelques solutions techniques proposées par les entreprises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Irrigation efficiency and optimization: the Optirrig model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cheviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">C. Serra Wittling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madlop Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 34, pp.78-81. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.5.14⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 34 bis, pp.66-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.4.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03405822v1</w:t>
+                <w:t xml:space="preserve">hal-03432324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Round Table Discussion - What place for irrigation in France and in Europe in the future?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bouarfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 34 bis, pp.24-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.4.04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficience et optimisation de l'irrigation : le modèle Optirrig</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Serra Wittling</w:t>
+                <w:t xml:space="preserve">Économies d'eau en irrigation : quelques solutions techniques proposées par les entreprises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 34, pp.66-71. </w:t>
+              <w:t xml:space="preserve">, 2020, 34, pp.78-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.5.12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.5.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03405252v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03405822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus - Water savings in irrigation: some technical solutions available from companies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficience et optimisation de l'irrigation : le modèle Optirrig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Cheviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">C. Serra Wittling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madlop Lo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 34 bis, pp.78-81. </w:t>
+              <w:t xml:space="preserve">, 2020, 34, pp.66-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.4.14⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.5.12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432621v1</w:t>
+                <w:t xml:space="preserve">hal-03405252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irrigation efficiency and optimization: the Optirrig model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Serra Wittling</w:t>
+                <w:t xml:space="preserve">Focus - Water savings in irrigation: some technical solutions available from companies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 34 bis, pp.66-71. </w:t>
+              <w:t xml:space="preserve">, 2020, 34 bis, pp.78-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.4.12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2020.4.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03432324v1</w:t>
+                <w:t xml:space="preserve">hal-03432621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1116,51 +1116,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Serra Wittling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan David Dominguez Bohorquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Molle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bouarfa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1872,51 +1872,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E7BFFF5F"/>
+    <w:nsid w:val="03504D6B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2103,51 +2103,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/juan-dominguez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4058-2588" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05120144v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Dominguez Bohorquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wittling" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim F&#233;lix-Faure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2025.2517183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050495v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Dominguez-Bohorquez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheviron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Urruty" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy15020299" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051893v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.45.8140" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405822v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.5.14" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03429176v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.04" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405252v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serra Wittling" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlop Lo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.5.12" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432621v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.14" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432324v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.12" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Serra Wittling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.01" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473936v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Catel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Elamri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1373.5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770779v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04151168v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Breton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pares" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05523274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le Leauthaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/juan-dominguez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0006-4058-2588" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05120144v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Dominguez Bohorquez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Wittling" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jim F&#233;lix-Faure" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Brauman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bouarfa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03650340.2025.2517183" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05050495v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan David Dominguez-Bohorquez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Cheviron" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Urruty" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agronomy15020299" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051893v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2024.45.8140" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432324v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Serra Wittling" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Molle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madlop Lo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.12" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03429176v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.04" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405822v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.5.14" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405252v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.5.12" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03432621v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.14" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03355265v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Serra Wittling" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2020.4.01" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04473936v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Catel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delmas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Elamri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1373.5" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770779v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richert" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04151168v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Guillot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Breton" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Pares" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05523274v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Leenhardt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cryst&#232;le Leauthaud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Loubier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>