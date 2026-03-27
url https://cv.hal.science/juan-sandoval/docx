--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,7438 +66,7546 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intuitive Physical Interaction in Macro-Mini Robotic Assistance via a Continuum Parallel Robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arda Yigit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Briot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20th International Symposium on ADVANCES IN ROBOT KINEMATICS (ARK2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2026, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546758v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geometrical design analysis of a URRR-URR parallel mechanism for percutaneous interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Gaitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MESROB 2025, the 9th International Workshop on New Trends in Medical and Service Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinematic Modeling and Task-Based Design of a URRR-URR Parallel Mechanism for Percutaneous Interventions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Gaitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Caro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ASME 2025 International Design Engineering Technical Conferences and Computers and Information in Engineering Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2025, Anaheim, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05392683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robot-assisted simulator for epidural anesthesia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Gaitan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Philippe Robet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Aoustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th IFToMM International Workshop on New trends in Medical and Service Robotics (MesRob'25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFTOMM; Institut Pprime; CNRS; Université de Poitiers, Jul 2025, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05051877v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virtual Forward Dynamics Models Applied to Orbital Robotics Scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohatashem Reyaz Makhdoomi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivek Muralidharan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Olivares-Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carol Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Robotics Forum 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Rimini, France. pp.164-169, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-76424-0_30⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05339169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design Optimization and Dynamic Control of a 3-d.o.f. Planar Cable-Driven Parallel Robot for Upper Limb Rehabilitation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanen El Golli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Medical and Service Robots (MESROB 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Bâle, Switzerland. pp.27-37, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-76147-9_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Multi-robot Placement Based on Capability Map for Medical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amir Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Lahouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAAD 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Klagenfurt, Australia. pp.333-342, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-04870-8_39⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04246649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinematic Modelling of a Bioinspired Two Sections Serial Continuum Robot (SCR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RAAD 2022: Advances in Service and Industrial Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Klagenfurt, Autriche, Austria. pp.247-255, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-04870-8_29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of an 8-DoF Redundant Robotic Platform for Medical Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elie Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">MEDER 2021: Mechanism Design for Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Poitiers (FR), France. pp.297-304, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_31⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Reconfigurable 6-DoF Cable-Driven Parallel Robot with an Extended Rotational Workspace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadia Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFToMM Symposium on Mechanism Design for Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Poitiers, France. pp.322-331, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-75271-2_34⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04573909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Design of a Rehabilitation Four Cable-Driven Parallel Robot for Daily Living Activities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sebastián Sandoval Arévalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Conference on Robotics in Alpe-Adria-Danube Region</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Poitiers, France. pp.3-12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-48989-2_1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a Safe Physical Human-Robot Interaction for Tele-Operated System: Application to Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the 4th IFToMM Symposium on Mechanism Design for Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dipartimento Politecnico di Ingegneria e Architettura, Università degli Studi di Udine, Udine, Italy; Dipartimento di Ingegneria Meccanica e Civile, Università di Cassino e del Lazio Meridionale, Cassino, Italy, Sep 2018, Udine, Italy. pp.335-343, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00365-4_40⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04271555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design Process of a New Lighting Robotic Arm for Operating Room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Parmantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Magnain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFToMM Symposium on Mechanism Design for Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Udine, Italy. pp.310-317, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00365-4_37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02898366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Safety performance of a variable stiffness actuator for collaborative robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27th International Conference on Robotics in Alpe Adria Danube Region (RAAD2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Patras, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-00232-9_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robotisation d’un bras d’éclairage de bloc opératoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Parmantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Auxerre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinematic Design of a Lighting Robotic Arm for Operating Room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Parmantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Robotics and Mechatronics (IFToMM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Poitiers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Generalized Framework for Control of Redundant Manipulators in RA-MIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'Etude sur la TéléSANté, 6ème edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle Capteurs, Université d'Orléans, May 2017, Bourges, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01565004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collaborative Impedance Control of a Redundant Robot for Tele-operated MIS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7th Joint Workshop on New Technologies for Computer/Robot Assisted Surgery, CRAS 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975428v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A new kinematic formulation of the RCM constraint for redundant torque-controlled robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2017 IEEE International Conference on Intelligent Robots and Systems (IROS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Vancouver, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improved Dynamic Formulation for Decoupled Cartesian Impedance Control and RCM Constraint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 IEEE International Conference on Robotics and Automation (ICRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Stockholm, Sweden</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A predictive control approach and interactive GUI to enhance distal environment rendering during robotized tele-echograph</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Chiccoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Morette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE
+12th Intern. Conf. on BioInformatics &amp; BioEngineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Larnaca, Cyprus. pp.12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00777197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architectures bilatérales pour un système de télé-échographie robotisé avec retour d'effort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandoval Juan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Novales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vieyres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès National de la Recherche en IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00773355v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic modeling and task-based design of a URRR-URR parallel mechanism for percutaneous interventions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Gaitan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Caro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME Letters in Translational Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 2 (1), pp.011001. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4070147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05335367v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a 6-Degrees-of-Freedom Hybrid Interface Intended for Teleoperated Robotic Cervical Spine Surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alizée Koszulinski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17 (2), pp.021007. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/1.4065917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04717595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artificial intelligence in bioengineering: pioneering advances in medical robotics, imaging, and personalized therapeutics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> AIMS bioengineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 11 (4), pp.598--599. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3934/bioeng.2024027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05072236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robot base placement and tool mounting optimization based on capability map for robot-assistant camera holder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Lahouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 42 (8), pp.2489-2510. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0263574724000870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Use Validation of the Master Hybrid Haptic Device Dedicated to Remote Center-of-Motion Tasks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Majdi Meskini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amir Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssem Saafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12 (1), pp.80. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/machines12010080⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04464276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hybrid cable-driven parallel robot as a solution to the limited rotational workspace issue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Optimal Design and Experimental Validation of a Cable-Driven Parallel Robot for Movement Training of the Head–Neck Joint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Koszulinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotica</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574722000923⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (1), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics12010018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05016496v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neural-learning-enhanced Cartesian Admittance control of robot with moving RCM constraints</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Salih Ertug Ovur</w:t>
+                <w:t xml:space="preserve">A hybrid cable-driven parallel robot as a solution to the limited rotational workspace issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiaa Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Romdhane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 41 (4), pp.1231-1243. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0263574722001679⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 41 (3), pp.850-868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574722000923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04268392v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05016496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recent advancements in multimodal human–robot interaction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Neural-learning-enhanced Cartesian Admittance control of robot with moving RCM constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yunus Schmirander</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Elena Valderrama-Hincapié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salih Ertug Ovur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neurorobotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbot.2023.1084000⟩</w:t>
+              <w:t xml:space="preserve">Robotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 41 (4), pp.1231-1243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0263574722001679⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04439174v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04268392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Design and Experimental Validation of a Cable-Driven Parallel Robot for Movement Training of the Head–Neck Joint</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Recent advancements in multimodal human–robot interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiahao Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenguang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics12010018⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neurorobotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 17, pp.1084000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbot.2023.1084000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675186v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04439174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cable-Driven Parallel Robot Workspace Identification and Optimal Design Based on the Upper Limb Functional Rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelfattah Mlika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 19 (2), pp.390-402. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s42235-022-00162-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05483194v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theory, Applications, and Challenges of Cyber-Physical Systems 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Xiao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mingchuan Zhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Complexity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 2022, pp.1-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1155/2022/9861298⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comanipulation Robotic Platform for Spine Surgery with Exteroceptive Visual Coupling: Development and Experimentation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Experimental Validation of Light Cable-Driven Elbow-Assisting Device L-CADEL Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Ceccarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Bottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulio Rosati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4054550⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19 (2), pp.416-428. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s42235-021-00133-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03668039v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03865399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redundancy Exploitation of an 8-DoF Robotic Assistant for Doppler Sonography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giuseppe Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Actuators</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (2), pp.33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/act11020033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Validation of Light Cable-Driven Elbow-Assisting Device L-CADEL Design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Comanipulation Robotic Platform for Spine Surgery with Exteroceptive Visual Coupling: Development and Experimentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Koszulinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Vendeuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Giulio Rosati</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bionic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42235-021-00133-5⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (4), pp.041002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4054550⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03865399v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward Optimal Learning of the Gesture in Laparoscopic Surgery: Methodology and Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Cau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaël Arguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Breque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Huet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (5), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/jcm11051398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03596835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Biomimetic Method to Replicate the Natural Fluid Movements of Swimming Snakes to Design Aquatic Robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elie Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fosseries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Herrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomimetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, This article belongs to the Special Issue Biorobotics, 7 (4), pp.223. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/biomimetics7040223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04311299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards an Autonomous Robot-Assistant for Laparoscopy Using Exteroceptive Sensors: Feasibility Study and Implementation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Brèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Richer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 6 (4), pp.6473-6480. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/LRA.2021.3094644⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04079542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Torque Reduction of a Reconfigurable Spherical Parallel Mechanism Based on Craniotomy Experimental Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Brèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Robotics and Vibration Mechanics, 11 (14), pp.6534. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app11146534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05005852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-Based Design Approach: Development of a Planar Cable-Driven Parallel Robot for Upper Limb Rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (12), pp.5635. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app11125635⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04213815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensitivity Based Selection of an Optimal Cable-Driven Parallel Robot Design for Rehabilitation Purposes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Cobot with Prismatic Compliant Joint Intended for Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Guilhem</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.7. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics10010007⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics9010014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04571179v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03794224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cobot with Prismatic Compliant Joint Intended for Doppler Sonography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Deep Neural Network Approach in Robot Tool Dynamics Identification for Bilateral Teleoperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang Su</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wen Qi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenguang Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics9010014⟩</w:t>
+              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (2), pp.2943-2949. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LRA.2020.2974445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794224v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03790165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Neural Network Approach in Robot Tool Dynamics Identification for Bilateral Teleoperation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
+                <w:t xml:space="preserve">Sensitivity Based Selection of an Optimal Cable-Driven Parallel Robot Design for Rehabilitation Purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdaws Ennaiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelbadiâ Chaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sebastián Sandoval Arévalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Bennour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Robotics and Automation Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LRA.2020.2974445⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics10010007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03790165v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04571179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinematic Optimization of a Reconfigurable Spherical Parallel Mechanism for Robotic-Assisted Craniotomy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">On the Design of a Safe Human-Friendly Teleoperated System for Doppler Sonography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4044411⟩</w:t>
+              <w:t xml:space="preserve">Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (2), pp.29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/robotics8020029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02462213v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02332377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Design of a Safe Human-Friendly Teleoperated System for Doppler Sonography</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Kinematic Optimization of a Reconfigurable Spherical Parallel Mechanism for Robotic-Assisted Craniotomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yang Hsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Med Amine Laribi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/robotics8020029⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.4044411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332377v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02462213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collaborative framework for robot-assisted Minimally Invasive Surgery using a 7-DoF anthropomorphic robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Autonomous Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 106, pp.95-106. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.robot.2018.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Generalized framework for control of redundant manipulators in robot-assisted Minimally Invasive Surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 39 (3), pp.160-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safety-Enhanced Collaborative Framework for Tele-operated Minimally Invasive Surgery using a 7-DoF Torque-Controlled Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vieyres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giancarlo Ferrigno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Control, Automation and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 16 (6), pp.2915-2923. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12555-017-0486-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02284301v1</w:t>
-              </w:r>
-[...2512 lines deleted...]
-                <w:t xml:space="preserve">hal-00777197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis Study of Working Modes Within a Redundant Architecture for a Spherical Parallel Manipulator (SPM)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasser Enbaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moncef Ghiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zoubeir Tourki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 157, Springer Nature Switzerland, pp.209-219, 2024, Mechanisms and Machine Science, 978-3-031-59259-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-59257-7_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04931010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variable Stiffness Joint Implementation in a Mechanism for the Arm Rehabilitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Guadalupe Contreras-Calderón</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sandoval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Arsicault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eduardo Castillo-Castañeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Mechanism and Machine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 148, Springer Nature Switzerland, pp.612-619, 2023, Mechanisms and Machine Science, 978-3-031-45769-2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-45770-8_61⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robotic-Assisted Platform for Spinal Surgery: A Preliminary Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Térence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saïd Zeghloul; Med Amine Laribi; Marc Arsicault. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 102, Springer International Publishing, pp.192-198, 2021, Mechanisms and Machine Science, 978-3-030-75258-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-75259-0_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04573950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinematic and Force Experiments on Cadavers for the Specification of a Tele-Operated Craniotomy Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Terence Essomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chieh-Tsai Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Brèque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.447-454, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_51⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of an Ergonomic Contactless Master Device for a Teleoperation Platform</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Service and Industrial Robotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.421-429, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-19648-6_48⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02344498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomous Robot-Assistant Camera Holder for Minimally Invasive Surgery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.465-472, 2020, 978-3-030-30035-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_42⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02321750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Low-Cost 6-DoF Master Device for Robotic Teleoperation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Multi-objective Optimization of a Reconfigurable Spherical Parallel Mechanism for Tele-Operated Craniotomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terence Essomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sandoval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.473-480, 2020, 978-3-030-30035-7. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_43⟩</w:t>
+              <w:t xml:space="preserve">, pp.454-464, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02321686v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective Optimization of a Reconfigurable Spherical Parallel Mechanism for Tele-Operated Craniotomy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">A Low-Cost 6-DoF Master Device for Robotic Teleoperation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Med Amine Laribi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Said Zeghloul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robotics and Mechatronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.454-464, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_41⟩</w:t>
+              <w:t xml:space="preserve">, pp.473-480, 2020, 978-3-030-30035-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-30036-4_43⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02321769v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02321686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinematic Design of a Lighting Robotic Arm for Operating Room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Nouaille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Poisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Parmantier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computational Kinematics Proceedings of the 7th International Workshop on Computational Kinematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 50, pp.44-52, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02137272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suspension de Plafond à cinématique améliorée pour porter une pièce d’équipement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Poisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Nouaille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sébastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Magnain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Parmantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: BR-27301, French patent 1662777. 2018, N° publication 3 060 704</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01975040v1</w:t>
-              </w:r>
-[...138 lines deleted...]
-                <w:t xml:space="preserve">hal-02137272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la commande en couple de robots redondants avec contrainte de RCM dans un contexte d'interaction physique humain-robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Sebastian Sandoval Arevalo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre. Université d'Orléans, 2017. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2017ORLE2064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02001865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId190"/>
+      <w:footerReference w:type="default" r:id="rId193"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7644,51 +7752,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335367v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gaitan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070147" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717595v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Koszulinski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4065917" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072236v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Qi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/bioeng.2024027" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745397v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Trabelsi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Mlika" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lahouar" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724000870" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464276v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Meskini" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Saafi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines12010080" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016496v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdaws Ennaiem" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadiaa Chaker" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Romdhane" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722000923" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268392v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunus Schmirander" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elena Valderrama-Hincapi&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Ertug Ovur" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001679" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439174v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahao Chen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Yang" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2023.1084000" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675186v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12010018" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483194v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadi&#226; Chaker" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bennour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00162-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823691v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Xiao" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchuan Zhou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/9861298" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668039v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vendeuvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4054550" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016773v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gautreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thomas" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guilhem" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Carbone" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020033" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ceccarelli" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bottin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Rosati" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00133-5" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311299v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosseries" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics7040223" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079542v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faure" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3094644" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005852v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Essomba" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieh-Tsai Wu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146534" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213815v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11125635" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571179v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Sandoval Ar&#233;valo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10010007" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794224v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9010014" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790165v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Ferrigno" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2974445" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462213v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hsu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044411" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332377v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laribi" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020029" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284379v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.04.001" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284394v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284301v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-017-0486-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014348v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392683v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051877v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Robet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339169v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohatashem Reyaz Makhdoomi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Muralidharan" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Olivares-Mendez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Martinez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-76424-0_30" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498372v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen El Golli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76147-9_4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246649v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_39" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016722v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_29" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016735v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_31" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573909v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadia Chaker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_34" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498374v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271555v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_40" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898366v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Parmantier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Magnain" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_37" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974518v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137253v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565004v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975428v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975091v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975331v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773355v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoval Juan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josserand" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Novales" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777197v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chiccoli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morette" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04931010v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasser Enbaya" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ghiss" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubeir Tourki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59257-7_22" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503163v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Contreras-Calder&#243;n" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_61" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573950v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75259-0_21" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344482v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_51" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344498v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_48" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321750v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_42" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321686v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_43" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321769v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_41" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975040v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137272v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02001865v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ORLE2064" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546758v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Trabelsi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arda Yigit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandoval" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Briot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014348v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Gaitan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392683v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05051877v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Philippe Robet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Aoustin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339169v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohatashem Reyaz Makhdoomi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivek Muralidharan" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Olivares-Mendez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carol Martinez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-76424-0_30" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498372v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdaws Ennaiem" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanen El Golli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadi&#226; Chaker" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Med Amine Laribi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-76147-9_4" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246649v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelfattah Mlika" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Lahouar" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Zeghloul" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_39" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016722v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elie Gautreau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Arsicault" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Zeghloul" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-04870-8_29" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016735v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thomas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_31" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573909v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadia Chaker" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan S&#233;bastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Bennour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75271-2_34" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498374v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebasti&#225;n Sandoval Ar&#233;valo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-48989-2_1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271555v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_40" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898366v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Nouaille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Poisson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Parmantier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Magnain" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00365-4_37" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975355v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-00232-9_4" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01974518v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137253v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565004v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vieyres" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975428v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Su" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giancarlo Ferrigno" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975091v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975331v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00777197v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josserand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Chiccoli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morette" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773355v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandoval Juan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Novales" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335367v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4070147" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717595v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Koszulinski" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4065917" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072236v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Qi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/bioeng.2024027" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745397v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574724000870" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464276v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majdi Meskini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssem Saafi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/machines12010080" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675186v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Romdhane" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics12010018" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016496v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelbadiaa Chaker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722000923" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04268392v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yunus Schmirander" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Elena Valderrama-Hincapi&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salih Ertug Ovur" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0263574722001679" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439174v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiahao Chen" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenguang Yang" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbot.2023.1084000" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483194v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-022-00162-8" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823691v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Xiao" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mingchuan Zhou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2022/9861298" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03865399v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Ceccarelli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bottin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulio Rosati" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42235-021-00133-5" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016773v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guilhem" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Carbone" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act11020033" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668039v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Vendeuvre" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4054550" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596835v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sandov" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Arguel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Breque" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Huet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11051398" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04311299v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fosseries" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Herrel" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomimetics7040223" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079542v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Faure" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Br&#232;que" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Richer" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2021.3094644" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005852v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#233;rence Essomba" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chieh-Tsai Wu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11146534" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213815v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11125635" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794224v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics9010014" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03790165v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LRA.2020.2974445" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04571179v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics10010007" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332377v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Laribi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/robotics8020029" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02462213v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terence Essomba" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Hsu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4044411" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284379v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2018.04.001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284394v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284301v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-017-0486-3" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-04931010v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasser Enbaya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ghiss" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoubeir Tourki" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-59257-7_22" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503163v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Guadalupe Contreras-Calder&#243;n" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Castillo-Casta&#241;eda" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-45770-8_61" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573950v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-75259-0_21" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344482v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_51" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344498v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-19648-6_48" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321750v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_42" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321769v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_41" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321686v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-30036-4_43" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02137272v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975040v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02001865v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Sebastian Sandoval Arevalo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017ORLE2064" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>