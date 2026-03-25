--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a health-related questionnaire for quality-of-life assessment in dogs with chronic enteropathy</w:t>
+                <w:t xml:space="preserve">Dietary management of normoalbuminaemic canine chronic enteropathies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Verollet</w:t>
+                <w:t xml:space="preserve">A. Kathrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Oggiano</w:t>
+                <w:t xml:space="preserve">K. Allenspach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capucine Vitu</w:t>
+                <w:t xml:space="preserve">D. Dito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Drut</w:t>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Sénécat</w:t>
+                <w:t xml:space="preserve">S. Unterer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 40 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Small Animal Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jvimsj/aalaf089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jsap.70089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508004v1</w:t>
+                <w:t xml:space="preserve">hal-05508007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging Diagnosis—Peritoneal Splenosis in a Dog: Computed Tomographic Findings</w:t>
+                <w:t xml:space="preserve">Development of a health-related questionnaire for quality-of-life assessment in dogs with chronic enteropathy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Humeau</w:t>
+                <w:t xml:space="preserve">Claire Verollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nora Bouhsina</w:t>
+                <w:t xml:space="preserve">Florian Oggiano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Lafuma</w:t>
+                <w:t xml:space="preserve">Capucine Vitu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Cordier</w:t>
+                <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Rousseau</w:t>
+                <w:t xml:space="preserve">Odile Sénécat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Radiology and Ultrasound</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 67 (1), </w:t>
+              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 40 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/vru.70136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/jvimsj/aalaf089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508006v1</w:t>
+                <w:t xml:space="preserve">hal-05508004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strongly interacting matter in extreme magnetic fields</w:t>
+                <w:t xml:space="preserve">Imaging Diagnosis—Peritoneal Splenosis in a Dog: Computed Tomographic Findings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prabal Adhikari</w:t>
+                <w:t xml:space="preserve">Clara Humeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Ammon</w:t>
+                <w:t xml:space="preserve">Nora Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sidney S Avancini</w:t>
+                <w:t xml:space="preserve">François Lafuma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Ayala</w:t>
+                <w:t xml:space="preserve">Pierre Cordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aritra Bandyopadhyay</w:t>
+                <w:t xml:space="preserve">Thomas Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prog.Part.Nucl.Phys.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 146 (Part 1), pp.104199. </w:t>
+              <w:t xml:space="preserve">Veterinary Radiology and Ultrasound</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 67 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ppnp.2025.104199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/vru.70136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883151v1</w:t>
+                <w:t xml:space="preserve">hal-05508006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary management of normoalbuminaemic canine chronic enteropathies</w:t>
+                <w:t xml:space="preserve">Strongly interacting matter in extreme magnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Kathrani</w:t>
+                <w:t xml:space="preserve">Prabal Adhikari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Allenspach</w:t>
+                <w:t xml:space="preserve">Martin Ammon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dito</w:t>
+                <w:t xml:space="preserve">Sidney S Avancini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Hernandez</w:t>
+                <w:t xml:space="preserve">Alejandro Ayala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Unterer</w:t>
+                <w:t xml:space="preserve">Aritra Bandyopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Small Animal Practice</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, </w:t>
+              <w:t xml:space="preserve">Prog.Part.Nucl.Phys.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 146 (Part 1), pp.104199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jsap.70089⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ppnp.2025.104199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508007v1</w:t>
+                <w:t xml:space="preserve">hal-04883151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association of Diet With Treatment Response in Dogs With Chronic Enteropathy: A Retrospective Multicenter Study</w:t>
               </w:r>
@@ -962,51 +962,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Meric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Gevrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Vétérinaire Clinique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 60 (2), pp.89-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1034,2893 +1034,2893 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05051716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Industrial diet intervention modulates the interplay between gut microbiota and host in semi-stray dogs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nonfunctional Incomplete Infected Ureteral Duplication in a French Bulldog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soufien Rhimi</w:t>
+                <w:t xml:space="preserve">Marion Fusellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amin Jablaoui</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Djemil Bencharif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Mariaule</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nizar Akermi</w:t>
+                <w:t xml:space="preserve">Olivier Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Microbiome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s42523-024-00357-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Animal Hospital Association (Online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (5), pp.214-218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5326/JAAHA-MS-7445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04804167v1</w:t>
+                <w:t xml:space="preserve">hal-04990759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut microbiota in cats with inflammatory bowel disease and low-grade intestinal T-cell lymphoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Industrial diet intervention modulates the interplay between gut microbiota and host in semi-stray dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Jablaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Drut</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Héla Mkaouar</w:t>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aicha Kriaa</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Mariaule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nizar Akermi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2024.1346639⟩</w:t>
+              <w:t xml:space="preserve">Animal Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 6 (69), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s42523-024-00357-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04588219v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updating the Classification of Chronic Inflammatory Enteropathies in Dogs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Gut microbiota in cats with inflammatory bowel disease and low-grade intestinal T-cell lymphoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzy Valentin</w:t>
+                <w:t xml:space="preserve">Héla Mkaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mariaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Akermi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animals</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ani14050681⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2024.1346639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04472905v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04588219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holographic complexity: braneworld gravity versus the Lloyd bound</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Updating the Classification of Chronic Inflammatory Enteropathies in Dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ben Craps</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Hernandez</w:t>
+                <w:t xml:space="preserve">Noémie Dupouy-Manescau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Sénécat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikhail Khramtsov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Maria Knysh</w:t>
+                <w:t xml:space="preserve">Suzy Valentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/JHEP03(2024)173⟩</w:t>
+              <w:t xml:space="preserve">Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ani14050681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04402252v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonfunctional Incomplete Infected Ureteral Duplication in a French Bulldog</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Rousseau</w:t>
+                <w:t xml:space="preserve">Holographic complexity: braneworld gravity versus the Lloyd bound</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio E Aguilar-Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Fusellier</w:t>
+                <w:t xml:space="preserve">Ben Craps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Djemil Bencharif</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juan Hernandez</w:t>
+                <w:t xml:space="preserve">Mikhail Khramtsov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gauthier</w:t>
+                <w:t xml:space="preserve">Maria Knysh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Animal Hospital Association (Online)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60 (5), pp.214-218. </w:t>
+              <w:t xml:space="preserve">Journal of High Energy Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 03, pp.173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5326/JAAHA-MS-7445⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/JHEP03(2024)173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04990759v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and clinical relevance of cholelithiasis in cats: A multicenter retrospective study of 98 cases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recurrence and survival in dogs with excised colorectal polyps: A retrospective study of 58 cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Brunet</w:t>
+                <w:t xml:space="preserve">Julien Issard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Maufras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Duperrier‐simond</w:t>
+                <w:t xml:space="preserve">Marine Hugonnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Amoyal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Juan Hernandez</w:t>
+                <w:t xml:space="preserve">Odile Senecat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37 (6), pp.2157-2170. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvim.16868⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 37 (6), pp.2375-2384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvim.16876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04227787v1</w:t>
+                <w:t xml:space="preserve">hal-04234504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recurrence and survival in dogs with excised colorectal polyps: A retrospective study of 58 cases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tristan Méric</w:t>
+                <w:t xml:space="preserve">Prevalence and clinical relevance of cholelithiasis in cats: A multicenter retrospective study of 98 cases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Issard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Maufras</w:t>
+                <w:t xml:space="preserve">Cyril Duperrier‐simond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Hugonnard</w:t>
+                <w:t xml:space="preserve">Suzanne Amoyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Senecat</w:t>
+                <w:t xml:space="preserve">Ghita Benchekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 37 (6), pp.2375-2384. </w:t>
+              <w:t xml:space="preserve">, 2023, 37 (6), pp.2157-2170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jvim.16876⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jvim.16868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234504v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04227787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photovoltaic Energy Production Forecasting in a Short Term Horizon: Comparison between Analytical and Machine Learning Models</w:t>
+                <w:t xml:space="preserve">Entéropathies inflammatoires chroniques chez le chien : actualités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Garazi Etxegarai</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Marine Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Méric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app122312171⟩</w:t>
+              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Canine-Féline</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19, pp.50-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/npvcafe/2023009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04402973v1</w:t>
+                <w:t xml:space="preserve">hal-04259185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestic Environment and Gut Microbiota: Lessons from Pet Dogs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Bile Acids: Key Players in Inflammatory Bowel Diseases?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mariaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Jablaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Rhimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Houda Boudaya</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Mkaouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms10050949⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (5), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11050901⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03811748v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiote intestinal et équilibre protéolytique dans les entéropathies inflammatoires du chien</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Photovoltaic Energy Production Forecasting in a Short Term Horizon: Comparison between Analytical and Machine Learning Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Garazi Etxegarai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irati Zapirain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haritza Camblong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juanjo Ugartemendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/bavf.2022.71010⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (23), pp.12171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app122312171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259164v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04402973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Nexus of Diet, Gut Microbiota and Inflammatory Bowel Diseases in Dogs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Domestic Environment and Gut Microbiota: Lessons from Pet Dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Rhimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aicha Kriaa</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Mariaule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Amandine Drut</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houda Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metabolites</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/metabo12121176⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (5), pp.1-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10050949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04092613v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03811748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of gastric lymphofollicular hyperplasia with Helicobacter ‐like organisms in dogs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nina Fernandes Rodrigues</w:t>
+                <w:t xml:space="preserve">Microbiote intestinal et équilibre protéolytique dans les entéropathies inflammatoires du chien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mariaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Jablaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvim.16387⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Académie Vétérinaire de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 175, pp. 177-183. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bavf.2022.71010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259161v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bile Acids: Key Players in Inflammatory Bowel Diseases?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Nexus of Diet, Gut Microbiota and Inflammatory Bowel Diseases in Dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aicha Kriaa</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Vincent Mariaule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hela Mkaouar</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Saidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Drut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cells11050901⟩</w:t>
+              <w:t xml:space="preserve">Metabolites</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (12), pp.1176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/metabo12121176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03812120v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04092613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entéropathies inflammatoires chroniques chez le chien : actualités</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association of gastric lymphofollicular hyperplasia with Helicobacter ‐like organisms in dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tom Biénès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Oliveira Leal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Domínguez-Ruiz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Elvas de Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Hébert</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nina Fernandes Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouveau Praticien Vétérinaire. Canine-Féline</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 19, pp.50-58. </w:t>
+              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (2), pp.515-524. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/npvcafe/2023009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jvim.16387⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259185v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonhypoalbuminemic Inflammatory Bowel Disease in Dogs as Disease Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Gut Serpinome: Emerging Evidence in IBD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héla Mkaouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Mariaule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soufien Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Karine Haurogné</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ibd/izab064⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (11), pp.6088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms22116088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259168v1</w:t>
+                <w:t xml:space="preserve">hal-03372010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Bench Top to Clinics</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Nonhypoalbuminemic Inflammatory Bowel Disease in Dogs as Disease Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Chocteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Allard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Haurogné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Clinics of North America: Small Animal Practice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cvsm.2020.09.008⟩</w:t>
+              <w:t xml:space="preserve">Inflammatory Bowel Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 27 (12), pp.1975-1985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ibd/izab064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259170v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestive Inflammation: Role of Proteolytic Dysregulation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Bench Top to Clinics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Rodolphe Samuel Dandrieux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms22062817⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Clinics of North America: Small Animal Practice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (1), pp.137-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cvsm.2020.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259169v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut Serpinome: Emerging Evidence in IBD</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Digestive Inflammation: Role of Proteolytic Dysregulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Mariaule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souha Soussou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soufien Rhimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houda Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 22 (11), pp.6088. </w:t>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.2817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms22116088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/ijms22062817⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03372010v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of High-Fat Diet at Two Energetic Levels on Fecal Microbiota, Colonic Barrier, and Metabolic Parameters in Dogs</w:t>
+                <w:t xml:space="preserve">A case of central diabetes insipidus associated with a congenital cyst of the sella turcica in a young cat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alex Moinard</w:t>
+                <w:t xml:space="preserve">Cyril Duperrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Fusellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Payen</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Hendrik Lenaerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Drut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fvets.2020.566282⟩</w:t>
+              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (2), pp. 205511692093501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/2055116920935017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03235965v1</w:t>
+                <w:t xml:space="preserve">hal-04259176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary extracranial nasopharyngeal meningioma in a dog</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of High-Fat Diet at Two Energetic Levels on Fecal Microbiota, Colonic Barrier, and Metabolic Parameters in Dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Moinard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrielle Payen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Fauchon</w:t>
+                <w:t xml:space="preserve">Khadija Ouguerram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐charles Husson</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Agnès André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Radiology and Ultrasound</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/vru.12617⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Veterinary Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fvets.2020.566282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259183v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03235965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of prednisolone therapy on serum levels of 1,2‐ O ‐dilauryl‐ rac ‐glycero glutaric acid‐(6′‐methylresorufin) ester lipase in dogs</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Mendoza</w:t>
+                <w:t xml:space="preserve">Primary extracranial nasopharyngeal meningioma in a dog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Fauchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Joana Dias</w:t>
+                <w:t xml:space="preserve">Jean‐charles Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Telmo Nunes</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eymeric Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvim.15946⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Radiology and Ultrasound</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 61 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/vru.12617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259172v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A case of central diabetes insipidus associated with a congenital cyst of the sella turcica in a young cat</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of prednisolone therapy on serum levels of 1,2‐ O ‐dilauryl‐ rac ‐glycero glutaric acid‐(6′‐methylresorufin) ester lipase in dogs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Joana Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Duperrier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Fusellier</w:t>
+                <w:t xml:space="preserve">Telmo Nunes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hendrik Lenaerts</w:t>
+                <w:t xml:space="preserve">Maria Alexandra Basso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Drut</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 6 (2), pp. 205511692093501. </w:t>
+              <w:t xml:space="preserve">Journal of Veterinary Internal Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 34 (6), pp.2330-2336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/2055116920935017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jvim.15946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259176v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of serum biomarkers in staging of canine hepatic fibrosis</w:t>
               </w:r>
@@ -4034,235 +4034,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04844906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bronchoscopic debulking of a feline tracheobronchial carcinoma and long-term outcome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Use of Percutaneous Ultrasound-Guided Radiofrequency Heat Ablation for Treatment of Primary Hyperparathyroidism in Eight Dogs: Outcome and Complications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo Oliveira Leal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Dominguez Ruiz</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Laura Frau Pascual</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/2055116918767706⟩</w:t>
+              <w:t xml:space="preserve">Veterinary Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 5 (4), pp.91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vetsci5040091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259182v1</w:t>
+                <w:t xml:space="preserve">hal-04259178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Use of Percutaneous Ultrasound-Guided Radiofrequency Heat Ablation for Treatment of Primary Hyperparathyroidism in Eight Dogs: Outcome and Complications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rodolfo Oliveira Leal</w:t>
+                <w:t xml:space="preserve">Bronchoscopic debulking of a feline tracheobronchial carcinoma and long-term outcome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Dominguez Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Frau Pascual</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Jessica Grant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Veterinary Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 5 (4), pp.91. </w:t>
+              <w:t xml:space="preserve">Journal of Feline Medicine and Surgery Open Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.205511691876770. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/vetsci5040091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/2055116918767706⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259178v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of and factors associated with causes of pleural effusion in cats</w:t>
               </w:r>
@@ -4287,51 +4287,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Vessières</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ragetly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Veterinary Medical Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 253 (2), pp.181-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4391,234 +4391,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévalence, présentation clinique, prise en charge et suivi des calculs biliaires chez le chat : étude rétrospective multicentrique de 98 cas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Brunet</w:t>
+                <w:t xml:space="preserve">Design of clinical trials evaluating cathepsin C inhibition in inflammatory bowel diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Duperrier-Simond</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Juan Hernandez</w:t>
+                <w:t xml:space="preserve">Soufian Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aicha Kriaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amin Jablaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Mkaouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFVAC Congrès National</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Marseille, France</w:t>
+              <w:t xml:space="preserve">ISyCatC 3 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05025703v1</w:t>
+                <w:t xml:space="preserve">hal-04497545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevalence and clinical relevance of cholelithiasis in cats: A multicentric retrospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Duperrier-Simond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Amoyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghita Benchekroun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECVIM-CA congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Gothenburg, Sweden. pp.2455-2551</w:t>
@@ -4633,203 +4633,203 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of clinical trials evaluating cathepsin C inhibition in inflammatory bowel diseases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Prévalence, présentation clinique, prise en charge et suivi des calculs biliaires chez le chat : étude rétrospective multicentrique de 98 cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Duperrier-Simond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Amoyal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghita Benchekroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hela Mkaouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISyCatC 3 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Tours, France</w:t>
+              <w:t xml:space="preserve">AFVAC Congrès National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04497545v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Market-segment specialization and long-term growth in a tourism-based economy »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sauveur Giannoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">56th ERSA Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4925,51 +4925,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.J Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Leal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5039,51 +5039,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expression des récepteurs Toll-Like dans la muqueuse intestinale et évaluation de l’immunoréactivité antimicrobienne chez les chiens atteints de Maladie Inflammatoire Chronique de l’Intestin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Hernandez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie animale. Oniris, 2020. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5279,51 +5279,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508004v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Verollet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Oggiano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Vitu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Drut" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile S&#233;n&#233;cat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jvimsj/aalaf089" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508006v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Humeau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bouhsina" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafuma" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rousseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/vru.70136" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883151v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabal Adhikari" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ammon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney S Avancini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ayala" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritra Bandyopadhyay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppnp.2025.104199" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508007v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kathrani" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Allenspach" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dito" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Hernandez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Unterer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsap.70089" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05058216v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Rodrigues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Mendoza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Santos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hebert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.70071" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05374492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maufras" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan M&#233;ric" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Darnis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toulza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arnould" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01652176.2025.2573447" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05051716v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Humeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amoyal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Meric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gevrey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anicom.2025.01.009" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04804167v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Rhimi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Jablaoui" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mariaule" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Akermi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-024-00357-w" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588219v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;la Mkaouar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Kriaa" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1346639" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472905v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dupouy-Manescau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy Valentin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani14050681" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402252v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio E Aguilar-Gutierrez" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Craps" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Khramtsov" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Knysh" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)173" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990759v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fusellier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemil Bencharif" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5326/JAAHA-MS-7445" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227787v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Brunet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier&#8208;simond" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Amoyal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Benchekroun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16868" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234504v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Issard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hugonnard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Senecat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16876" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402973v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garazi Etxegarai" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irati Zapirain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjo Ugartemendia" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app122312171" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811748v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Boudaya" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050949" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259164v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2022.71010" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092613v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Saidi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12121176" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259161v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bi&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Oliveira Leal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dom&#237;nguez-Ruiz" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Elvas de Carvalho" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Fernandes Rodrigues" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16387" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812120v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Mkaouar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11050901" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259185v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine H&#233;bert" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvcafe/2023009" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259168v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouill&#233;" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chocteau" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Allard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ibd/izab064" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259170v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rodolphe Samuel Dandrieux" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cvsm.2020.09.008" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259169v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Soussou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22062817" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372010v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22116088" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03235965v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Moinard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Payen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Ouguerram" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.566282" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259183v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fauchon" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Husson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Gomes" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/vru.12617" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259172v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Joana Dias" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telmo Nunes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Basso" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.15946" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259176v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Lenaerts" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055116920935017" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04844906v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Menard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lecoindre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chevallier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pagnon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1040638719866881" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259182v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dominguez Ruiz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Grant" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055116918767706" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259178v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frau Pascual" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci5040091" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259180v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dom&#237;nguez Ruiz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vessi&#232;res" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ragetly" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2460/javma.253.2.181" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05025703v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier-Simond" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05025578v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497545v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Rhimi" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468531v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Giannoni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497566v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duverg&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J Dias" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Leal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04259196v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508007v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kathrani" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Allenspach" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dito" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Hernandez" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Unterer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsap.70089" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508004v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Verollet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Oggiano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Vitu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Drut" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile S&#233;n&#233;cat" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jvimsj/aalaf089" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508006v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Humeau" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bouhsina" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lafuma" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cordier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/vru.70136" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883151v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prabal Adhikari" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ammon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney S Avancini" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Ayala" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aritra Bandyopadhyay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppnp.2025.104199" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05058216v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Rodrigues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Mendoza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Dias" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Santos" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hebert" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.70071" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05374492v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Maufras" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan M&#233;ric" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Darnis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Toulza" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Arnould" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01652176.2025.2573447" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://oniris.hal.science/hal-05051716v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Humeau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Amoyal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Meric" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gevrey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anicom.2025.01.009" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990759v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fusellier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djemil Bencharif" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gauthier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5326/JAAHA-MS-7445" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04804167v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufien Rhimi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Jablaoui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Mariaule" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Akermi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s42523-024-00357-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04588219v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;la Mkaouar" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Kriaa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2024.1346639" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Dupouy-Manescau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzy Valentin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani14050681" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402252v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio E Aguilar-Gutierrez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Craps" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail Khramtsov" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Knysh" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/JHEP03(2024)173" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04234504v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Issard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Hugonnard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Senecat" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16876" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04227787v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Brunet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier&#8208;simond" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Amoyal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Benchekroun" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16868" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259185v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine H&#233;bert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/npvcafe/2023009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03812120v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Mkaouar" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11050901" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04402973v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garazi Etxegarai" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irati Zapirain" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haritza Camblong" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juanjo Ugartemendia" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app122312171" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03811748v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Boudaya" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10050949" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259164v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bavf.2022.71010" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04092613v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Saidi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/metabo12121176" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259161v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Bi&#233;n&#232;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Oliveira Leal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dom&#237;nguez-Ruiz" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Elvas de Carvalho" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Fernandes Rodrigues" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.16387" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372010v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22116088" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259168v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rouill&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chocteau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Allard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Haurogn&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ibd/izab064" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259170v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rodolphe Samuel Dandrieux" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cvsm.2020.09.008" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259169v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souha Soussou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22062817" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259176v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hendrik Lenaerts" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055116920935017" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03235965v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Moinard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Payen" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Ouguerram" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Andr&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fvets.2020.566282" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259183v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fauchon" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;charles Husson" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eymeric Gomes" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/vru.12617" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259172v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Joana Dias" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Telmo Nunes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Alexandra Basso" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvim.15946" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04844906v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Menard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lecoindre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Chevallier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pagnon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1040638719866881" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259178v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Frau Pascual" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vetsci5040091" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259182v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dominguez Ruiz" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Grant" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2055116918767706" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259180v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Dom&#237;nguez Ruiz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Vessi&#232;res" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ragetly" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2460/javma.253.2.181" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497545v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soufian Rhimi" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05025578v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Duperrier-Simond" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05025703v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01468531v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sauveur Giannoni" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497566v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duverg&#233;" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J Dias" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Leal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04259196v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>