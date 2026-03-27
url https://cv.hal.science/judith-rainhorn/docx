--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1125,397 +1125,397 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05459515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Who Sets the Price for the Injured Bodies? Doctors, Mining Companies and the Legal Action Against Industrial Hazards. France, 1898-1930s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Peter Itzen; Birgit Metzger; Anne Rasmussen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Accidents and the State. Understanding Risks in the 20th Century</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Columbia University Press, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03970188v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'histoire environnementale est un regard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Bécot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Devienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Frioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles-François Mathis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Renaud Bécot; Elsa Devienne; Patrick Fournier; Stéphane Frioux; Charles-François Mathis; Judith Rainhorn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le chemin, la rive et l’usine. Faire de l’histoire environnementale avec Geneviève Massard-Guilbaud</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses des Mines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Histoire, sciences, techniques, 978-2-35671-875-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04080534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When The ‘Lady of Washington’ Explored Men’s Work: Industrial Medicine, Labour, and Gender in Early Twentieth Century Industrial America</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Isabelle Lémonon; Grégory Dufaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Beard to Govern (through) the Technosciences. A Historical Perspective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berghahn Books, In press</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04021537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pollution : histoire d’un accommodement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alexandre Gefen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Un monde commun</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS Éditions, pp.138-141, 2023, 978-2-271-14932-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.57413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04984716v1</w:t>
-              </w:r>
-[...286 lines deleted...]
-                <w:t xml:space="preserve">halshs-04021537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mort lente au travail à l’ère industrielle</w:t>
               </w:r>
@@ -2757,169 +2757,169 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04053617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De l’enjeu invisible à l’outil de mobilisation : le syndicalisme ouvrier à l’épreuve du saturnisme des peintres (France, début du XXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne-Sophie Bruno; Éric Geerkens; Nicolas Hatzfeld; Catherine Omnès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La santé au travail, entre savoirs et pouvoirs (19e-20e siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, p. 213-229, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Immigrés italiens sur les deux rives de l’Atlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Italiens 150 ans d’émigration en France et ailleurs</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Editalie, pp.123-128, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053936v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-04053912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le bruit et l’odeur. Nouvelles contraintes du voisinage dans la ville en construction. Lille, fin XIXe-début XXe siècle</w:t>
               </w:r>
@@ -3205,178 +3205,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04058158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De La Villette à La Courneuve : itinéraires croisés des Italiens dans le Nord-Est parisien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Italiens des bords de Marne et de l’Est parisien (XIXe - XXe siècles) : 5e colloque historique des bords de Marne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Communauté d’ag- glomération de la vallée de la Marne; DRAC, pp.52-66, 2007, Travaux de l’EHESS 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04085057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Paris, New York : deux ‘Petites Italies’ dans l’entre-deux-guerres. Éléments pour une comparaison transatlantique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Claude Blanc-Chaléard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Petites Italies dans le monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.45-55, 2007, 9782753529908. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.6543.⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pur.6543.⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-04084825v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04085057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bornes matérielles et frontières symboliques. Les « Petites Italies » de Paris et New York dans l’entre-deux-guerres</w:t>
               </w:r>
@@ -3429,173 +3429,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04085066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">‘Petites Italies’. Le mot et la chose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Judith Rainhorn. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Petites Italies dans l’Europe du Nord-Ouest : Appartenances territoriales et identités collectives à l’ère de la migration italienne de masse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Valenciennes, pp.6-18, 2005, 2-910487-31-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04085080v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’irréductible fossé atlantique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Claude Blanc-Chaleard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Italiens en France depuis 1945</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.253-265, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04085089v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-04085080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structuration et frontières internes du territoire des migrants : les Italiens à Paris et à New York à la fin du XIXe siècle</w:t>
               </w:r>
@@ -4187,459 +4187,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05459534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Connaître et reconnaître la toxicité de l’environnement au travail : perspectives historiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers du Comité pour l’histoire de l’Inserm </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, vol 1/2 (4), p. 48-55</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969439v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Il est temps que les enjeux de santé environnementale et de santé au travail fassent cause commune</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03969090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Connaître et reconnaître la toxicité de l’environnement au travail : perspectives historiques</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le plomb, le peintre et la flèche de Notre-Dame. Politiques de l’ignorance à propos du risque saturnin en longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers du Comité pour l’histoire de l’Inserm </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue d'Anthropologie des Connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Ignorance(s), 15 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rac.25438⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03946274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mort lente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les collections de l'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Les Révolutions industrielles, 91, p. 78-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03962587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peur sur la ville : la Tour Eiffel et Notre-Dame sont-elles des bombes toxiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Huffington post</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portraits grinçants de la céruse en assassin dans L’Assiette au beurre (1905)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parlement[s], Revue d'histoire politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33 (1), pp.233-243. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/parl2.033.0233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03955743v1</w:t>
-              </w:r>
-[...214 lines deleted...]
-                <w:t xml:space="preserve">hal-03969109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1919-2019 : La loi de (sous-)reconnaissance des maladies professionnelles a 100 ans</w:t>
               </w:r>
@@ -4917,813 +4917,813 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’appel des historiennes françaises : « Mettons fin à la domination masculine en histoire »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La tardía prohibición de la cerusa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Investigación y ciencia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 497, pp.57-63</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03979716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L’appel des historiennes françaises : « Mettons fin à la domination masculine en histoire »</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abel Craissac, commis-voyageur de la santé ouvrière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Monde</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018</w:t>
+              <w:t xml:space="preserve">Santé et Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 98, pp.50-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03982956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interroger l'opacité d'une maladie : le saturnisme professionnel comme enjeu sanitaire, scientifique et politique dans la France du XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Histoire, économie et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Abel Craissac, commis-voyageur de la santé ouvrière</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interroger l’opacité d’une maladie : le saturnisme professionnel comme enjeu sanitaire, scientifique et politique dans la France du XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire, économie et société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 36anné (1), pp.8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/hes.171.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04088342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une maladie professionnelle : le saturnisme des peintres en bâtiment, XIXème -XXème siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historiens et géographes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 438, pp.118-120</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03982899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La céruse, un poison ? Et alors !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 476, pp.74-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03982936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui fixe le tarif des corps ? La difficile mise en pratique de la loi de 1898 à la mine (bassin du Nord-Pas-de-Calais, premier XXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue du Nord. Collection Histoire (Hors série)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 34, p. 95-109</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poussières de plomb et pollution de l’air au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pollution Atmosphérique : climat, santé, société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, N°222, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/pollution-atmospherique.4472⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03128962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The banning of white lead: French and American experiences in a comparative perspective (early twentieth century)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Review of History / Revue européenne d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 20 (2), pp.197-216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13507486.2013.766525⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03949305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un syndicat médical solidaire des ouvriers (1909-1914)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé et Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 98, pp.50-51</w:t>
+              <w:t xml:space="preserve">, 2013, 82, pp.50-51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...431 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03983140v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-03949305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">History of the workplace</w:t>
               </w:r>
@@ -6954,204 +6954,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04092740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Écrire les crimes au travail (XIXe-XXIe siècles) : quelles enquêtes ? Quelles écritures ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Shepens,</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Marichalar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlezig Bigi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rendez-vous de l'Histoire de Blois 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Blois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04099023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La mort lente au travail à l'ère industrielle. Observer. Connaître. Reconnaître.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vies invisibles, morts indicibles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Collège de France, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03967126v1</w:t>
-              </w:r>
-[...106 lines deleted...]
-                <w:t xml:space="preserve">hal-04099023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Moment 1900 : un tournant fondateur pour la protection sociale des travailleurs en France et en Europe</w:t>
               </w:r>
@@ -8156,229 +8156,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03979712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Germinal en série TV , podcast Paroles d’Histoire / Histoire en séries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjolaine Boutet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Loez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Rainhorn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03960523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une histoire de la classe ouvrière, podcast de l'émission &amp;quot;Entendez-vous l'éco ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judith Rainhorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vigna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine De Rocquigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bruno</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03979705v1</w:t>
-              </w:r>
-[...99 lines deleted...]
-                <w:t xml:space="preserve">halshs-03960523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L''incendie sur le site Lubrizol à Rouen</w:t>
               </w:r>
@@ -9113,51 +9113,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F86BA511"/>
+    <w:nsid w:val="CF55B34C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9344,51 +9344,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud B&#233;cot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Devienne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03948587v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rainhorn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949204v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Bluma" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/A-History-of-the-Workplace-Environment-and-Health-at-Stake/Bluma-Rainhorn/p/book/9780367739829" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03384125v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963279v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Terrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.127740" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963320v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.33773" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pu-valenciennes.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459498v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459460v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459515v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04984716v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.57413" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970188v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080534v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-chemin-la-rive-et-lusine/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021537v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.13689" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970101v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811251757_0011" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969869v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03957528v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388312v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969930v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.senik.2021.01.0209" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969986v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Geerkens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.geerk.2019.01.0221" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.47400" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021696v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021665v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.igpde.4011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220787v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220792v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04023404v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumontier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.111386" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053936v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053912v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04058136v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.127770" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04058187v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.97910" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058170v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058158v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084825v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.6543." TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085057v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085089v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085080v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021576v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417924v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Zalc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215052v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Valat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949239v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05014276v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Kechit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.286.0003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969090v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969439v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03955743v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.033.0233" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03946274v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.25438" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03958444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhps.012.0009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969138v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016603v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979716v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969124v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388301v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982956v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088342v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.171.0008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982899v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982936v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217884v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128962v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/pollution-atmospherique.4472" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03983140v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949305v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13507486.2013.766525" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949274v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13507486.2013.766519" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963601v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/Gesn-fr.2012.69017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021756v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393368v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.091.0007" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021736v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04019351v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2008.4730" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016633v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.097.0233" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034896v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021617v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010174v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/adh.104.0079" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970366v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.491.0138" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967155v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092740v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vidal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Werth" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967126v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099023v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Shepens," TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marichalar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092820v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bruno" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fridenson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Capuano" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099012v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967078v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957477v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957498v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099044v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud P&#233;ters" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hatzfeld" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065286v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander van Geen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05157155v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Astolfi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dulude" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Prunetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05064530v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053866v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vigna" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cooper-Richet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979712v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Girel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Solviche" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.7f354o3h" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979705v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine De Rocquigny" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03960523v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Boutet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charles" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Loez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985427v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034911v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03985066v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962626v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962544v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035006v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035039v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054262v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054202v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054301v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Blanc-Chal&#233;ard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Luneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laurentin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080528v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud B&#233;cot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Devienne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fournier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Frioux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Fran&#231;ois Mathis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03948587v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Rainhorn" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949204v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Bluma" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/A-History-of-the-Workplace-Environment-and-Health-at-Stake/Bluma-Rainhorn/p/book/9780367739829" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03384125v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963279v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Terrier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.127740" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963320v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.33773" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963394v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pu-valenciennes.fr/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459498v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459460v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459515v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970188v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080534v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-chemin-la-rive-et-lusine/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021537v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04984716v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.57413" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957579v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.13689" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03970101v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789811251757_0011" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969869v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03957528v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388312v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03969930v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.senik.2021.01.0209" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969986v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957424v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Geerkens" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dec.geerk.2019.01.0221" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010208v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.47400" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021696v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021665v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.igpde.4011" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220787v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03220792v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04023404v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumontier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.111386" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053669v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04053912v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053936v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04058136v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.127770" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04058187v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.97910" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058170v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058158v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085057v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084825v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.6543." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085066v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085080v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085089v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021576v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03417924v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Zalc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215052v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Valat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949239v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05014276v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayet Kechit" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659571v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05459534v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lms1.286.0003" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969439v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969090v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03946274v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rac.25438" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969109v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03955743v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parl2.033.0233" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03958444v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03215073v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhps.012.0009" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969138v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016603v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969124v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979716v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982956v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388301v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04088342v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/hes.171.0008" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982899v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03982936v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03217884v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03128962v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/pollution-atmospherique.4472" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949305v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13507486.2013.766525" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03983140v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03949274v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13507486.2013.766519" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03963601v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24894/Gesn-fr.2012.69017" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016579v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021756v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03393368v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.091.0007" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021736v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04019351v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391527v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/homig.2008.4730" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04016633v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ving.097.0233" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034896v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04021617v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04010174v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/adh.104.0079" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970366v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rhmc.491.0138" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03416597v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967155v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092740v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vidal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Werth" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099023v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Shepens," TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Marichalar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lezig Bigi" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967126v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092820v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bruno" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fridenson" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Capuano" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Viet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099012v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Jas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03967078v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957477v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03957498v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099044v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud P&#233;ters" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hatzfeld" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05065286v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander van Geen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05157155v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Astolfi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dulude" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Prunetti" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05064530v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04053866v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vigna" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Cooper-Richet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Fontaine" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979712v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Girel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Solviche" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.7f354o3h" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03960523v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Boutet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Charles" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Loez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979705v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine De Rocquigny" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985427v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04034911v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03985066v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962626v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03962544v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035006v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04035039v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054262v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054202v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04054301v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Blanc-Chal&#233;ard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Luneau" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Laurentin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>