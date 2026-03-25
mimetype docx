--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -126,2734 +126,2734 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to meet strong sustainability in dairy farming: an exploratory approach using ecological accounting</w:t>
+                <w:t xml:space="preserve">Mobilising agricultural equipment and digital technology for pesticide-free cropping systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kofivi Dzegle</w:t>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Ridier</w:t>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julia Jouan</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Vincent Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Delzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes journées de Recherche en Sciences Sociales (JRSS)</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+              <w:t xml:space="preserve">Towards pesticide-free agriculture. Research and innovations in a future crop protection paradigm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Quae, 1ère édition, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05110833v1</w:t>
+                <w:t xml:space="preserve">hal-04948622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Legume production challenged by European policy coherence: a case-study approach from French and German dairy farms</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Political and organisational levers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Pahmeyer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pascale Bazoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaïde Fadhuile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Femenia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Jacquet; Marie-Hélène Jeuffroy; Julia Jouan; Édith Le Cadre; Thibaut Malausa; Xavier Reboud; Christian Huyghe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">172. EAAE Seminar 'Agricultural policy for the environment or environmental policy for agriculture?‘</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-02197018v1</w:t>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.183-213, 2024, Synthèses, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNERGY: A model to assess the economic and environmental impacts of increasing regional protein self-sufficiency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">La recherche pour une agriculture sans pesticides : un cadre disruptif aujourd'hui pour construire les solutions de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Huyghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01939967v1</w:t>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants économiques de la production de légumineuses : approche par les coûts d'opportunité et les coûts de transaction</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aude Ridier</w:t>
+                <w:t xml:space="preserve">Les leviers politiques et organisationnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Bazoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adélaïde Fadhuile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Femenia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Gendre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Florence Jacquet; Marie-Hélène Jeuffroy; Julia Jouan; Édith Le Cadre; Thibaut Malausa; Xavier Reboud; Christian Huyghe. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. Journées de la Recherche en Sciences Sociales</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01964292v1</w:t>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.195-227, 2022, Synthèses, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SYNERGY: a bio economic model assessing the economic and environmental impacts of increased regional protein self-sufficiency</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Pourquoi faut-il changer de stratégie dans la protection des cultures ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">166. EAAE Seminar - Sustainability in the Agri-Food Sector</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-01937084v1</w:t>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusion générale de l'ouvrage [Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Huyghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03612039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mobiliser les agroéquipements et le numérique pour des systèmes de culture sans pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bedoussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Cellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Delzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions QUAE, 2022, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03609281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etat des lieux de l'utilisation des pesticides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions QUAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 978-2-7592-3310-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of a rebound effect in agriculture: Crop-livestock reconnection beyond the farm gate does not always lead to more sustainable nitrogen management</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">How to meet strong sustainability in dairy farming: an exploratory approach using ecological accounting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofivi Dzegle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04730078v1</w:t>
+              <w:t xml:space="preserve">18èmes journées de Recherche en Sciences Sociales (JRSS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFER; INRAE; CIRAD, Dec 2024, Reims, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pesticide-free agriculture as a new paradigm for research</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Legume production challenged by European policy coherence: a case-study approach from French and German dairy farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Heinrichs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Britz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Pahmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03546602v1</w:t>
+              <w:t xml:space="preserve">172. EAAE Seminar 'Agricultural policy for the environment or environmental policy for agriculture?‘</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., May 2019, Bruxelles, Belgium. 19 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02197018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SEGAE: An online serious game to learn agroecology</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Déterminants économiques de la production de légumineuses : approche par les coûts d'opportunité et les coûts de transaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural Systems</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03210636v1</w:t>
+              <w:t xml:space="preserve">12. Journées de la Recherche en Sciences Sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2018, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01964292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dataset for sustainability assessment of agroecological practices in a crop-livestock farming system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SYNERGY: A model to assess the economic and environmental impacts of increasing regional protein self-sufficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03210640v1</w:t>
+              <w:t xml:space="preserve">20. Nitrogen workshop: coupling C-N-P-S cycles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Rennes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrated assessment of legume production challenged by European policy interaction: A case-study approach from French and German dairy farms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SYNERGY: a bio economic model assessing the economic and environmental impacts of increased regional protein self-sufficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Wolfgang Britz</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Q Open</w:t>
-[...233 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">166. EAAE Seminar - Sustainability in the Agri-Food Sector</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Agricultural Economists (EAAE). INT., Aug 2018, Galway, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su12114351⟩</w:t>
-[...330 lines deleted...]
-                <w:t xml:space="preserve">hal-02024945v1</w:t>
+                <w:t xml:space="preserve">hal-01937084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Political and organisational levers</w:t>
-[...76 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evidence of a rebound effect in agriculture: Crop-livestock reconnection beyond the farm gate does not always lead to more sustainable nitrogen management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Nesme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-04971434v1</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 221, pp.104137. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2024.104137⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobilising agricultural equipment and digital technology for pesticide-free cropping systems</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Delzon</w:t>
+                <w:t xml:space="preserve">Pesticide-free agriculture as a new paradigm for research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre-Barthélemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Litrico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Towards pesticide-free agriculture. Research and innovations in a future crop protection paradigm</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-04948622v1</w:t>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 42 (1), 24 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-021-00742-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03546602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La recherche pour une agriculture sans pesticides : un cadre disruptif aujourd'hui pour construire les solutions de demain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Integrated assessment of legume production challenged by European policy interaction: A case-study approach from French and German dairy farms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Heinrichs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christian Huyghe</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Pahmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Britz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03611906v1</w:t>
+              <w:t xml:space="preserve">Q Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1 (1), pp.1-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/qopen/qoaa011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03142612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les leviers politiques et organisationnels</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cedric Gendre</w:t>
+                <w:t xml:space="preserve">SEGAE: An online serious game to learn agroecology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Baccar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bastian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03612024v1</w:t>
+              <w:t xml:space="preserve">Agricultural Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 191, pp.103145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi faut-il changer de stratégie dans la protection des cultures ?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">A dataset for sustainability assessment of agroecological practices in a crop-livestock farming system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Baccar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Bastian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03611971v1</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 36, pp.107078. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2021.107078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03210640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conclusion générale de l'ouvrage [Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable]</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SEGAE : Un jeu sérieux pour enseigner l’agroécologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Godinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03612039v1</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mobiliser les agroéquipements et le numérique pour des systèmes de culture sans pesticides</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Legume production and use in feed: Analysis of levers to improve protein self-sufficiency from foresight scenarios</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">hal-03609281v1</w:t>
+              <w:t xml:space="preserve">Journal of Cleaner Production</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 274, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jclepro.2020.123085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02907077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etat des lieux de l'utilisation des pesticides</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Learning interdisciplinarity and systems approaches in agroecology: experience with the serious game SEGAE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille de Graeuwe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Baccar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bareille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (11), pp.4351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su12114351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editions QUAE</w:t>
-[...15 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">hal-02650955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SYNERGY: A regional bio-economic model analyzing farm-to-farm exchanges and legume production to enhance agricultural sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecological Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 175, pp.106688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecolecon.2020.106688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02593635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Economic Drivers of Legume Production: Approached via Opportunity Costs and Transaction Costs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (3), pp.705. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03611934v1</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su11030705⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02024945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2871,119 +2871,119 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zéro pesticide : un nouveau paradigme de recherche pour une agriculture durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edith Le Cadre-Barthélemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Malausa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
-              <w:r>
-[...66 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Editions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 244 p., 2022, 9782759233106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3030,77 +3030,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Original Data Collection to Study Crop-Livestock Complementarities in Western France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3110,397 +3110,397 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03120996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SEGAE, SErious Game for AgroEcology learning : un « jeu-sérieux » pour enseigner l’agroécologie à l’échelle d’une exploitation de polyculture-élevage laitier</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Economic and environmental benefits from crop-livestock complementarities through local legume production: a modelling approach for western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Economics and Finance. 2020. English. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Jacquot</w:t>
-[...90 lines deleted...]
-              <w:t xml:space="preserve">Poster de conférence</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03248756v1</w:t>
-[...94 lines deleted...]
-                <w:t xml:space="preserve">hal-01668193v1</w:t>
+                <w:t xml:space="preserve">tel-02791158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Economic and environmental benefits from crop-livestock complementarities through local legume production: a modelling approach for western France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">SEGAE, SErious Game for AgroEcology learning : un « jeu-sérieux » pour enseigner l’agroécologie à l’échelle d’une exploitation de polyculture-élevage laitier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Lise Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille de Graeuwe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dumont Benjamin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Makulska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, En ligne, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage - INRAE</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.584, 25èmes Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03248756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">tel-02791158v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Upscaling bio-economic model: economic and environmental assessment of introducing legume and protein rich crops in farming systems of Western France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Jouan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Carof</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Ridier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15. EAAE Congress "Towards sustainable agri-food system: balancing between markets and society"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Parme, Italy. , 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01668193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3518,90 +3518,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated assessment of legume production challenged by European policy interaction: a case-study approach from French and German dairy farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Heinrichs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wolfgang Britz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Pahmeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Inconnu. 2019, 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -3636,64 +3636,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prospective sur l’autonomie protéique dans les filières animales de l’Ouest projet TERUNIC : les scénarios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Caraes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Ridier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Inconnu. 2018, 8 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3743,51 +3743,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les AOC viticoles face au changement climatique : exploration des voies d’adaptation par la prospective et l’analyse économique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Jouan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economies et finances. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3895,51 +3895,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7D9B6B88"/>
+    <w:nsid w:val="207B9159"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4126,51 +4126,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julia-jouan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1592-8165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110833v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofivi Dzegle" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Jouan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197018v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Heinrichs" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Britz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Pahmeyer" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939967v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964292v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937084v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730078v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104137" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546602v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00742-8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210636v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103145" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210640v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107078" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142612v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/qopen/qoaa011" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266903v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650955v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Graeuwe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114351" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02593635v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106688" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907077v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123085" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02024945v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030705" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971434v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpentier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Fadhuile" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Femenia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233113/zero-pesticide" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948622v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cellier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233106/zero-pesticide" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612024v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611971v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612039v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609281v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611934v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03587361v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120996v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248756v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Benjamin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Makulska" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4867" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668193v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02791158v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501428v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501429v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caraes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796224v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/julia-jouan" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1592-8165" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04948622v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bedoussac" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cellier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Delzon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04971434v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Bazoche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Carpentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Fadhuile" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Femenia" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gendre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233113/zero-pesticide" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611906v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Jouan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Huyghe" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1721/9782759233106/zero-pesticide" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612024v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611971v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03612039v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609281v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03611934v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110833v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofivi Dzegle" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197018v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Heinrichs" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Britz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Pahmeyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964292v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carof" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939967v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937084v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04730078v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Godinot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Nesme" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104137" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03546602v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Cadre-Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Litrico" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00742-8" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142612v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/qopen/qoaa011" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210636v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Baccar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bareille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Bastian" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103145" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210640v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2021.107078" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03266903v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02907077v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2020.123085" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650955v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille de Graeuwe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su12114351" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02593635v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2020.106688" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-02024945v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su11030705" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03587361v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03120996v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02791158v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03248756v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Jacquot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dumont Benjamin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Makulska" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article4867" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668193v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501428v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02501429v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Caraes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796224v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>